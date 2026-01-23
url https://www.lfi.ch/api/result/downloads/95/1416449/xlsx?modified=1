--- v0 (2026-01-23)
+++ v1 (2026-01-23)
@@ -14,368 +14,368 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
-    <t>NFI4–NFI5</t>
-[...5 lines deleted...]
-    <t>reason for sanitary/salvage felling</t>
+    <t>IFN4–IFN5</t>
+  </si>
+  <si>
+    <t>utilizzazione forzata</t>
+  </si>
+  <si>
+    <t>causa dell'utilizzazione forzata</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: production region</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione di produzione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: m³/ha/yr</t>
+      <t xml:space="preserve">unità</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: m³/ha/anno</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...30 lines deleted...]
-    <t>m³/ha/yr</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>variazione 2009/17–2018/26</t>
+  </si>
+  <si>
+    <t>regione di produzione</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Prealpi</t>
+  </si>
+  <si>
+    <t>Alpi</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>m³/ha/anno</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>insects</t>
-[...32 lines deleted...]
-    <t>total</t>
+    <t>insetti</t>
+  </si>
+  <si>
+    <t xml:space="preserve">funghi </t>
+  </si>
+  <si>
+    <t>vento</t>
+  </si>
+  <si>
+    <t>carico da neve</t>
+  </si>
+  <si>
+    <t>valanga</t>
+  </si>
+  <si>
+    <t>colata di fango, smottamento</t>
+  </si>
+  <si>
+    <t>inondazione</t>
+  </si>
+  <si>
+    <t>incendio boschivo</t>
+  </si>
+  <si>
+    <t>altre cause</t>
+  </si>
+  <si>
+    <t>perdita di vitalità dovuta a siccità</t>
+  </si>
+  <si>
+    <t>altre perdite di vitalità</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1416449/598404</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">sanitary/salvage fellings</t>
+      <t xml:space="preserve">utilizzazione forzata</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #423</t>
     </r>
   </si>
   <si>
-    <t>Volume of stemwood with bark of all trees and shrubs ≥12 cm diameter at breast height (dbh) that were removed from the forest because of damage that occurred between two inventories rather than due to silvicultural planning. The characteristic is derived at the sample plot level from the fellings of the tally trees and the proportion of sanitary/salvage fellings (according to information from the foresters).</t>
+    <t>Volume di legno del fusto con corteccia di tutti gli alberi e arbusti con un diametro a petto d'uomo (DPU) di almeno 12 cm che non sono stati utilizzati tra due inventari nel quadro di interventi selvicolturali pianificati, bensì in seguito a danni (ad es. tempeste, valanghe, insetti, caduta di massi). Esso viene calcolato a livello di area di saggio a partire dall'utilizzazione degli alberi campione e dalla proporzione di utilizzazioni forzate (in base alle informazioni fornite dai forestali locali).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reason for sanitary/salvage felling</t>
+      <t xml:space="preserve">causa dell'utilizzazione forzata</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2695</t>
     </r>
   </si>
   <si>
-    <t>Main reason for sanitary/salvage felling. Reference: Forest Service Survey (MID 345: Ursache der Zwangsnutzung)</t>
+    <t>Causa determinante dell'utilizzazione forzata. Fonte: inchiesta presso il servizio forestale (MID 345: Ursache der Zwangsnutzung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">production region</t>
+      <t xml:space="preserve">regione di produzione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
+    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -727,62 +727,62 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M42"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" t="s">
@@ -1413,233 +1413,233 @@
         <v>0.4</v>
       </c>
       <c r="K25" s="6">
         <v>43</v>
       </c>
       <c r="L25" s="6">
         <v>1.7</v>
       </c>
       <c r="M25" s="6">
         <v>8</v>
       </c>
     </row>
     <row r="26" spans="1:13" customHeight="1" ht="21.75">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1416449/598404</t>
           </r>
         </is>
       </c>
       <c r="B26" s="3"/>
       <c r="C26" s="3"/>
       <c r="D26" s="3"/>
       <c r="E26" s="3"/>
       <c r="F26" s="3"/>
       <c r="G26" s="3"/>
       <c r="H26" s="3"/>
       <c r="I26" s="3"/>
       <c r="J26" s="3"/>
       <c r="K26" s="3"/>
       <c r="L26" s="3"/>
       <c r="M26" s="3"/>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">sanitary/salvage fellings</t>
+            <t xml:space="preserve">utilizzazione forzata</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #423</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:13" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reason for sanitary/salvage felling</t>
+            <t xml:space="preserve">causa dell'utilizzazione forzata</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2695</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:13" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">production region</t>
+            <t xml:space="preserve">regione di produzione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:13" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:13" customHeight="1" ht="29">
       <c r="A39" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:13" customHeight="1" ht="29">
       <c r="A42" s="1" t="s">
         <v>41</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>