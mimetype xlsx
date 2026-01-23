--- v0 (2025-12-07)
+++ v1 (2026-01-23)
@@ -14,383 +14,383 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Ursache der Schadenfläche</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>ratio of the types of damage gaps</t>
+  </si>
+  <si>
+    <t>cause of damage gap</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Schutzwaldregion</t>
+      <t xml:space="preserve">: protection forest region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...23 lines deleted...]
-    <t>Schweiz</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>protection forest region</t>
+  </si>
+  <si>
+    <t>Jura + Plateau</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Southwestern Alps </t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Wind</t>
-[...44 lines deleted...]
-    <t>Total</t>
+    <t>wind</t>
+  </si>
+  <si>
+    <t>snow load</t>
+  </si>
+  <si>
+    <t>avalanche</t>
+  </si>
+  <si>
+    <t>rockfall</t>
+  </si>
+  <si>
+    <t>debris flow, landslide</t>
+  </si>
+  <si>
+    <t>flood</t>
+  </si>
+  <si>
+    <t>forest fire</t>
+  </si>
+  <si>
+    <t>insects</t>
+  </si>
+  <si>
+    <t>fungi, virus, bacteria</t>
+  </si>
+  <si>
+    <t>wild animals</t>
+  </si>
+  <si>
+    <t>domestic animals</t>
+  </si>
+  <si>
+    <t>wood harvest</t>
+  </si>
+  <si>
+    <t>other human cause</t>
+  </si>
+  <si>
+    <t>loss of vitality due to drought</t>
+  </si>
+  <si>
+    <t>other loss of vitality</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1419157/600514</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Verhältnis der Schadenflächenarten</t>
+      <t xml:space="preserve">ratio of the types of damage gaps</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #419</t>
     </r>
   </si>
   <si>
-    <t>Verhältnis der verschiedenen Schadenereignisse (z.B. Wind, Insekten), die zu Schadenflächen geführt haben. Ermittelt wird das Verhältnis anhand derjenigen Schadenflächen, die mindestens 10% der Interpretationsfläche (50 × 50 m) ausmachen und auf denen gemässs den Angaben des lokalen Forstdienstes nur ein Schadenereignis auftrat. Die Zielgrösse erlaubt so Vergleiche zwischen den Inventuren ab dem LFI3.</t>
+    <t>Ratio of the different damage events (e.g. wind, insects) which led to damage gaps. The ratio is determined on the basis of those damage gaps that account for at least 10% of the interpretation area (50 × 50 m) and on which, according to the information provided by the local forest services, only one damage event occurred. The target value thus allows comparisons of inventories from NFI3 onwards.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Ursache der Schadenfläche</t>
+      <t xml:space="preserve">cause of damage gap</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2679</t>
     </r>
   </si>
   <si>
-    <t>Ereignis, das die Schadenfläche verursachte (z.B. Sturm, Trockenheit, Insekten- oder Pilzbefall, Holzernte). Grundlage: Forstdienstbefragung (MID 600: Art der Schadenflächen)</t>
+    <t>Cause of the damage gap, e.g. storm, drought, insect or fungal infestation or timber harvesting. Reference: Forest Service Survey (MID 600: Art der Schadenflächen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwaldregion</t>
+      <t xml:space="preserve">protective forest region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
+    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -742,51 +742,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O46"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1708,235 +1708,235 @@
         <v>100.0</v>
       </c>
       <c r="M29" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N29" s="6">
         <v>100.0</v>
       </c>
       <c r="O29" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="21.75">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1419157/600514</t>
           </r>
         </is>
       </c>
       <c r="B30" s="3"/>
       <c r="C30" s="3"/>
       <c r="D30" s="3"/>
       <c r="E30" s="3"/>
       <c r="F30" s="3"/>
       <c r="G30" s="3"/>
       <c r="H30" s="3"/>
       <c r="I30" s="3"/>
       <c r="J30" s="3"/>
       <c r="K30" s="3"/>
       <c r="L30" s="3"/>
       <c r="M30" s="3"/>
       <c r="N30" s="3"/>
       <c r="O30" s="3"/>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Verhältnis der Schadenflächenarten</t>
+            <t xml:space="preserve">ratio of the types of damage gaps</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #419</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Ursache der Schadenfläche</t>
+            <t xml:space="preserve">cause of damage gap</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2679</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:15" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="39" spans="1:15">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwaldregion</t>
+            <t xml:space="preserve">protective forest region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:15" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="42" spans="1:15">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:15" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="45" spans="1:15">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:15" customHeight="1" ht="29">
       <c r="A46" s="1" t="s">
         <v>46</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>