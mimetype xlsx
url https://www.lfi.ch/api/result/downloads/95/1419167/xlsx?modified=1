--- v0 (2026-01-23)
+++ v1 (2026-01-23)
@@ -14,383 +14,383 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>cause of damage gap</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>proporzione dei tipi delle aree dannegiate</t>
+  </si>
+  <si>
+    <t>causa dell'area danneggiata</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">: regione dei boschi di protezione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...23 lines deleted...]
-    <t>Switzerland</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione dei boschi di protezione</t>
+  </si>
+  <si>
+    <t>Giura/Altopiano</t>
+  </si>
+  <si>
+    <t>Alpi nordoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi nordorientali</t>
+  </si>
+  <si>
+    <t>Alpi sudoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi sudorientali</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>wind</t>
-[...44 lines deleted...]
-    <t>total</t>
+    <t>vento</t>
+  </si>
+  <si>
+    <t>carico da neve</t>
+  </si>
+  <si>
+    <t>valanga</t>
+  </si>
+  <si>
+    <t>caduta di massi</t>
+  </si>
+  <si>
+    <t>colata di fango, smottamento</t>
+  </si>
+  <si>
+    <t>inondazione</t>
+  </si>
+  <si>
+    <t>incendio boschivo</t>
+  </si>
+  <si>
+    <t>insetti</t>
+  </si>
+  <si>
+    <t>funghi, virus, batteri</t>
+  </si>
+  <si>
+    <t>animali selvatici</t>
+  </si>
+  <si>
+    <t>animali domestici</t>
+  </si>
+  <si>
+    <t>raccolta del legname</t>
+  </si>
+  <si>
+    <t>altre cause umane</t>
+  </si>
+  <si>
+    <t>perdita di vitalità dovuta a siccità</t>
+  </si>
+  <si>
+    <t>altre perdite di vitalità</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1419167/600524</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ratio of the types of damage gaps</t>
+      <t xml:space="preserve">proporzione dei tipi delle aree dannegiate</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #419</t>
     </r>
   </si>
   <si>
-    <t>Ratio of the different damage events (e.g. wind, insects) which led to damage gaps. The ratio is determined on the basis of those damage gaps that account for at least 10% of the interpretation area (50 × 50 m) and on which, according to the information provided by the local forest services, only one damage event occurred. The target value thus allows comparisons of inventories from NFI3 onwards.</t>
+    <t>Proporzione dei diversi tipi di danno (ad es. vento, insetti), che hanno causato un'area danneggiata. Per determinare la proporzione vengono prese in considerazione le aree danneggiate che rappresentano almeno il 10% dell'area di interpretazione (50 × 50 m) e sulle quali - secondo le indicazioni del servizio forestale locale - è avvenuto un solo evento che le ha danneggiate. Questa variabile target permette di confrontare i risultati a partire dall'IFN3.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">cause of damage gap</t>
+      <t xml:space="preserve">causa dell'area danneggiata</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2679</t>
     </r>
   </si>
   <si>
-    <t>Cause of the damage gap, e.g. storm, drought, insect or fungal infestation or timber harvesting. Reference: Forest Service Survey (MID 600: Art der Schadenflächen)</t>
+    <t>Evento che ha causato l'area danneggiata (ad es. tempesta, siccità, infestazione di insetti o funghi, raccolta del legname). Fonte: inchiesta presso il servizio forestale (MID 600: Art der Schadenflächen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">regione dei boschi di protezione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -742,51 +742,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O46"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1708,235 +1708,235 @@
         <v>100.0</v>
       </c>
       <c r="M29" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N29" s="6">
         <v>100.0</v>
       </c>
       <c r="O29" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="21.75">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1419167/600524</t>
           </r>
         </is>
       </c>
       <c r="B30" s="3"/>
       <c r="C30" s="3"/>
       <c r="D30" s="3"/>
       <c r="E30" s="3"/>
       <c r="F30" s="3"/>
       <c r="G30" s="3"/>
       <c r="H30" s="3"/>
       <c r="I30" s="3"/>
       <c r="J30" s="3"/>
       <c r="K30" s="3"/>
       <c r="L30" s="3"/>
       <c r="M30" s="3"/>
       <c r="N30" s="3"/>
       <c r="O30" s="3"/>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">ratio of the types of damage gaps</t>
+            <t xml:space="preserve">proporzione dei tipi delle aree dannegiate</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #419</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">cause of damage gap</t>
+            <t xml:space="preserve">causa dell'area danneggiata</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2679</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:15" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="39" spans="1:15">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">regione dei boschi di protezione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:15" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="42" spans="1:15">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:15" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="45" spans="1:15">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:15" customHeight="1" ht="29">
       <c r="A46" s="1" t="s">
         <v>46</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>