--- v0 (2025-10-10)
+++ v1 (2025-12-08)
@@ -14,421 +14,421 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Hochlagen/Tieflagen · Ursache der Schadenfläche</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>ratio of the types of damage gaps</t>
+  </si>
+  <si>
+    <t>higher/lower altitude zone · cause of damage gap</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Produktionsregion</t>
+      <t xml:space="preserve">: production region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">: accessible forest without shrub forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...2 lines deleted...]
-    <t>Produktionsregion</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>production region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Mittelland</t>
-[...17 lines deleted...]
-    <t>Ursache der Schadenfläche</t>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Pre-Alps</t>
+  </si>
+  <si>
+    <t>Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>higher/lower altitude zone</t>
+  </si>
+  <si>
+    <t>cause of damage gap</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Wind</t>
-[...50 lines deleted...]
-    <t>Hochlagen</t>
+    <t>wind</t>
+  </si>
+  <si>
+    <t>snow load</t>
+  </si>
+  <si>
+    <t>avalanche</t>
+  </si>
+  <si>
+    <t>rockfall</t>
+  </si>
+  <si>
+    <t>debris flow, landslide</t>
+  </si>
+  <si>
+    <t>flood</t>
+  </si>
+  <si>
+    <t>forest fire</t>
+  </si>
+  <si>
+    <t>insects</t>
+  </si>
+  <si>
+    <t>fungi, virus, bacteria</t>
+  </si>
+  <si>
+    <t>wild animals</t>
+  </si>
+  <si>
+    <t>domestic animals</t>
+  </si>
+  <si>
+    <t>wood harvest</t>
+  </si>
+  <si>
+    <t>other human cause</t>
+  </si>
+  <si>
+    <t>loss of vitality due to drought</t>
+  </si>
+  <si>
+    <t>other loss of vitality</t>
+  </si>
+  <si>
+    <t>total</t>
+  </si>
+  <si>
+    <t>lower altitude zone</t>
+  </si>
+  <si>
+    <t>higher altitude zone</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1419293/600650</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Verhältnis der Schadenflächenarten</t>
+      <t xml:space="preserve">ratio of the types of damage gaps</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #419</t>
     </r>
   </si>
   <si>
-    <t>Verhältnis der verschiedenen Schadenereignisse (z.B. Wind, Insekten), die zu Schadenflächen geführt haben. Ermittelt wird das Verhältnis anhand derjenigen Schadenflächen, die mindestens 10% der Interpretationsfläche (50 × 50 m) ausmachen und auf denen gemässs den Angaben des lokalen Forstdienstes nur ein Schadenereignis auftrat. Die Zielgrösse erlaubt so Vergleiche zwischen den Inventuren ab dem LFI3.</t>
+    <t>Ratio of the different damage events (e.g. wind, insects) which led to damage gaps. The ratio is determined on the basis of those damage gaps that account for at least 10% of the interpretation area (50 × 50 m) and on which, according to the information provided by the local forest services, only one damage event occurred. The target value thus allows comparisons of inventories from NFI3 onwards.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Hochlagen/Tieflagen</t>
+      <t xml:space="preserve">higher/lower altitude zone</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2635</t>
     </r>
   </si>
   <si>
-    <t>Gebiete in höheren und tieferen Lagen, eingeteilt anhand der Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005). Die Grenze zwischen den Hochlagen und den Tieflagen verläuft auf der Alpennordseite zwischen den Stufen «obermontan» und «untermontan», auf der Alpensüdseite zwischen den Stufen «hochmontan» und «ober-/untermontan». Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind.</t>
+    <t>Areas in higher and lower altitude zones classified according to the system used for altitudinal vegetation belts in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005). The boundary between the higher and lower altitudes runs between the «upper montane» and «lower montane» levels on the Northern Alps and between the «high montane» and «upper/lower montane» levels to the Southern Alps. The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Ursache der Schadenfläche</t>
+      <t xml:space="preserve">cause of damage gap</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2679</t>
     </r>
   </si>
   <si>
-    <t>Ereignis, das die Schadenfläche verursachte (z.B. Sturm, Trockenheit, Insekten- oder Pilzbefall, Holzernte). Grundlage: Forstdienstbefragung (MID 600: Art der Schadenflächen)</t>
+    <t>Cause of the damage gap, e.g. storm, drought, insect or fungal infestation or timber harvesting. Reference: Forest Service Survey (MID 600: Art der Schadenflächen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Produktionsregion</t>
+      <t xml:space="preserve">production region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
+    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">accessible forest without shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
+    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -780,52 +780,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:N100"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="25.708" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="33.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:14">
@@ -3803,268 +3803,268 @@
         <v>100.0</v>
       </c>
       <c r="L80" s="6" t="s">
         <v>20</v>
       </c>
       <c r="M80" s="6">
         <v>100.0</v>
       </c>
       <c r="N80" s="6" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="81" spans="1:14" customHeight="1" ht="21.75">
       <c r="A81" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1419293/600650</t>
           </r>
         </is>
       </c>
       <c r="C81" s="3"/>
       <c r="D81" s="3"/>
       <c r="E81" s="3"/>
       <c r="F81" s="3"/>
       <c r="G81" s="3"/>
       <c r="H81" s="3"/>
       <c r="I81" s="3"/>
       <c r="J81" s="3"/>
       <c r="K81" s="3"/>
       <c r="L81" s="3"/>
       <c r="M81" s="3"/>
       <c r="N81" s="3"/>
     </row>
     <row r="84" spans="1:14">
       <c r="A84" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Verhältnis der Schadenflächenarten</t>
+            <t xml:space="preserve">ratio of the types of damage gaps</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #419</t>
           </r>
         </is>
       </c>
     </row>
     <row r="85" spans="1:14" customHeight="1" ht="29">
       <c r="A85" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="87" spans="1:14">
       <c r="A87" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Hochlagen/Tieflagen</t>
+            <t xml:space="preserve">higher/lower altitude zone</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2635</t>
           </r>
         </is>
       </c>
     </row>
     <row r="88" spans="1:14" customHeight="1" ht="29">
       <c r="A88" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="90" spans="1:14">
       <c r="A90" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Ursache der Schadenfläche</t>
+            <t xml:space="preserve">cause of damage gap</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2679</t>
           </r>
         </is>
       </c>
     </row>
     <row r="91" spans="1:14" customHeight="1" ht="29">
       <c r="A91" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="93" spans="1:14">
       <c r="A93" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Produktionsregion</t>
+            <t xml:space="preserve">production region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="94" spans="1:14" customHeight="1" ht="29">
       <c r="A94" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="96" spans="1:14">
       <c r="A96" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+            <t xml:space="preserve">accessible forest without shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="97" spans="1:14" customHeight="1" ht="29">
       <c r="A97" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="99" spans="1:14">
       <c r="A99" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="100" spans="1:14" customHeight="1" ht="29">
       <c r="A100" s="1" t="s">
         <v>51</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>