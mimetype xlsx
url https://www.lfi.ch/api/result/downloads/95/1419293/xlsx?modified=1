--- v1 (2025-12-08)
+++ v2 (2026-01-23)
@@ -14,421 +14,421 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>higher/lower altitude zone · cause of damage gap</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>proporzione dei tipi delle aree dannegiate</t>
+  </si>
+  <si>
+    <t>alte/basse quote · causa dell'area danneggiata</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: production region</t>
+      <t xml:space="preserve">: regione di produzione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...26 lines deleted...]
-    <t>cause of damage gap</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione di produzione</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Prealpi</t>
+  </si>
+  <si>
+    <t>Alpi</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>alte/basse quote</t>
+  </si>
+  <si>
+    <t>causa dell'area danneggiata</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>wind</t>
-[...50 lines deleted...]
-    <t>higher altitude zone</t>
+    <t>vento</t>
+  </si>
+  <si>
+    <t>carico da neve</t>
+  </si>
+  <si>
+    <t>valanga</t>
+  </si>
+  <si>
+    <t>caduta di massi</t>
+  </si>
+  <si>
+    <t>colata di fango, smottamento</t>
+  </si>
+  <si>
+    <t>inondazione</t>
+  </si>
+  <si>
+    <t>incendio boschivo</t>
+  </si>
+  <si>
+    <t>insetti</t>
+  </si>
+  <si>
+    <t>funghi, virus, batteri</t>
+  </si>
+  <si>
+    <t>animali selvatici</t>
+  </si>
+  <si>
+    <t>animali domestici</t>
+  </si>
+  <si>
+    <t>raccolta del legname</t>
+  </si>
+  <si>
+    <t>altre cause umane</t>
+  </si>
+  <si>
+    <t>perdita di vitalità dovuta a siccità</t>
+  </si>
+  <si>
+    <t>altre perdite di vitalità</t>
+  </si>
+  <si>
+    <t>totale</t>
+  </si>
+  <si>
+    <t>basse quote</t>
+  </si>
+  <si>
+    <t>alte quote</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1419293/600650</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ratio of the types of damage gaps</t>
+      <t xml:space="preserve">proporzione dei tipi delle aree dannegiate</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #419</t>
     </r>
   </si>
   <si>
-    <t>Ratio of the different damage events (e.g. wind, insects) which led to damage gaps. The ratio is determined on the basis of those damage gaps that account for at least 10% of the interpretation area (50 × 50 m) and on which, according to the information provided by the local forest services, only one damage event occurred. The target value thus allows comparisons of inventories from NFI3 onwards.</t>
+    <t>Proporzione dei diversi tipi di danno (ad es. vento, insetti), che hanno causato un'area danneggiata. Per determinare la proporzione vengono prese in considerazione le aree danneggiate che rappresentano almeno il 10% dell'area di interpretazione (50 × 50 m) e sulle quali - secondo le indicazioni del servizio forestale locale - è avvenuto un solo evento che le ha danneggiate. Questa variabile target permette di confrontare i risultati a partire dall'IFN3.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">higher/lower altitude zone</t>
+      <t xml:space="preserve">alte/basse quote</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2635</t>
     </r>
   </si>
   <si>
-    <t>Areas in higher and lower altitude zones classified according to the system used for altitudinal vegetation belts in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005). The boundary between the higher and lower altitudes runs between the «upper montane» and «lower montane» levels on the Northern Alps and between the «high montane» and «upper/lower montane» levels to the Southern Alps. The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
+    <t xml:space="preserve">Stazioni di alta e bassa quota, classificate in base alle fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005). Il limite tra alte e basse quote sul versante nord delle alpi si colloca tra le fasce «montana superiore» e «montana inferiore», a Sud delle Alpi tra le fasce «altimontana» e «montana inferiore/superiore». Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">cause of damage gap</t>
+      <t xml:space="preserve">causa dell'area danneggiata</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2679</t>
     </r>
   </si>
   <si>
-    <t>Cause of the damage gap, e.g. storm, drought, insect or fungal infestation or timber harvesting. Reference: Forest Service Survey (MID 600: Art der Schadenflächen)</t>
+    <t>Evento che ha causato l'area danneggiata (ad es. tempesta, siccità, infestazione di insetti o funghi, raccolta del legname). Fonte: inchiesta presso il servizio forestale (MID 600: Art der Schadenflächen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">production region</t>
+      <t xml:space="preserve">regione di produzione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
+    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -780,52 +780,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:N100"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="33.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:14">
@@ -3803,268 +3803,268 @@
         <v>100.0</v>
       </c>
       <c r="L80" s="6" t="s">
         <v>20</v>
       </c>
       <c r="M80" s="6">
         <v>100.0</v>
       </c>
       <c r="N80" s="6" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="81" spans="1:14" customHeight="1" ht="21.75">
       <c r="A81" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1419293/600650</t>
           </r>
         </is>
       </c>
       <c r="C81" s="3"/>
       <c r="D81" s="3"/>
       <c r="E81" s="3"/>
       <c r="F81" s="3"/>
       <c r="G81" s="3"/>
       <c r="H81" s="3"/>
       <c r="I81" s="3"/>
       <c r="J81" s="3"/>
       <c r="K81" s="3"/>
       <c r="L81" s="3"/>
       <c r="M81" s="3"/>
       <c r="N81" s="3"/>
     </row>
     <row r="84" spans="1:14">
       <c r="A84" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">ratio of the types of damage gaps</t>
+            <t xml:space="preserve">proporzione dei tipi delle aree dannegiate</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #419</t>
           </r>
         </is>
       </c>
     </row>
     <row r="85" spans="1:14" customHeight="1" ht="29">
       <c r="A85" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="87" spans="1:14">
       <c r="A87" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">higher/lower altitude zone</t>
+            <t xml:space="preserve">alte/basse quote</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2635</t>
           </r>
         </is>
       </c>
     </row>
     <row r="88" spans="1:14" customHeight="1" ht="29">
       <c r="A88" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="90" spans="1:14">
       <c r="A90" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">cause of damage gap</t>
+            <t xml:space="preserve">causa dell'area danneggiata</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2679</t>
           </r>
         </is>
       </c>
     </row>
     <row r="91" spans="1:14" customHeight="1" ht="29">
       <c r="A91" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="93" spans="1:14">
       <c r="A93" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">production region</t>
+            <t xml:space="preserve">regione di produzione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="94" spans="1:14" customHeight="1" ht="29">
       <c r="A94" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="96" spans="1:14">
       <c r="A96" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="97" spans="1:14" customHeight="1" ht="29">
       <c r="A97" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="99" spans="1:14">
       <c r="A99" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="100" spans="1:14" customHeight="1" ht="29">
       <c r="A100" s="1" t="s">
         <v>51</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>