--- v0 (2026-01-11)
+++ v1 (2026-01-11)
@@ -14,436 +14,436 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
-    <t>IFN5</t>
+    <t>LFI5</t>
   </si>
   <si>
-    <t>proporzione dei tipi delle aree dannegiate</t>
+    <t>Verhältnis der Schadenflächenarten</t>
   </si>
   <si>
-    <t>fasce vegetazionali NaiS (6 classi) · causa dell'area danneggiata</t>
+    <t>NaiS-Vegetationshöhenstufen (6 Klassen) · Ursache der Schadenfläche</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: regione biogeografica</t>
+      <t xml:space="preserve">: biogeografische Region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, totale colonna</t>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
+    <t>Zustand 2018/26</t>
   </si>
   <si>
-    <t>regione biogeografica</t>
+    <t>biogeografische Region</t>
   </si>
   <si>
-    <t>Giura</t>
+    <t>Jura</t>
   </si>
   <si>
-    <t>Altopiano</t>
+    <t>Mittelland</t>
   </si>
   <si>
-    <t>Versante nord delle Alpi</t>
+    <t>Alpennordflanke</t>
   </si>
   <si>
-    <t>Alpi centrali occidentali</t>
+    <t>Westliche Zentralalpen</t>
   </si>
   <si>
-    <t>Alpi centrali orientali</t>
+    <t>Östliche Zentralalpen</t>
   </si>
   <si>
-    <t>Versante sud delle Alpi</t>
+    <t>Alpensüdflanke</t>
   </si>
   <si>
-    <t>Svizzera</t>
+    <t>Schweiz</t>
   </si>
   <si>
-    <t>fasce vegetazionali NaiS (6 classi)</t>
+    <t>NaiS-Vegetationshöhenstufen (6 Klassen)</t>
   </si>
   <si>
-    <t>causa dell'area danneggiata</t>
+    <t>Ursache der Schadenfläche</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>vento</t>
+    <t>Wind</t>
   </si>
   <si>
-    <t>carico da neve</t>
+    <t>Schneelast</t>
   </si>
   <si>
-    <t>valanga</t>
+    <t>Lawine</t>
   </si>
   <si>
-    <t>caduta di massi</t>
+    <t>Steinschlag</t>
   </si>
   <si>
-    <t>colata di fango, smottamento</t>
+    <t>Murgang, Rutschung</t>
   </si>
   <si>
-    <t>inondazione</t>
+    <t>Hochwasser</t>
   </si>
   <si>
-    <t>incendio boschivo</t>
+    <t>Waldbrand</t>
   </si>
   <si>
-    <t>insetti</t>
+    <t>Insekten</t>
   </si>
   <si>
-    <t>funghi, virus, batteri</t>
+    <t>Pilze, Viren, Bakterien</t>
   </si>
   <si>
-    <t>animali selvatici</t>
+    <t>Wildtiere</t>
   </si>
   <si>
-    <t>animali domestici</t>
+    <t>Vieh</t>
   </si>
   <si>
-    <t>raccolta del legname</t>
+    <t>Holzernte</t>
   </si>
   <si>
-    <t>altre cause umane</t>
+    <t>andere menschliche Ursache</t>
   </si>
   <si>
-    <t>perdita di vitalità dovuta a siccità</t>
+    <t>Vitalitätsverlust durch Trockenheit</t>
   </si>
   <si>
-    <t>altre perdite di vitalità</t>
+    <t>übriger Vitalitätsverlust</t>
   </si>
   <si>
-    <t>totale</t>
+    <t>Total</t>
   </si>
   <si>
-    <t>subalpina superiore</t>
+    <t>obersubalpin</t>
   </si>
   <si>
-    <t>subalpina</t>
+    <t>subalpin</t>
   </si>
   <si>
-    <t>altimontana</t>
+    <t>hochmontan</t>
   </si>
   <si>
-    <t>montana inferiore e superiore</t>
+    <t>unter- und obermontan</t>
   </si>
   <si>
-    <t>submontana</t>
+    <t>submontan</t>
   </si>
   <si>
-    <t>iperinsubrica e collinare</t>
+    <t>hyperinsubrisch und kollin</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1419334/600691</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proporzione dei tipi delle aree dannegiate</t>
+      <t xml:space="preserve">Verhältnis der Schadenflächenarten</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #419</t>
     </r>
   </si>
   <si>
-    <t>Proporzione dei diversi tipi di danno (ad es. vento, insetti), che hanno causato un'area danneggiata. Per determinare la proporzione vengono prese in considerazione le aree danneggiate che rappresentano almeno il 10% dell'area di interpretazione (50 × 50 m) e sulle quali - secondo le indicazioni del servizio forestale locale - è avvenuto un solo evento che le ha danneggiate. Questa variabile target permette di confrontare i risultati a partire dall'IFN3.</t>
+    <t>Verhältnis der verschiedenen Schadenereignisse (z.B. Wind, Insekten), die zu Schadenflächen geführt haben. Ermittelt wird das Verhältnis anhand derjenigen Schadenflächen, die mindestens 10% der Interpretationsfläche (50 × 50 m) ausmachen und auf denen gemässs den Angaben des lokalen Forstdienstes nur ein Schadenereignis auftrat. Die Zielgrösse erlaubt so Vergleiche zwischen den Inventuren ab dem LFI3.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
+      <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2633</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005), ridotto a sei classi. Questa variabile rappresenta una semplificazione delle fasce vegetazionali NaiS in dieci classi (NAISHSTKOMB), per cui le classi «iperinsubrica», «collinare» e «collinare con faggio» vengono riunite nella classe «iperinsubrica e collinare», mentre le fasce «montana inferiore», «montana superiore» e «montana inferiore/superiore» vengono riunite nella classe «montana inferiore e superiore». Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
+    <t xml:space="preserve">Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005), reduziert auf sechs Klassen. Die Variable stellt eine Vereinfachung der NaiS-Vegetationshöhenstufen in zehn Klassen (NAISHSTKOMB) dar, indem die Klassen «hyperinsubrisch», «kollin» und «kollin mit Buche» zur Klasse «hyperinsubrisch und kollin» und die Stufen «untermontan», «obermontan» und «unter-/obermontan» zur Stufe «unter- und obermontan» zusammengezogen wurden. Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">causa dell'area danneggiata</t>
+      <t xml:space="preserve">Ursache der Schadenfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2679</t>
     </r>
   </si>
   <si>
-    <t>Evento che ha causato l'area danneggiata (ad es. tempesta, siccità, infestazione di insetti o funghi, raccolta del legname). Fonte: inchiesta presso il servizio forestale (MID 600: Art der Schadenflächen)</t>
+    <t>Ereignis, das die Schadenfläche verursachte (z.B. Sturm, Trockenheit, Insekten- oder Pilzbefall, Holzernte). Grundlage: Forstdienstbefragung (MID 600: Art der Schadenflächen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione biogeografica</t>
+      <t xml:space="preserve">biogeografische Region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
+    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
+    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -795,52 +795,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P168"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -7512,270 +7512,270 @@
         <v>100.0</v>
       </c>
       <c r="N148" s="6" t="s">
         <v>21</v>
       </c>
       <c r="O148" s="6">
         <v>100.0</v>
       </c>
       <c r="P148" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="149" spans="1:16" customHeight="1" ht="21.75">
       <c r="A149" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1419334/600691</t>
           </r>
         </is>
       </c>
       <c r="C149" s="3"/>
       <c r="D149" s="3"/>
       <c r="E149" s="3"/>
       <c r="F149" s="3"/>
       <c r="G149" s="3"/>
       <c r="H149" s="3"/>
       <c r="I149" s="3"/>
       <c r="J149" s="3"/>
       <c r="K149" s="3"/>
       <c r="L149" s="3"/>
       <c r="M149" s="3"/>
       <c r="N149" s="3"/>
       <c r="O149" s="3"/>
       <c r="P149" s="3"/>
     </row>
     <row r="152" spans="1:16">
       <c r="A152" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proporzione dei tipi delle aree dannegiate</t>
+            <t xml:space="preserve">Verhältnis der Schadenflächenarten</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #419</t>
           </r>
         </is>
       </c>
     </row>
     <row r="153" spans="1:16" customHeight="1" ht="29">
       <c r="A153" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="155" spans="1:16">
       <c r="A155" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
+            <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2633</t>
           </r>
         </is>
       </c>
     </row>
     <row r="156" spans="1:16" customHeight="1" ht="29">
       <c r="A156" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="158" spans="1:16">
       <c r="A158" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">causa dell'area danneggiata</t>
+            <t xml:space="preserve">Ursache der Schadenfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2679</t>
           </r>
         </is>
       </c>
     </row>
     <row r="159" spans="1:16" customHeight="1" ht="29">
       <c r="A159" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="161" spans="1:16">
       <c r="A161" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione biogeografica</t>
+            <t xml:space="preserve">biogeografische Region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="162" spans="1:16" customHeight="1" ht="29">
       <c r="A162" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="164" spans="1:16">
       <c r="A164" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="165" spans="1:16" customHeight="1" ht="29">
       <c r="A165" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="167" spans="1:16">
       <c r="A167" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="168" spans="1:16" customHeight="1" ht="29">
       <c r="A168" s="1" t="s">
         <v>56</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>