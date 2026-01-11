--- v0 (2025-11-19)
+++ v1 (2026-01-11)
@@ -14,344 +14,344 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>higher/lower altitude zone</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>taille de l'échantillon (nombre de placettes forestières)</t>
+  </si>
+  <si>
+    <t>zones supérieures/inférieures</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">découpage régional</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: région de forêt protectrice</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unité</t>
     </r>
     <r>
       <t xml:space="preserve">: n</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">ensemble analysé</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...30 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">réseau</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+    </r>
+  </si>
+  <si>
+    <t>état 2018/26</t>
+  </si>
+  <si>
+    <t>région de forêt protectrice</t>
+  </si>
+  <si>
+    <t>Plateau/Jura</t>
+  </si>
+  <si>
+    <t>Nord des Alpes ouest</t>
+  </si>
+  <si>
+    <t>Nord des Alpes est</t>
+  </si>
+  <si>
+    <t>Sud-ouest des Alpes</t>
+  </si>
+  <si>
+    <t>Sud-est des Alpes</t>
+  </si>
+  <si>
+    <t>Sud des Alpes</t>
+  </si>
+  <si>
+    <t>Suisse</t>
   </si>
   <si>
     <t>n</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>lower altitude zone</t>
-[...2 lines deleted...]
-    <t>higher altitude zone</t>
+    <t>zones inférieures</t>
+  </si>
+  <si>
+    <t>zones supérieures</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1419422/600779</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">sample size (number of forest plots)</t>
+      <t xml:space="preserve">taille de l'échantillon (nombre de placettes forestières)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #125</t>
     </r>
   </si>
   <si>
-    <t>Number of forest sample plots (Plots).</t>
+    <t>Anzahl Probeflächen (Plots), die im Rahmen der LFI-Erhebungen aufgenommen wurden (Stichprobengrösse). Die Messungen auf diesen Probeflächen bilden die Grundlage für die statistischen Schätzungen (Hochrechnungen) des LFI über den Schweizer Wald.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">higher/lower altitude zone</t>
+      <t xml:space="preserve">zones supérieures/inférieures</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2635</t>
     </r>
   </si>
   <si>
-    <t>Areas in higher and lower altitude zones classified according to the system used for altitudinal vegetation belts in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005). The boundary between the higher and lower altitudes runs between the «upper montane» and «lower montane» levels on the Northern Alps and between the «high montane» and «upper/lower montane» levels to the Southern Alps. The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
+    <t>Zones situées à des altitudes plus ou moins élevées, classées en fonction des étages de végétation selon la nomenclature du guide Gestion durable des forêts de protection (NaiS; Frehner et al. 2005). La frontière entre les zones supérieures et les zones inférieures s'étend au nord des Alpes entre les étages «montagnard supérieur» et «montagnard inférieur», et au sud des Alpes entre les étages «haut-montagnard» et «montagnard supérieur/inférieur». Les indications sont basées, d'une part, sur les étages de végétation déterminés par les experts (placettes forestières accessibles de l'IFN4 sur le réseau de 1,4 km; Arge Frehner et al. 2020) et, d'autre part, sur les étages de végétation modélisés pour la période 1981-2010 (autres placettes; Zischg et al. 2021). pas d'indication: situé au-dessus de la limite de la forêt modélisée par Zischg et al. ou éventuellement à proximité de lacs qui ont été découpés de manière relativement grossière par Zischg et al.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">région de forêt protectrice</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Découpage de la Suisse utilisé dans l'IFN pour analyser des forêts protectrices. Les six régions de forêts protectrices ont été formées à partir des régions économiques en regroupant certaines régions selon des critères environnementaux et statistiques.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Forêt dont moins des deux tiers de la surface était couverte d'arbustes et qui était atteignable à pied lors des cinq inventaires IFN1 (1983-1985), IFN2 (1993-1995), IFN3 (2004-2006), IFN4 (2009-2017) et IFN5 (2018-2026).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -703,51 +703,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="33.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="37.562" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1058,235 +1058,235 @@
         <v>333</v>
       </c>
       <c r="M16" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N16" s="6">
         <v>2977</v>
       </c>
       <c r="O16" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:15" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1419422/600779</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
       <c r="N17" s="3"/>
       <c r="O17" s="3"/>
     </row>
     <row r="20" spans="1:15">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">sample size (number of forest plots)</t>
+            <t xml:space="preserve">taille de l'échantillon (nombre de placettes forestières)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #125</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">higher/lower altitude zone</t>
+            <t xml:space="preserve">zones supérieures/inférieures</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2635</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:15" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">région de forêt protectrice</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>