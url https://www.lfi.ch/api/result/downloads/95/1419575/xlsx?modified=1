--- v0 (2025-11-17)
+++ v1 (2026-01-11)
@@ -14,341 +14,341 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="33">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Eigentum (2 Klassen)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>dimensioni del campionamento (numero di aree di saggio in bosco)</t>
+  </si>
+  <si>
+    <t>proprietà (2 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Produktionsregion</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione di produzione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Stk.</t>
+      <t xml:space="preserve">unità</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: n</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...30 lines deleted...]
-    <t>Stk.</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione di produzione</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Prealpi</t>
+  </si>
+  <si>
+    <t>Alpi</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>n</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>öffentlich</t>
-[...5 lines deleted...]
-    <t>Total</t>
+    <t>pubblica</t>
+  </si>
+  <si>
+    <t>privata</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1419575/600932</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Stichprobengrösse (Anzahl Waldprobeflächen)</t>
+      <t xml:space="preserve">dimensioni del campionamento (numero di aree di saggio in bosco)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #125</t>
     </r>
   </si>
   <si>
     <t>Anzahl Probeflächen (Plots), die im Rahmen der LFI-Erhebungen aufgenommen wurden (Stichprobengrösse). Die Messungen auf diesen Probeflächen bilden die Grundlage für die statistischen Schätzungen (Hochrechnungen) des LFI über den Schweizer Wald.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Eigentum (2 Klassen)</t>
+      <t xml:space="preserve">proprietà (2 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #94</t>
     </r>
   </si>
   <si>
-    <t>Eigentumsverhältnis am Wald, charakterisiert mithilfe der zwei Klassen «öffentlich» und «privat». Grundlage: Forstdienstbefragung (MID 365: Eigentum)</t>
+    <t>Condizioni di proprietà del bosco, caratterizzate attraverso le due classi «pubblico» e «privato». Fonte: inchiesta presso il servizio forestale (MID 365: Eigentum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Produktionsregion</t>
+      <t xml:space="preserve">regione di produzione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
+    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -701,61 +701,61 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" t="s">
@@ -1017,233 +1017,233 @@
         <v>333</v>
       </c>
       <c r="K16" s="6" t="s">
         <v>18</v>
       </c>
       <c r="L16" s="6">
         <v>2977</v>
       </c>
       <c r="M16" s="6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:13" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1419575/600932</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Stichprobengrösse (Anzahl Waldprobeflächen)</t>
+            <t xml:space="preserve">dimensioni del campionamento (numero di aree di saggio in bosco)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #125</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:13" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Eigentum (2 Klassen)</t>
+            <t xml:space="preserve">proprietà (2 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #94</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:13" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Produktionsregion</t>
+            <t xml:space="preserve">regione di produzione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:13" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:13" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:13" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>32</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>