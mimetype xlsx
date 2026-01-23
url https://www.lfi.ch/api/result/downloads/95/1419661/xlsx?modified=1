--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>higher/lower altitude zone</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>dimensioni del campionamento (numero di aree di saggio in bosco)</t>
+  </si>
+  <si>
+    <t>alte/basse quote</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: canton</t>
+      <t xml:space="preserve">: cantone</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest NFI4/NFI5</t>
+      <t xml:space="preserve">: bosco accessibile IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...2 lines deleted...]
-    <t>canton</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>cantone</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,243 +172,243 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>lower altitude zone</t>
-[...5 lines deleted...]
-    <t>total</t>
+    <t>basse quote</t>
+  </si>
+  <si>
+    <t>alte quote</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1419661/601018</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">sample size (number of forest plots)</t>
+      <t xml:space="preserve">dimensioni del campionamento (numero di aree di saggio in bosco)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #125</t>
     </r>
   </si>
   <si>
-    <t>Number of forest sample plots (Plots).</t>
+    <t>Anzahl Probeflächen (Plots), die im Rahmen der LFI-Erhebungen aufgenommen wurden (Stichprobengrösse). Die Messungen auf diesen Probeflächen bilden die Grundlage für die statistischen Schätzungen (Hochrechnungen) des LFI über den Schweizer Wald.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">higher/lower altitude zone</t>
+      <t xml:space="preserve">alte/basse quote</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2635</t>
     </r>
   </si>
   <si>
-    <t>Areas in higher and lower altitude zones classified according to the system used for altitudinal vegetation belts in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005). The boundary between the higher and lower altitudes runs between the «upper montane» and «lower montane» levels on the Northern Alps and between the «high montane» and «upper/lower montane» levels to the Southern Alps. The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
+    <t xml:space="preserve">Stazioni di alta e bassa quota, classificate in base alle fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005). Il limite tra alte e basse quote sul versante nord delle alpi si colloca tra le fasce «montana superiore» e «montana inferiore», a Sud delle Alpi tra le fasce «altimontana» e «montana inferiore/superiore». Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">canton</t>
+      <t xml:space="preserve">cantone</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
+    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest NFI4/NFI5</t>
+      <t xml:space="preserve">bosco accessibile IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2608</t>
     </r>
   </si>
   <si>
-    <t>Area accessible on foot that meets the NFI's definition of forest in both NFI4 (2009-2017) and NFI5 (2018-2026), i.e. was either «forest without shrub forest» or «shrub forest».</t>
+    <t>Area che soddisfa la definizione di bosco dell'IFN sia nell'IFN4 (2009-2017) che nell'IFN5 (2018-2026), ossia che è «bosco esclusi gli arbusteti» o «arbusteto» ed è stata raggiunta a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -760,51 +760,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="33.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="4.57" bestFit="true" customWidth="true" style="0"/>
@@ -1837,51 +1837,51 @@
         <v>100.0</v>
       </c>
       <c r="AY16" s="6" t="s">
         <v>38</v>
       </c>
       <c r="AZ16" s="6">
         <v>100.0</v>
       </c>
       <c r="BA16" s="6" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="17" spans="1:53" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1419661/601018</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
@@ -1919,191 +1919,191 @@
       <c r="AQ17" s="3"/>
       <c r="AR17" s="3"/>
       <c r="AS17" s="3"/>
       <c r="AT17" s="3"/>
       <c r="AU17" s="3"/>
       <c r="AV17" s="3"/>
       <c r="AW17" s="3"/>
       <c r="AX17" s="3"/>
       <c r="AY17" s="3"/>
       <c r="AZ17" s="3"/>
       <c r="BA17" s="3"/>
     </row>
     <row r="20" spans="1:53">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">sample size (number of forest plots)</t>
+            <t xml:space="preserve">dimensioni del campionamento (numero di aree di saggio in bosco)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #125</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:53" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="23" spans="1:53">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">higher/lower altitude zone</t>
+            <t xml:space="preserve">alte/basse quote</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2635</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:53" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="26" spans="1:53">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">canton</t>
+            <t xml:space="preserve">cantone</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:53" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="29" spans="1:53">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest NFI4/NFI5</t>
+            <t xml:space="preserve">bosco accessibile IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2608</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:53" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="32" spans="1:53">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:53" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>52</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>