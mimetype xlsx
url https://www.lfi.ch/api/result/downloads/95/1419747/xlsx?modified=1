--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,356 +14,356 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>altitudinal vegetation belts (NaiS; 6 classes)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>taille de l'échantillon (nombre de placettes forestières)</t>
+  </si>
+  <si>
+    <t>étages de végétation NaiS (6 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">découpage régional</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: région de forêt protectrice</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">unité</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, total de colonne</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: forest NFI4/NFI5</t>
+      <t xml:space="preserve">ensemble analysé</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: forêt IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...30 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">réseau</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+    </r>
+  </si>
+  <si>
+    <t>état 2018/26</t>
+  </si>
+  <si>
+    <t>région de forêt protectrice</t>
+  </si>
+  <si>
+    <t>Plateau/Jura</t>
+  </si>
+  <si>
+    <t>Nord des Alpes ouest</t>
+  </si>
+  <si>
+    <t>Nord des Alpes est</t>
+  </si>
+  <si>
+    <t>Sud-ouest des Alpes</t>
+  </si>
+  <si>
+    <t>Sud-est des Alpes</t>
+  </si>
+  <si>
+    <t>Sud des Alpes</t>
+  </si>
+  <si>
+    <t>Suisse</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>upper subalpine</t>
-[...14 lines deleted...]
-    <t>hyperinsubric and colline</t>
+    <t>subalpin supérieur</t>
+  </si>
+  <si>
+    <t>subalpin</t>
+  </si>
+  <si>
+    <t>haut-montagnard</t>
+  </si>
+  <si>
+    <t>montagnard inférieur et supérieur</t>
+  </si>
+  <si>
+    <t>submontagnard</t>
+  </si>
+  <si>
+    <t>hyperinsubrique et collinéen</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1419747/601104</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">sample size (number of forest plots)</t>
+      <t xml:space="preserve">taille de l'échantillon (nombre de placettes forestières)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #125</t>
     </r>
   </si>
   <si>
-    <t>Number of forest sample plots (Plots).</t>
+    <t>Anzahl Probeflächen (Plots), die im Rahmen der LFI-Erhebungen aufgenommen wurden (Stichprobengrösse). Die Messungen auf diesen Probeflächen bilden die Grundlage für die statistischen Schätzungen (Hochrechnungen) des LFI über den Schweizer Wald.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
+      <t xml:space="preserve">étages de végétation NaiS (6 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2633</t>
     </r>
   </si>
   <si>
-    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005), reduced to six classes. The variable represents a simplification of the NaiS altitudinal vegetation belts with ten classes (NAISHSTKOMB) in which the classes «hyperinsubric» and «colline» are merged with «colline with beech» to form the class «hyperinsubric and colline» and the class «lower montane» with «upper montane» and «lower/upper montane» to form the class «lower and upper montane». The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
+    <t xml:space="preserve">Étages de végétation selon la nomenclature du guide Gestion durable des forêts de protection (NaiS; Frehner et al. 2005), ramenée à six classes. Cette variable constitue une simplification des étages altitudinaux de végétation NaiS en dix classes (NAISHSTKOMB), résultant de la fusion des classes «hyperinsubrique», «collinéen» et «collinéen avec hêtre» dans la classe «hyperinsubrique et collinéen», et des classes «montagnard inférieur», «montagnard supérieur» et «montagnard inférieur/supérieur» dans la classe «montagnard inférieur et supérieur». Les indications sont basées, d'une part, sur les étages de végétation déterminés par les experts (placettes forestières accessibles de l'IFN4 sur le réseau de 1,4 km; Arge Frehner et al. 2020) et, d'autre part, sur les étages de végétation modélisés pour la période 1981-2010 (autres placettes; Zischg et al. 2021). pas d'indication: situé au-dessus de la limite de la forêt modélisée par Zischg et al. ou éventuellement à proximité de lacs qui ont été découpés de manière relativement grossière par Zischg et al. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">région de forêt protectrice</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Découpage de la Suisse utilisé dans l'IFN pour analyser des forêts protectrices. Les six régions de forêts protectrices ont été formées à partir des régions économiques en regroupant certaines régions selon des critères environnementaux et statistiques.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest NFI4/NFI5</t>
+      <t xml:space="preserve">forêt IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2604</t>
     </r>
   </si>
   <si>
-    <t>Area that meets the NFI's definition of forest in both NFI4 (2009-2017) and NFI5 (2018-2026), i.e. was either «forest without shrub forest» or «shrub forest».</t>
+    <t>Zone correspondant à la définition forestière de l'IFN, c'est-à-dire «forêt sans la forêt buissonnante» ou «forêt buissonnante», à la fois dans l'IFN4 (2009-2017) et dans l'IFN5 (2018-2026).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -715,51 +715,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="57.557" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="46.989" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1258,235 +1258,235 @@
         <v>100.0</v>
       </c>
       <c r="M20" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N20" s="6">
         <v>100.0</v>
       </c>
       <c r="O20" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1419747/601104</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
       <c r="L21" s="3"/>
       <c r="M21" s="3"/>
       <c r="N21" s="3"/>
       <c r="O21" s="3"/>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">sample size (number of forest plots)</t>
+            <t xml:space="preserve">taille de l'échantillon (nombre de placettes forestières)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #125</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:15" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
+            <t xml:space="preserve">étages de végétation NaiS (6 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2633</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">région de forêt protectrice</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest NFI4/NFI5</t>
+            <t xml:space="preserve">forêt IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2604</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:15" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>37</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>