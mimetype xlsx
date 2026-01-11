--- v0 (2026-01-11)
+++ v1 (2026-01-11)
@@ -14,344 +14,344 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>proprietà (2 classi)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>sample size (number of forest plots)</t>
+  </si>
+  <si>
+    <t>ownership (2 categories)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: regione biogeografica</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: biogeographical region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, totale colonna</t>
+      <t xml:space="preserve">unit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: bosco accessibile IFN4/IFN5</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
-[...30 lines deleted...]
-    <t>Svizzera</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>biogeographical region</t>
+  </si>
+  <si>
+    <t>Jura</t>
+  </si>
+  <si>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Northern Alps</t>
+  </si>
+  <si>
+    <t>Western Central-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Central-Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>pubblica</t>
-[...5 lines deleted...]
-    <t>totale</t>
+    <t>public</t>
+  </si>
+  <si>
+    <t>private</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1419813/601170</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">dimensioni del campionamento (numero di aree di saggio in bosco)</t>
+      <t xml:space="preserve">sample size (number of forest plots)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #125</t>
     </r>
   </si>
   <si>
-    <t>Anzahl Probeflächen (Plots), die im Rahmen der LFI-Erhebungen aufgenommen wurden (Stichprobengrösse). Die Messungen auf diesen Probeflächen bilden die Grundlage für die statistischen Schätzungen (Hochrechnungen) des LFI über den Schweizer Wald.</t>
+    <t>Number of forest sample plots (Plots).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proprietà (2 classi)</t>
+      <t xml:space="preserve">ownership (2 categories)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #94</t>
     </r>
   </si>
   <si>
-    <t>Condizioni di proprietà del bosco, caratterizzate attraverso le due classi «pubblico» e «privato». Fonte: inchiesta presso il servizio forestale (MID 365: Eigentum)</t>
+    <t>Forest ownership, classified according to the two categories: 'public' and 'private'. Reference: Forest Service Survey (MID 365: Eigentum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione biogeografica</t>
+      <t xml:space="preserve">biogeographical region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
+    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile IFN4/IFN5</t>
+      <t xml:space="preserve">accessible forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2608</t>
     </r>
   </si>
   <si>
-    <t>Area che soddisfa la definizione di bosco dell'IFN sia nell'IFN4 (2009-2017) che nell'IFN5 (2018-2026), ossia che è «bosco esclusi gli arbusteti» o «arbusteto» ed è stata raggiunta a piedi.</t>
+    <t>Area accessible on foot that meets the NFI's definition of forest in both NFI4 (2009-2017) and NFI5 (2018-2026), i.e. was either «forest without shrub forest» or «shrub forest».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -703,51 +703,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1058,235 +1058,235 @@
         <v>100.0</v>
       </c>
       <c r="M16" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N16" s="6">
         <v>100.0</v>
       </c>
       <c r="O16" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:15" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1419813/601170</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
       <c r="N17" s="3"/>
       <c r="O17" s="3"/>
     </row>
     <row r="20" spans="1:15">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">dimensioni del campionamento (numero di aree di saggio in bosco)</t>
+            <t xml:space="preserve">sample size (number of forest plots)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #125</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proprietà (2 classi)</t>
+            <t xml:space="preserve">ownership (2 categories)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #94</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:15" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione biogeografica</t>
+            <t xml:space="preserve">biogeographical region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile IFN4/IFN5</t>
+            <t xml:space="preserve">accessible forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2608</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>