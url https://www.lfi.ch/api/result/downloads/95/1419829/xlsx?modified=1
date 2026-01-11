--- v0 (2026-01-09)
+++ v1 (2026-01-11)
@@ -14,344 +14,344 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>ownership (2 categories)</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Stichprobengrösse (Anzahl Waldprobeflächen)</t>
+  </si>
+  <si>
+    <t>Eigentum (2 Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: biogeographical region</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: biogeografische Region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">Einheit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: forest</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Wald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...9 lines deleted...]
-    <t>biogeographical region</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>biogeografische Region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Plateau</t>
-[...14 lines deleted...]
-    <t>Switzerland</t>
+    <t>Mittelland</t>
+  </si>
+  <si>
+    <t>Alpennordflanke</t>
+  </si>
+  <si>
+    <t>Westliche Zentralalpen</t>
+  </si>
+  <si>
+    <t>Östliche Zentralalpen</t>
+  </si>
+  <si>
+    <t>Alpensüdflanke</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>public</t>
-[...5 lines deleted...]
-    <t>total</t>
+    <t>öffentlich</t>
+  </si>
+  <si>
+    <t>privat</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1419829/601186</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">sample size (number of forest plots)</t>
+      <t xml:space="preserve">Stichprobengrösse (Anzahl Waldprobeflächen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #125</t>
     </r>
   </si>
   <si>
-    <t>Number of forest sample plots (Plots).</t>
+    <t>Anzahl Probeflächen (Plots), die im Rahmen der LFI-Erhebungen aufgenommen wurden (Stichprobengrösse). Die Messungen auf diesen Probeflächen bilden die Grundlage für die statistischen Schätzungen (Hochrechnungen) des LFI über den Schweizer Wald.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ownership (2 categories)</t>
+      <t xml:space="preserve">Eigentum (2 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #94</t>
     </r>
   </si>
   <si>
-    <t>Forest ownership, classified according to the two categories: 'public' and 'private'. Reference: Forest Service Survey (MID 365: Eigentum)</t>
+    <t>Eigentumsverhältnis am Wald, charakterisiert mithilfe der zwei Klassen «öffentlich» und «privat». Grundlage: Forstdienstbefragung (MID 365: Eigentum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeographical region</t>
+      <t xml:space="preserve">biogeografische Region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
+    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest</t>
+      <t xml:space="preserve">Wald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #484</t>
     </r>
   </si>
   <si>
-    <t>Area that meets the NFI's definition of 'forest', i.e. is «a forest without shrub forest» or «a shrub forest».</t>
+    <t>Fläche, die die Walddefinition des LFI erfüllt, also «Wald ohne Gebüschwald» oder «Gebüschwald» ist.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -703,51 +703,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1058,235 +1058,235 @@
         <v>100.0</v>
       </c>
       <c r="M16" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N16" s="6">
         <v>100.0</v>
       </c>
       <c r="O16" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:15" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1419829/601186</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
       <c r="N17" s="3"/>
       <c r="O17" s="3"/>
     </row>
     <row r="20" spans="1:15">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">sample size (number of forest plots)</t>
+            <t xml:space="preserve">Stichprobengrösse (Anzahl Waldprobeflächen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #125</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">ownership (2 categories)</t>
+            <t xml:space="preserve">Eigentum (2 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #94</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:15" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeographical region</t>
+            <t xml:space="preserve">biogeografische Region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest</t>
+            <t xml:space="preserve">Wald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #484</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>