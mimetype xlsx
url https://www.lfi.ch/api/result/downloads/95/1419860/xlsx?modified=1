--- v0 (2026-01-23)
+++ v1 (2026-01-23)
@@ -17,164 +17,164 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>IFN5</t>
   </si>
   <si>
-    <t>superficie forestale</t>
-[...2 lines deleted...]
-    <t>anno dell'ultima percorrenza del bestiame al pascolo</t>
+    <t>surface forestière</t>
+  </si>
+  <si>
+    <t>année du dernier parcours par le bétail</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">découpage régional</t>
     </r>
     <r>
-      <t xml:space="preserve">: regione di produzione</t>
+      <t xml:space="preserve">: région de production</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unité</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">ensemble analysé</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">réseau</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...20 lines deleted...]
-    <t>Svizzera</t>
+    <t>état 2018/26</t>
+  </si>
+  <si>
+    <t>région de production</t>
+  </si>
+  <si>
+    <t>Jura</t>
+  </si>
+  <si>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Préalpes</t>
+  </si>
+  <si>
+    <t>Alpes</t>
+  </si>
+  <si>
+    <t>Sud des Alpes</t>
+  </si>
+  <si>
+    <t>Suisse</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>presumibilmente mai pascolato</t>
-[...2 lines deleted...]
-    <t>prima del 1851</t>
+    <t>probablement jamais parcouru</t>
+  </si>
+  <si>
+    <t>avant 1851</t>
   </si>
   <si>
     <t>1851-1860</t>
   </si>
   <si>
     <t>1861-1870</t>
   </si>
   <si>
     <t>1871-1880</t>
   </si>
   <si>
     <t>1881-1890</t>
   </si>
   <si>
     <t>1891-1900</t>
   </si>
   <si>
     <t>1901-1910</t>
   </si>
   <si>
     <t>1911-1920</t>
   </si>
   <si>
     <t>1921-1930</t>
   </si>
@@ -187,222 +187,222 @@
   <si>
     <t>1951-1960</t>
   </si>
   <si>
     <t>1961-1970</t>
   </si>
   <si>
     <t>1971-1980</t>
   </si>
   <si>
     <t>1981-1990</t>
   </si>
   <si>
     <t>1991-2000</t>
   </si>
   <si>
     <t>2001-2010</t>
   </si>
   <si>
     <t>2011-2020</t>
   </si>
   <si>
     <t>2021-2030</t>
   </si>
   <si>
-    <t>totale</t>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1419860/601217</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">surface forestière</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>Ensemble de toutes les surfaces qui sont désignées comme forêt selon la définition de la forêt de l’IFN. Cette définition inclut la forêt buissonnante. La variable cible «surface forestière» est également utilisée pour évaluer la surface totale lorsqu'il s'agit de distinguer entre «forêt» et «hors forêt».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">anno dell'ultima percorrenza del bestiame al pascolo</t>
+      <t xml:space="preserve">année du dernier parcours par le bétail</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #720</t>
     </r>
   </si>
   <si>
-    <t>Aree di saggio senza/con tracce di pascolamento e l'anno dell'ultima percorrenza del bestiame. Fonte: inchiesta presso il servizio forestale (MID 341: Jahr der letzten Beweidung)</t>
+    <t>Placettes d'échantillonnage pâturées/non pâturées et année du dernier parcours par des animaux de rente. Source: enquête auprès des services forestiers (MID 341: Année du dernier parcours du bétail)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione di produzione</t>
+      <t xml:space="preserve">région de production</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
+    <t>Découpage de la Suisse en cinq régions (Jura, Plateau, Préalpes, Alpes et Sud des Alpes) avec des conditions de croissance et de production de bois relativement homogènes. Les régions de production ont été définies par l'Office fédéral des forêts bien avant le premier inventaire forestier national (IFN1, 1983-1985). À une petite exception près au bord du lac Léman, les frontières des régions de production suivent encore les frontières communales de l'époque. Contrairement à l'IFN, la statistique forestière gérée par l'Office fédéral de la statistique se base non pas sur les régions de production, mais sur les zones forestières, dont la délimitation est légèrement différente.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Forêt dont moins des deux tiers de la surface était couverte d'arbustes et qui était atteignable à pied lors des cinq inventaires IFN1 (1983-1985), IFN2 (1993-1995), IFN3 (2004-2006), IFN4 (2009-2017) et IFN5 (2018-2026).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -754,51 +754,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M51"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="64.699" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1809,233 +1809,233 @@
         <v>120.7</v>
       </c>
       <c r="K34" s="6">
         <v>3</v>
       </c>
       <c r="L34" s="6">
         <v>1049.5</v>
       </c>
       <c r="M34" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:13" customHeight="1" ht="21.75">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1419860/601217</t>
           </r>
         </is>
       </c>
       <c r="B35" s="3"/>
       <c r="C35" s="3"/>
       <c r="D35" s="3"/>
       <c r="E35" s="3"/>
       <c r="F35" s="3"/>
       <c r="G35" s="3"/>
       <c r="H35" s="3"/>
       <c r="I35" s="3"/>
       <c r="J35" s="3"/>
       <c r="K35" s="3"/>
       <c r="L35" s="3"/>
       <c r="M35" s="3"/>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">surface forestière</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:13" customHeight="1" ht="29">
       <c r="A39" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">anno dell'ultima percorrenza del bestiame al pascolo</t>
+            <t xml:space="preserve">année du dernier parcours par le bétail</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #720</t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:13" customHeight="1" ht="29">
       <c r="A42" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione di produzione</t>
+            <t xml:space="preserve">région de production</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:13" customHeight="1" ht="29">
       <c r="A45" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:13" customHeight="1" ht="29">
       <c r="A48" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="51" spans="1:13" customHeight="1" ht="29">
       <c r="A51" s="1" t="s">
         <v>50</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>