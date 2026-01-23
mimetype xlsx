--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,194 +14,194 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Jahr der letzten Beweidung</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>anno dell'ultima percorrenza del bestiame al pascolo</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: Wirtschaftsregion</t>
+      <t xml:space="preserve">: regione economica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...47 lines deleted...]
-    <t>Schweiz</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione economica</t>
+  </si>
+  <si>
+    <t>Giura Ovest</t>
+  </si>
+  <si>
+    <t>Giura Est</t>
+  </si>
+  <si>
+    <t>Altopiano Ovest</t>
+  </si>
+  <si>
+    <t>Altopiano Centro</t>
+  </si>
+  <si>
+    <t>Altopiano Est</t>
+  </si>
+  <si>
+    <t>Prealpi Ovest</t>
+  </si>
+  <si>
+    <t>Prealpi Centro</t>
+  </si>
+  <si>
+    <t>Prealpi Est</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Centro</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Est</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Est</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>vermutlich nie beweidet</t>
-[...2 lines deleted...]
-    <t>vor 1851</t>
+    <t>presumibilmente mai pascolato</t>
+  </si>
+  <si>
+    <t>prima del 1851</t>
   </si>
   <si>
     <t>1851-1860</t>
   </si>
   <si>
     <t>1861-1870</t>
   </si>
   <si>
     <t>1871-1880</t>
   </si>
   <si>
     <t>1881-1890</t>
   </si>
   <si>
     <t>1891-1900</t>
   </si>
   <si>
     <t>1901-1910</t>
   </si>
   <si>
     <t>1911-1920</t>
   </si>
   <si>
     <t>1921-1930</t>
   </si>
@@ -214,222 +214,222 @@
   <si>
     <t>1951-1960</t>
   </si>
   <si>
     <t>1961-1970</t>
   </si>
   <si>
     <t>1971-1980</t>
   </si>
   <si>
     <t>1981-1990</t>
   </si>
   <si>
     <t>1991-2000</t>
   </si>
   <si>
     <t>2001-2010</t>
   </si>
   <si>
     <t>2011-2020</t>
   </si>
   <si>
     <t>2021-2030</t>
   </si>
   <si>
-    <t>Total</t>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1419868/601225</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Jahr der letzten Beweidung</t>
+      <t xml:space="preserve">anno dell'ultima percorrenza del bestiame al pascolo</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #720</t>
     </r>
   </si>
   <si>
-    <t>Probeflächen ohne/mit Beweidung und Jahr der letzten Beweidung durch Nutztiere. Grundlage: Forstdienstbefragung (MID 341: Jahr der letzten Beweidung)</t>
+    <t>Aree di saggio senza/con tracce di pascolamento e l'anno dell'ultima percorrenza del bestiame. Fonte: inchiesta presso il servizio forestale (MID 341: Jahr der letzten Beweidung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wirtschaftsregion</t>
+      <t xml:space="preserve">regione economica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
+    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -781,51 +781,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE51"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="33.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="64.699" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="11.569" bestFit="true" customWidth="true" style="0"/>
@@ -3150,51 +3150,51 @@
         <v>158.8</v>
       </c>
       <c r="AC34" s="6">
         <v>2</v>
       </c>
       <c r="AD34" s="6">
         <v>1211.5</v>
       </c>
       <c r="AE34" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:31" customHeight="1" ht="21.75">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1419868/601225</t>
           </r>
         </is>
       </c>
       <c r="B35" s="3"/>
       <c r="C35" s="3"/>
       <c r="D35" s="3"/>
       <c r="E35" s="3"/>
       <c r="F35" s="3"/>
       <c r="G35" s="3"/>
       <c r="H35" s="3"/>
       <c r="I35" s="3"/>
       <c r="J35" s="3"/>
       <c r="K35" s="3"/>
@@ -3210,191 +3210,191 @@
       <c r="U35" s="3"/>
       <c r="V35" s="3"/>
       <c r="W35" s="3"/>
       <c r="X35" s="3"/>
       <c r="Y35" s="3"/>
       <c r="Z35" s="3"/>
       <c r="AA35" s="3"/>
       <c r="AB35" s="3"/>
       <c r="AC35" s="3"/>
       <c r="AD35" s="3"/>
       <c r="AE35" s="3"/>
     </row>
     <row r="38" spans="1:31">
       <c r="A38" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:31" customHeight="1" ht="29">
       <c r="A39" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="41" spans="1:31">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Jahr der letzten Beweidung</t>
+            <t xml:space="preserve">anno dell'ultima percorrenza del bestiame al pascolo</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #720</t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:31" customHeight="1" ht="29">
       <c r="A42" s="1" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="44" spans="1:31">
       <c r="A44" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wirtschaftsregion</t>
+            <t xml:space="preserve">regione economica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:31" customHeight="1" ht="29">
       <c r="A45" s="1" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="47" spans="1:31">
       <c r="A47" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:31" customHeight="1" ht="29">
       <c r="A48" s="1" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="50" spans="1:31">
       <c r="A50" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="51" spans="1:31" customHeight="1" ht="29">
       <c r="A51" s="1" t="s">
         <v>59</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>