--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="71">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>year of last pasturing</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>Jahr der letzten Beweidung</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: canton</t>
+      <t xml:space="preserve">: Kanton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...2 lines deleted...]
-    <t>canton</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Kanton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,69 +172,69 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>presumably never pastured</t>
-[...2 lines deleted...]
-    <t>before 1851</t>
+    <t>vermutlich nie beweidet</t>
+  </si>
+  <si>
+    <t>vor 1851</t>
   </si>
   <si>
     <t>1851-1860</t>
   </si>
   <si>
     <t>1861-1870</t>
   </si>
   <si>
     <t>1871-1880</t>
   </si>
   <si>
     <t>1881-1890</t>
   </si>
   <si>
     <t>1891-1900</t>
   </si>
   <si>
     <t>1901-1910</t>
   </si>
   <si>
     <t>1911-1920</t>
   </si>
   <si>
     <t>1921-1930</t>
   </si>
@@ -247,222 +247,222 @@
   <si>
     <t>1951-1960</t>
   </si>
   <si>
     <t>1961-1970</t>
   </si>
   <si>
     <t>1971-1980</t>
   </si>
   <si>
     <t>1981-1990</t>
   </si>
   <si>
     <t>1991-2000</t>
   </si>
   <si>
     <t>2001-2010</t>
   </si>
   <si>
     <t>2011-2020</t>
   </si>
   <si>
     <t>2021-2030</t>
   </si>
   <si>
-    <t>total</t>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1419946/601303</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">year of last pasturing</t>
+      <t xml:space="preserve">Jahr der letzten Beweidung</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #720</t>
     </r>
   </si>
   <si>
-    <t>Sample plots without/with grazing and year when last grazed on by livestock. Reference: Forest Service Survey (MID 341: Jahr der letzten Beweidung)</t>
+    <t>Probeflächen ohne/mit Beweidung und Jahr der letzten Beweidung durch Nutztiere. Grundlage: Forstdienstbefragung (MID 341: Jahr der letzten Beweidung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">canton</t>
+      <t xml:space="preserve">Kanton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
+    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -814,51 +814,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA51"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="33.992" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -4789,51 +4789,51 @@
         <v>100.0</v>
       </c>
       <c r="AY34" s="6" t="s">
         <v>38</v>
       </c>
       <c r="AZ34" s="6">
         <v>100.0</v>
       </c>
       <c r="BA34" s="6" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="35" spans="1:53" customHeight="1" ht="21.75">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1419946/601303</t>
           </r>
         </is>
       </c>
       <c r="B35" s="3"/>
       <c r="C35" s="3"/>
       <c r="D35" s="3"/>
       <c r="E35" s="3"/>
       <c r="F35" s="3"/>
       <c r="G35" s="3"/>
       <c r="H35" s="3"/>
       <c r="I35" s="3"/>
       <c r="J35" s="3"/>
       <c r="K35" s="3"/>
@@ -4871,191 +4871,191 @@
       <c r="AQ35" s="3"/>
       <c r="AR35" s="3"/>
       <c r="AS35" s="3"/>
       <c r="AT35" s="3"/>
       <c r="AU35" s="3"/>
       <c r="AV35" s="3"/>
       <c r="AW35" s="3"/>
       <c r="AX35" s="3"/>
       <c r="AY35" s="3"/>
       <c r="AZ35" s="3"/>
       <c r="BA35" s="3"/>
     </row>
     <row r="38" spans="1:53">
       <c r="A38" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:53" customHeight="1" ht="29">
       <c r="A39" s="1" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="41" spans="1:53">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">year of last pasturing</t>
+            <t xml:space="preserve">Jahr der letzten Beweidung</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #720</t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:53" customHeight="1" ht="29">
       <c r="A42" s="1" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="44" spans="1:53">
       <c r="A44" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">canton</t>
+            <t xml:space="preserve">Kanton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:53" customHeight="1" ht="29">
       <c r="A45" s="1" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="47" spans="1:53">
       <c r="A47" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:53" customHeight="1" ht="29">
       <c r="A48" s="1" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="50" spans="1:53">
       <c r="A50" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="51" spans="1:53" customHeight="1" ht="29">
       <c r="A51" s="1" t="s">
         <v>70</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>