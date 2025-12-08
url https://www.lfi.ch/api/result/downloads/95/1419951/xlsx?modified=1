--- v0 (2025-10-10)
+++ v1 (2025-12-08)
@@ -14,170 +14,170 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Jahr der letzten Beweidung</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>forest area</t>
+  </si>
+  <si>
+    <t>year of last pasturing</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Schutzwaldregion</t>
+      <t xml:space="preserve">: protection forest region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...23 lines deleted...]
-    <t>Schweiz</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>protection forest region</t>
+  </si>
+  <si>
+    <t>Jura + Plateau</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Southwestern Alps </t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>vermutlich nie beweidet</t>
-[...2 lines deleted...]
-    <t>vor 1851</t>
+    <t>presumably never pastured</t>
+  </si>
+  <si>
+    <t>before 1851</t>
   </si>
   <si>
     <t>1851-1860</t>
   </si>
   <si>
     <t>1861-1870</t>
   </si>
   <si>
     <t>1871-1880</t>
   </si>
   <si>
     <t>1881-1890</t>
   </si>
   <si>
     <t>1891-1900</t>
   </si>
   <si>
     <t>1901-1910</t>
   </si>
   <si>
     <t>1911-1920</t>
   </si>
   <si>
     <t>1921-1930</t>
   </si>
@@ -190,222 +190,222 @@
   <si>
     <t>1951-1960</t>
   </si>
   <si>
     <t>1961-1970</t>
   </si>
   <si>
     <t>1971-1980</t>
   </si>
   <si>
     <t>1981-1990</t>
   </si>
   <si>
     <t>1991-2000</t>
   </si>
   <si>
     <t>2001-2010</t>
   </si>
   <si>
     <t>2011-2020</t>
   </si>
   <si>
     <t>2021-2030</t>
   </si>
   <si>
-    <t>Total</t>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1419951/601308</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Jahr der letzten Beweidung</t>
+      <t xml:space="preserve">year of last pasturing</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #720</t>
     </r>
   </si>
   <si>
-    <t>Probeflächen ohne/mit Beweidung und Jahr der letzten Beweidung durch Nutztiere. Grundlage: Forstdienstbefragung (MID 341: Jahr der letzten Beweidung)</t>
+    <t>Sample plots without/with grazing and year when last grazed on by livestock. Reference: Forest Service Survey (MID 341: Jahr der letzten Beweidung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwaldregion</t>
+      <t xml:space="preserve">protective forest region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
+    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -757,51 +757,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O51"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="33.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1958,235 +1958,235 @@
         <v>100.0</v>
       </c>
       <c r="M34" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N34" s="6">
         <v>100.0</v>
       </c>
       <c r="O34" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="35" spans="1:15" customHeight="1" ht="21.75">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1419951/601308</t>
           </r>
         </is>
       </c>
       <c r="B35" s="3"/>
       <c r="C35" s="3"/>
       <c r="D35" s="3"/>
       <c r="E35" s="3"/>
       <c r="F35" s="3"/>
       <c r="G35" s="3"/>
       <c r="H35" s="3"/>
       <c r="I35" s="3"/>
       <c r="J35" s="3"/>
       <c r="K35" s="3"/>
       <c r="L35" s="3"/>
       <c r="M35" s="3"/>
       <c r="N35" s="3"/>
       <c r="O35" s="3"/>
     </row>
     <row r="38" spans="1:15">
       <c r="A38" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:15" customHeight="1" ht="29">
       <c r="A39" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="41" spans="1:15">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Jahr der letzten Beweidung</t>
+            <t xml:space="preserve">year of last pasturing</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #720</t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:15" customHeight="1" ht="29">
       <c r="A42" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="44" spans="1:15">
       <c r="A44" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwaldregion</t>
+            <t xml:space="preserve">protective forest region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:15" customHeight="1" ht="29">
       <c r="A45" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="47" spans="1:15">
       <c r="A47" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:15" customHeight="1" ht="29">
       <c r="A48" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="50" spans="1:15">
       <c r="A50" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="51" spans="1:15" customHeight="1" ht="29">
       <c r="A51" s="1" t="s">
         <v>51</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>