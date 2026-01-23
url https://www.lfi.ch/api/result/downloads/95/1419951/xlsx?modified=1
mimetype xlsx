--- v1 (2025-12-08)
+++ v2 (2026-01-23)
@@ -14,170 +14,170 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>year of last pasturing</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>anno dell'ultima percorrenza del bestiame al pascolo</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">: regione dei boschi di protezione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...23 lines deleted...]
-    <t>Switzerland</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione dei boschi di protezione</t>
+  </si>
+  <si>
+    <t>Giura/Altopiano</t>
+  </si>
+  <si>
+    <t>Alpi nordoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi nordorientali</t>
+  </si>
+  <si>
+    <t>Alpi sudoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi sudorientali</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>presumably never pastured</t>
-[...2 lines deleted...]
-    <t>before 1851</t>
+    <t>presumibilmente mai pascolato</t>
+  </si>
+  <si>
+    <t>prima del 1851</t>
   </si>
   <si>
     <t>1851-1860</t>
   </si>
   <si>
     <t>1861-1870</t>
   </si>
   <si>
     <t>1871-1880</t>
   </si>
   <si>
     <t>1881-1890</t>
   </si>
   <si>
     <t>1891-1900</t>
   </si>
   <si>
     <t>1901-1910</t>
   </si>
   <si>
     <t>1911-1920</t>
   </si>
   <si>
     <t>1921-1930</t>
   </si>
@@ -190,222 +190,222 @@
   <si>
     <t>1951-1960</t>
   </si>
   <si>
     <t>1961-1970</t>
   </si>
   <si>
     <t>1971-1980</t>
   </si>
   <si>
     <t>1981-1990</t>
   </si>
   <si>
     <t>1991-2000</t>
   </si>
   <si>
     <t>2001-2010</t>
   </si>
   <si>
     <t>2011-2020</t>
   </si>
   <si>
     <t>2021-2030</t>
   </si>
   <si>
-    <t>total</t>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1419951/601308</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">year of last pasturing</t>
+      <t xml:space="preserve">anno dell'ultima percorrenza del bestiame al pascolo</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #720</t>
     </r>
   </si>
   <si>
-    <t>Sample plots without/with grazing and year when last grazed on by livestock. Reference: Forest Service Survey (MID 341: Jahr der letzten Beweidung)</t>
+    <t>Aree di saggio senza/con tracce di pascolamento e l'anno dell'ultima percorrenza del bestiame. Fonte: inchiesta presso il servizio forestale (MID 341: Jahr der letzten Beweidung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">regione dei boschi di protezione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -757,51 +757,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O51"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="64.699" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1958,235 +1958,235 @@
         <v>100.0</v>
       </c>
       <c r="M34" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N34" s="6">
         <v>100.0</v>
       </c>
       <c r="O34" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="35" spans="1:15" customHeight="1" ht="21.75">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1419951/601308</t>
           </r>
         </is>
       </c>
       <c r="B35" s="3"/>
       <c r="C35" s="3"/>
       <c r="D35" s="3"/>
       <c r="E35" s="3"/>
       <c r="F35" s="3"/>
       <c r="G35" s="3"/>
       <c r="H35" s="3"/>
       <c r="I35" s="3"/>
       <c r="J35" s="3"/>
       <c r="K35" s="3"/>
       <c r="L35" s="3"/>
       <c r="M35" s="3"/>
       <c r="N35" s="3"/>
       <c r="O35" s="3"/>
     </row>
     <row r="38" spans="1:15">
       <c r="A38" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:15" customHeight="1" ht="29">
       <c r="A39" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="41" spans="1:15">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">year of last pasturing</t>
+            <t xml:space="preserve">anno dell'ultima percorrenza del bestiame al pascolo</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #720</t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:15" customHeight="1" ht="29">
       <c r="A42" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="44" spans="1:15">
       <c r="A44" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">regione dei boschi di protezione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:15" customHeight="1" ht="29">
       <c r="A45" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="47" spans="1:15">
       <c r="A47" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:15" customHeight="1" ht="29">
       <c r="A48" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="50" spans="1:15">
       <c r="A50" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="51" spans="1:15" customHeight="1" ht="29">
       <c r="A51" s="1" t="s">
         <v>51</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>