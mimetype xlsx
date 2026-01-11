--- v0 (2026-01-09)
+++ v1 (2026-01-11)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
   <si>
-    <t>IFN5</t>
+    <t>NFI5</t>
   </si>
   <si>
-    <t>superficie forestale</t>
+    <t>forest area</t>
   </si>
   <si>
-    <t>proprietà (2 classi) · intensità del pascolo</t>
+    <t>ownership (2 categories) · pasturing intensity</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: cantone</t>
+      <t xml:space="preserve">: canton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, subtotale</t>
+      <t xml:space="preserve">: %, subtotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
+    <t>state 2018/26</t>
   </si>
   <si>
-    <t>cantone</t>
+    <t>canton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,296 +172,296 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Svizzera</t>
+    <t>Switzerland</t>
   </si>
   <si>
-    <t>proprietà (2 classi)</t>
+    <t>ownership (2 categories)</t>
   </si>
   <si>
-    <t>intensità del pascolo</t>
+    <t>pasturing intensity</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
-    <t>nessun pascolo/nessuna indicazione</t>
+    <t>no pasturing or n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>estensivo, passato</t>
+    <t>extensive, not current</t>
   </si>
   <si>
-    <t>estensivo, attuale</t>
+    <t>extensive, current</t>
   </si>
   <si>
-    <t>intensivo, passato</t>
+    <t>intensive, not current</t>
   </si>
   <si>
-    <t>intensivo, attuale</t>
+    <t>intensive, current</t>
   </si>
   <si>
-    <t>nessun pascolo</t>
+    <t>no pasturing</t>
   </si>
   <si>
-    <t>totale</t>
+    <t>total</t>
   </si>
   <si>
-    <t>pubblica</t>
+    <t>public</t>
   </si>
   <si>
-    <t>privata</t>
+    <t>private</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1420595/601952</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proprietà (2 classi)</t>
+      <t xml:space="preserve">ownership (2 categories)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #94</t>
     </r>
   </si>
   <si>
-    <t>Condizioni di proprietà del bosco, caratterizzate attraverso le due classi «pubblico» e «privato». Fonte: inchiesta presso il servizio forestale (MID 365: Eigentum)</t>
+    <t>Forest ownership, classified according to the two categories: 'public' and 'private'. Reference: Forest Service Survey (MID 365: Eigentum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">intensità del pascolo</t>
+      <t xml:space="preserve">pasturing intensity</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #450</t>
     </r>
   </si>
   <si>
-    <t>Aree di saggio senza/con tracce di pascolamento da parte di bestiame nel popolamento determinante dell'area di interpretazione (50 x 50 m), nonché l'intensità e l'attualità del pascolo in base alla presenza e alla freschezza delle loro tracce, in particolare impronte e feci. Fonte: rilievo sul terreno (MID 205: Beweidungsintensität)</t>
+    <t>Sample plots with/without traces of grazing by livestock pasturing in the relevant stand on the interpretation area (50 × 50 m), as well as intensity and recency of pasturing based on the occurrence and freshness of pasturing signs, especially tracks and droppings. Reference: Field Survey (MID 205: Beweidungsintensität)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">cantone</t>
+      <t xml:space="preserve">canton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
+    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -813,52 +813,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BB60"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="41.133" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="4.57" bestFit="true" customWidth="true" style="0"/>
@@ -5796,51 +5796,51 @@
         <v>100.0</v>
       </c>
       <c r="AZ40" s="6" t="s">
         <v>41</v>
       </c>
       <c r="BA40" s="6">
         <v>100.0</v>
       </c>
       <c r="BB40" s="6" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="41" spans="1:54" customHeight="1" ht="21.75">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1420595/601952</t>
           </r>
         </is>
       </c>
       <c r="C41" s="3"/>
       <c r="D41" s="3"/>
       <c r="E41" s="3"/>
       <c r="F41" s="3"/>
       <c r="G41" s="3"/>
       <c r="H41" s="3"/>
       <c r="I41" s="3"/>
       <c r="J41" s="3"/>
       <c r="K41" s="3"/>
       <c r="L41" s="3"/>
@@ -5878,226 +5878,226 @@
       <c r="AR41" s="3"/>
       <c r="AS41" s="3"/>
       <c r="AT41" s="3"/>
       <c r="AU41" s="3"/>
       <c r="AV41" s="3"/>
       <c r="AW41" s="3"/>
       <c r="AX41" s="3"/>
       <c r="AY41" s="3"/>
       <c r="AZ41" s="3"/>
       <c r="BA41" s="3"/>
       <c r="BB41" s="3"/>
     </row>
     <row r="44" spans="1:54">
       <c r="A44" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:54" customHeight="1" ht="29">
       <c r="A45" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="47" spans="1:54">
       <c r="A47" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proprietà (2 classi)</t>
+            <t xml:space="preserve">ownership (2 categories)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #94</t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:54" customHeight="1" ht="29">
       <c r="A48" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="50" spans="1:54">
       <c r="A50" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">intensità del pascolo</t>
+            <t xml:space="preserve">pasturing intensity</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #450</t>
           </r>
         </is>
       </c>
     </row>
     <row r="51" spans="1:54" customHeight="1" ht="29">
       <c r="A51" s="1" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="53" spans="1:54">
       <c r="A53" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">cantone</t>
+            <t xml:space="preserve">canton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="54" spans="1:54" customHeight="1" ht="29">
       <c r="A54" s="1" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="56" spans="1:54">
       <c r="A56" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="57" spans="1:54" customHeight="1" ht="29">
       <c r="A57" s="1" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="59" spans="1:54">
       <c r="A59" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="60" spans="1:54" customHeight="1" ht="29">
       <c r="A60" s="1" t="s">
         <v>62</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BB1"/>
     <mergeCell ref="A2:BB2"/>