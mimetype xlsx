--- v0 (2025-12-15)
+++ v1 (2025-12-15)
@@ -14,128 +14,128 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
-    <t>IFN4–IFN5</t>
-[...5 lines deleted...]
-    <t>propriété (2 classes; état IFN5)</t>
+    <t>NFI4–NFI5</t>
+  </si>
+  <si>
+    <t>sanitary/salvage fellings</t>
+  </si>
+  <si>
+    <t>ownership (2 classes; NFI5)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">découpage régional</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
       <t xml:space="preserve">: canton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unité</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: m³/ha/an</t>
+      <t xml:space="preserve">: m³/ha/yr</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ensemble analysé</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>évolution 2009/17–2018/26</t>
+    <t>change 2009/17–2018/26</t>
   </si>
   <si>
     <t>canton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
@@ -172,243 +172,243 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Suisse</t>
-[...2 lines deleted...]
-    <t>m³/ha/an</t>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>m³/ha/yr</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>pas d'indication</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>publique</t>
-[...2 lines deleted...]
-    <t>privée</t>
+    <t>public</t>
+  </si>
+  <si>
+    <t>private</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1421011/602368</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">exploitations forcées</t>
+      <t xml:space="preserve">sanitary/salvage fellings</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #423</t>
     </r>
   </si>
   <si>
-    <t>Volume de bois de tige en écorce de tous les arbres et arbustes d'au moins 12 cm de diamètre à hauteur de poitrine (DHP), exploités entre deux inventaires non pas dans le cadre d'une planification sylvicole, mais suite à des dommages. Cette caractéristique est déduite à l'échelle de la placette d'échantillonnage à partir de l'exploitation des arbres d'échantillonnage et de la part d'exploitations forcées (selon les informations des services forestiers).</t>
+    <t>Volume of stemwood with bark of all trees and shrubs ≥12 cm diameter at breast height (dbh) that were removed from the forest because of damage that occurred between two inventories rather than due to silvicultural planning. The characteristic is derived at the sample plot level from the fellings of the tally trees and the proportion of sanitary/salvage fellings (according to information from the foresters).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">propriété (2 classes; état IFN5)</t>
+      <t xml:space="preserve">ownership (2 classes; NFI5)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2629</t>
     </r>
   </si>
   <si>
-    <t>Régime de propriété de la forêt au moment de l'IFN5, caractérisé à l'aide des deux classes «publique» et «privée». Cette variable est utilisée pour l'analyse des changements afin que le changement de propriétaire n'influence pas les résultats. Source: enquête auprès des services forestiers (MID 365: Propriété)</t>
+    <t>Forest ownership at the time of NFI5, classified into the two classes: «public» and «private». The attribute is used in analyses of change to ensure that changes in ownership do not influence the results. Reference: Forest Service Survey (MID 365: Eigentum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">canton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Découpage régional dont les cantons constituent l'unité. Pour des raisons statistiques, les deux demi-cantons de Bâle-Campagne et Bâle-Ville sont regroupés en un seul canton.</t>
+    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forêt dont moins des deux tiers de la surface était couverte d'arbustes et qui était atteignable à pied lors des cinq inventaires IFN1 (1983-1985), IFN2 (1993-1995), IFN3 (2004-2006), IFN4 (2009-2017) et IFN5 (2018-2026).</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -760,51 +760,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="41.133" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="12.854" bestFit="true" customWidth="true" style="0"/>
@@ -1837,51 +1837,51 @@
         <v>3.7</v>
       </c>
       <c r="AY16" s="6">
         <v>26</v>
       </c>
       <c r="AZ16" s="6">
         <v>1.9</v>
       </c>
       <c r="BA16" s="6">
         <v>8</v>
       </c>
     </row>
     <row r="17" spans="1:53" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1421011/602368</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
@@ -1919,86 +1919,86 @@
       <c r="AQ17" s="3"/>
       <c r="AR17" s="3"/>
       <c r="AS17" s="3"/>
       <c r="AT17" s="3"/>
       <c r="AU17" s="3"/>
       <c r="AV17" s="3"/>
       <c r="AW17" s="3"/>
       <c r="AX17" s="3"/>
       <c r="AY17" s="3"/>
       <c r="AZ17" s="3"/>
       <c r="BA17" s="3"/>
     </row>
     <row r="20" spans="1:53">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">exploitations forcées</t>
+            <t xml:space="preserve">sanitary/salvage fellings</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #423</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:53" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="23" spans="1:53">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">propriété (2 classes; état IFN5)</t>
+            <t xml:space="preserve">ownership (2 classes; NFI5)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2629</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:53" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="26" spans="1:53">
       <c r="A26" t="inlineStr">
         <is>
           <r>
@@ -2024,86 +2024,86 @@
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:53" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="29" spans="1:53">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:53" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="32" spans="1:53">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:53" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>52</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>