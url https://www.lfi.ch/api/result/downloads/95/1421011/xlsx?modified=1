--- v1 (2025-12-15)
+++ v2 (2026-02-02)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
-    <t>NFI4–NFI5</t>
-[...5 lines deleted...]
-    <t>ownership (2 classes; NFI5)</t>
+    <t>IFN4–IFN5</t>
+  </si>
+  <si>
+    <t>utilizzazione forzata</t>
+  </si>
+  <si>
+    <t>proprietà (2 classi; situazione nell'IFN5)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: canton</t>
+      <t xml:space="preserve">: cantone</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: m³/ha/yr</t>
+      <t xml:space="preserve">: m³/ha/anno</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>change 2009/17–2018/26</t>
-[...2 lines deleted...]
-    <t>canton</t>
+    <t>variazione 2009/17–2018/26</t>
+  </si>
+  <si>
+    <t>cantone</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,243 +172,243 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Switzerland</t>
-[...2 lines deleted...]
-    <t>m³/ha/yr</t>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>m³/ha/anno</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>public</t>
-[...5 lines deleted...]
-    <t>total</t>
+    <t>pubblica</t>
+  </si>
+  <si>
+    <t>privata</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1421011/602368</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">sanitary/salvage fellings</t>
+      <t xml:space="preserve">utilizzazione forzata</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #423</t>
     </r>
   </si>
   <si>
-    <t>Volume of stemwood with bark of all trees and shrubs ≥12 cm diameter at breast height (dbh) that were removed from the forest because of damage that occurred between two inventories rather than due to silvicultural planning. The characteristic is derived at the sample plot level from the fellings of the tally trees and the proportion of sanitary/salvage fellings (according to information from the foresters).</t>
+    <t>Volume di legno del fusto con corteccia di tutti gli alberi e arbusti con un diametro a petto d'uomo (DPU) di almeno 12 cm che non sono stati utilizzati tra due inventari nel quadro di interventi selvicolturali pianificati, bensì in seguito a danni (ad es. tempeste, valanghe, insetti, caduta di massi). Esso viene calcolato a livello di area di saggio a partire dall'utilizzazione degli alberi campione e dalla proporzione di utilizzazioni forzate (in base alle informazioni fornite dai forestali locali).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ownership (2 classes; NFI5)</t>
+      <t xml:space="preserve">proprietà (2 classi; situazione nell'IFN5)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2629</t>
     </r>
   </si>
   <si>
-    <t>Forest ownership at the time of NFI5, classified into the two classes: «public» and «private». The attribute is used in analyses of change to ensure that changes in ownership do not influence the results. Reference: Forest Service Survey (MID 365: Eigentum)</t>
+    <t>Condizioni di proprietà del bosco al momento dell'IFN5, caratterizzata dalle due classi «pubblico» e «privato». Questo attributo viene utilizzato nelle analisi delle variazioni, in modo che i cambiamenti di proprietà (tra un inventario e l'altro) non influenzino i risultati. Fonte: inchiesta presso il servizio forestale (MID 365: Eigentum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">canton</t>
+      <t xml:space="preserve">cantone</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
+    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -760,102 +760,102 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="35.277" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="52.844" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="18" max="18" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="20" max="20" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="22" max="22" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="24" max="24" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="26" max="26" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="28" max="28" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="28" max="28" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="32" max="32" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="32" max="32" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="34" max="34" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="34" max="34" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="36" max="36" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="38" max="38" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="38" max="38" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="40" max="40" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="40" max="40" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="42" max="42" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="42" max="42" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="44" max="44" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="44" max="44" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="46" max="46" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="46" max="46" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="48" max="48" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="50" max="50" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="50" max="50" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="52" max="52" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="52" max="52" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:53">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:53">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:53">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:53">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:53">
       <c r="A5" t="s">
@@ -1837,51 +1837,51 @@
         <v>3.7</v>
       </c>
       <c r="AY16" s="6">
         <v>26</v>
       </c>
       <c r="AZ16" s="6">
         <v>1.9</v>
       </c>
       <c r="BA16" s="6">
         <v>8</v>
       </c>
     </row>
     <row r="17" spans="1:53" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1421011/602368</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
@@ -1919,191 +1919,191 @@
       <c r="AQ17" s="3"/>
       <c r="AR17" s="3"/>
       <c r="AS17" s="3"/>
       <c r="AT17" s="3"/>
       <c r="AU17" s="3"/>
       <c r="AV17" s="3"/>
       <c r="AW17" s="3"/>
       <c r="AX17" s="3"/>
       <c r="AY17" s="3"/>
       <c r="AZ17" s="3"/>
       <c r="BA17" s="3"/>
     </row>
     <row r="20" spans="1:53">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">sanitary/salvage fellings</t>
+            <t xml:space="preserve">utilizzazione forzata</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #423</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:53" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="23" spans="1:53">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">ownership (2 classes; NFI5)</t>
+            <t xml:space="preserve">proprietà (2 classi; situazione nell'IFN5)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2629</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:53" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="26" spans="1:53">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">canton</t>
+            <t xml:space="preserve">cantone</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:53" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="29" spans="1:53">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:53" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="32" spans="1:53">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:53" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>52</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>