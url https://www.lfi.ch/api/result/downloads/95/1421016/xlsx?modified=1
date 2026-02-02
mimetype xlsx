--- v0 (2025-12-15)
+++ v1 (2026-02-02)
@@ -14,128 +14,128 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
-    <t>IFN4–IFN5</t>
-[...5 lines deleted...]
-    <t>propriété (2 classes; état IFN5)</t>
+    <t>NFI4–NFI5</t>
+  </si>
+  <si>
+    <t>sanitary/salvage fellings</t>
+  </si>
+  <si>
+    <t>ownership (2 classes; NFI5)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">découpage régional</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
       <t xml:space="preserve">: canton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unité</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: m³/ha/an</t>
+      <t xml:space="preserve">: m³/ha/yr</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ensemble analysé</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>évolution 2009/17–2018/26</t>
+    <t>change 2009/17–2018/26</t>
   </si>
   <si>
     <t>canton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
@@ -172,243 +172,243 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Suisse</t>
-[...2 lines deleted...]
-    <t>m³/ha/an</t>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>m³/ha/yr</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>pas d'indication</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>publique</t>
-[...2 lines deleted...]
-    <t>privée</t>
+    <t>public</t>
+  </si>
+  <si>
+    <t>private</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1421016/602373</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">exploitations forcées</t>
+      <t xml:space="preserve">sanitary/salvage fellings</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #423</t>
     </r>
   </si>
   <si>
-    <t>Volume de bois de tige en écorce de tous les arbres et arbustes d'au moins 12 cm de diamètre à hauteur de poitrine (DHP), exploités entre deux inventaires non pas dans le cadre d'une planification sylvicole, mais suite à des dommages. Cette caractéristique est déduite à l'échelle de la placette d'échantillonnage à partir de l'exploitation des arbres d'échantillonnage et de la part d'exploitations forcées (selon les informations des services forestiers).</t>
+    <t>Volume of stemwood with bark of all trees and shrubs ≥12 cm diameter at breast height (dbh) that were removed from the forest because of damage that occurred between two inventories rather than due to silvicultural planning. The characteristic is derived at the sample plot level from the fellings of the tally trees and the proportion of sanitary/salvage fellings (according to information from the foresters).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">propriété (2 classes; état IFN5)</t>
+      <t xml:space="preserve">ownership (2 classes; NFI5)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2629</t>
     </r>
   </si>
   <si>
-    <t>Régime de propriété de la forêt au moment de l'IFN5, caractérisé à l'aide des deux classes «publique» et «privée». Cette variable est utilisée pour l'analyse des changements afin que le changement de propriétaire n'influence pas les résultats. Source: enquête auprès des services forestiers (MID 365: Propriété)</t>
+    <t>Forest ownership at the time of NFI5, classified into the two classes: «public» and «private». The attribute is used in analyses of change to ensure that changes in ownership do not influence the results. Reference: Forest Service Survey (MID 365: Eigentum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">canton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Découpage régional dont les cantons constituent l'unité. Pour des raisons statistiques, les deux demi-cantons de Bâle-Campagne et Bâle-Ville sont regroupés en un seul canton.</t>
+    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forêt couverte par des arbustes sur moins des deux tiers de sa surface et atteignable à pied, tant dans l'IFN4 (2009-2017) que dans l'IFN5 (2018-2026).</t>
+    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -760,51 +760,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="41.133" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="12.854" bestFit="true" customWidth="true" style="0"/>
@@ -1837,51 +1837,51 @@
         <v>3.6</v>
       </c>
       <c r="AY16" s="6">
         <v>26</v>
       </c>
       <c r="AZ16" s="6">
         <v>1.7</v>
       </c>
       <c r="BA16" s="6">
         <v>8</v>
       </c>
     </row>
     <row r="17" spans="1:53" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1421016/602373</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
@@ -1919,86 +1919,86 @@
       <c r="AQ17" s="3"/>
       <c r="AR17" s="3"/>
       <c r="AS17" s="3"/>
       <c r="AT17" s="3"/>
       <c r="AU17" s="3"/>
       <c r="AV17" s="3"/>
       <c r="AW17" s="3"/>
       <c r="AX17" s="3"/>
       <c r="AY17" s="3"/>
       <c r="AZ17" s="3"/>
       <c r="BA17" s="3"/>
     </row>
     <row r="20" spans="1:53">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">exploitations forcées</t>
+            <t xml:space="preserve">sanitary/salvage fellings</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #423</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:53" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="23" spans="1:53">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">propriété (2 classes; état IFN5)</t>
+            <t xml:space="preserve">ownership (2 classes; NFI5)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2629</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:53" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="26" spans="1:53">
       <c r="A26" t="inlineStr">
         <is>
           <r>
@@ -2024,86 +2024,86 @@
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:53" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="29" spans="1:53">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:53" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="32" spans="1:53">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:53" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>52</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>