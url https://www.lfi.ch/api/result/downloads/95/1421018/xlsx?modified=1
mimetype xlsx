--- v0 (2025-12-15)
+++ v1 (2026-02-02)
@@ -14,368 +14,368 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
-    <t>IFN4–IFN5</t>
-[...5 lines deleted...]
-    <t>propriété (2 classes; état IFN5)</t>
+    <t>NFI4–NFI5</t>
+  </si>
+  <si>
+    <t>sanitary/salvage fellings</t>
+  </si>
+  <si>
+    <t>ownership (2 classes; NFI5)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">découpage régional</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: région économique</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: economic region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unité</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: m³/ha/an</t>
+      <t xml:space="preserve">unit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: m³/ha/yr</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ensemble analysé</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau</t>
-[...57 lines deleted...]
-    <t>m³/ha/an</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>change 2009/17–2018/26</t>
+  </si>
+  <si>
+    <t>economic region</t>
+  </si>
+  <si>
+    <t>Western Jura</t>
+  </si>
+  <si>
+    <t>Eastern Jura</t>
+  </si>
+  <si>
+    <t>Western Plateau</t>
+  </si>
+  <si>
+    <t>Central Plateau</t>
+  </si>
+  <si>
+    <t>Eastern Plateau</t>
+  </si>
+  <si>
+    <t>Western Pre-Alps</t>
+  </si>
+  <si>
+    <t>Central Pre-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Pre-Alps</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Central Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t>Southwestern Alps</t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>m³/ha/yr</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>pas d'indication</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>publique</t>
-[...2 lines deleted...]
-    <t>privée</t>
+    <t>public</t>
+  </si>
+  <si>
+    <t>private</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1421018/602375</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">exploitations forcées</t>
+      <t xml:space="preserve">sanitary/salvage fellings</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #423</t>
     </r>
   </si>
   <si>
-    <t>Volume de bois de tige en écorce de tous les arbres et arbustes d'au moins 12 cm de diamètre à hauteur de poitrine (DHP), exploités entre deux inventaires non pas dans le cadre d'une planification sylvicole, mais suite à des dommages. Cette caractéristique est déduite à l'échelle de la placette d'échantillonnage à partir de l'exploitation des arbres d'échantillonnage et de la part d'exploitations forcées (selon les informations des services forestiers).</t>
+    <t>Volume of stemwood with bark of all trees and shrubs ≥12 cm diameter at breast height (dbh) that were removed from the forest because of damage that occurred between two inventories rather than due to silvicultural planning. The characteristic is derived at the sample plot level from the fellings of the tally trees and the proportion of sanitary/salvage fellings (according to information from the foresters).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">propriété (2 classes; état IFN5)</t>
+      <t xml:space="preserve">ownership (2 classes; NFI5)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2629</t>
     </r>
   </si>
   <si>
-    <t>Régime de propriété de la forêt au moment de l'IFN5, caractérisé à l'aide des deux classes «publique» et «privée». Cette variable est utilisée pour l'analyse des changements afin que le changement de propriétaire n'influence pas les résultats. Source: enquête auprès des services forestiers (MID 365: Propriété)</t>
+    <t>Forest ownership at the time of NFI5, classified into the two classes: «public» and «private». The attribute is used in analyses of change to ensure that changes in ownership do not influence the results. Reference: Forest Service Survey (MID 365: Eigentum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">région économique</t>
+      <t xml:space="preserve">economic region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Découpage de la Suisse en 14 régions (2 dans le Jura, 3 sur le Plateau, 3 dans les Préalpes, 5 dans les régions alpines et 1 au sud des Alpes). Les régions économiques sont une subdivision des régions de production selon des points de vue économiques et géographiques.</t>
+    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forêt couverte par des arbustes sur moins des deux tiers de sa surface et atteignable à pied, tant dans l'IFN4 (2009-2017) que dans l'IFN5 (2018-2026).</t>
+    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -727,51 +727,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="41.133" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="12.854" bestFit="true" customWidth="true" style="0"/>
@@ -1386,51 +1386,51 @@
         <v>0.4</v>
       </c>
       <c r="AC16" s="6">
         <v>43</v>
       </c>
       <c r="AD16" s="6">
         <v>1.7</v>
       </c>
       <c r="AE16" s="6">
         <v>8</v>
       </c>
     </row>
     <row r="17" spans="1:31" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1421018/602375</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
@@ -1446,191 +1446,191 @@
       <c r="U17" s="3"/>
       <c r="V17" s="3"/>
       <c r="W17" s="3"/>
       <c r="X17" s="3"/>
       <c r="Y17" s="3"/>
       <c r="Z17" s="3"/>
       <c r="AA17" s="3"/>
       <c r="AB17" s="3"/>
       <c r="AC17" s="3"/>
       <c r="AD17" s="3"/>
       <c r="AE17" s="3"/>
     </row>
     <row r="20" spans="1:31">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">exploitations forcées</t>
+            <t xml:space="preserve">sanitary/salvage fellings</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #423</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:31" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="23" spans="1:31">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">propriété (2 classes; état IFN5)</t>
+            <t xml:space="preserve">ownership (2 classes; NFI5)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2629</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:31" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="26" spans="1:31">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">région économique</t>
+            <t xml:space="preserve">economic region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:31" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="29" spans="1:31">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:31" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="32" spans="1:31">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:31" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>41</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>