--- v1 (2026-02-02)
+++ v2 (2026-02-02)
@@ -14,368 +14,368 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
-    <t>NFI4–NFI5</t>
-[...5 lines deleted...]
-    <t>ownership (2 classes; NFI5)</t>
+    <t>IFN4–IFN5</t>
+  </si>
+  <si>
+    <t>utilizzazione forzata</t>
+  </si>
+  <si>
+    <t>proprietà (2 classi; situazione nell'IFN5)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione economica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: m³/ha/yr</t>
+      <t xml:space="preserve">unità</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: m³/ha/anno</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...57 lines deleted...]
-    <t>m³/ha/yr</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>variazione 2009/17–2018/26</t>
+  </si>
+  <si>
+    <t>regione economica</t>
+  </si>
+  <si>
+    <t>Giura Ovest</t>
+  </si>
+  <si>
+    <t>Giura Est</t>
+  </si>
+  <si>
+    <t>Altopiano Ovest</t>
+  </si>
+  <si>
+    <t>Altopiano Centro</t>
+  </si>
+  <si>
+    <t>Altopiano Est</t>
+  </si>
+  <si>
+    <t>Prealpi Ovest</t>
+  </si>
+  <si>
+    <t>Prealpi Centro</t>
+  </si>
+  <si>
+    <t>Prealpi Est</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Centro</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Est</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Est</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>m³/ha/anno</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>public</t>
-[...5 lines deleted...]
-    <t>total</t>
+    <t>pubblica</t>
+  </si>
+  <si>
+    <t>privata</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1421018/602375</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">sanitary/salvage fellings</t>
+      <t xml:space="preserve">utilizzazione forzata</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #423</t>
     </r>
   </si>
   <si>
-    <t>Volume of stemwood with bark of all trees and shrubs ≥12 cm diameter at breast height (dbh) that were removed from the forest because of damage that occurred between two inventories rather than due to silvicultural planning. The characteristic is derived at the sample plot level from the fellings of the tally trees and the proportion of sanitary/salvage fellings (according to information from the foresters).</t>
+    <t>Volume di legno del fusto con corteccia di tutti gli alberi e arbusti con un diametro a petto d'uomo (DPU) di almeno 12 cm che non sono stati utilizzati tra due inventari nel quadro di interventi selvicolturali pianificati, bensì in seguito a danni (ad es. tempeste, valanghe, insetti, caduta di massi). Esso viene calcolato a livello di area di saggio a partire dall'utilizzazione degli alberi campione e dalla proporzione di utilizzazioni forzate (in base alle informazioni fornite dai forestali locali).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ownership (2 classes; NFI5)</t>
+      <t xml:space="preserve">proprietà (2 classi; situazione nell'IFN5)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2629</t>
     </r>
   </si>
   <si>
-    <t>Forest ownership at the time of NFI5, classified into the two classes: «public» and «private». The attribute is used in analyses of change to ensure that changes in ownership do not influence the results. Reference: Forest Service Survey (MID 365: Eigentum)</t>
+    <t>Condizioni di proprietà del bosco al momento dell'IFN5, caratterizzata dalle due classi «pubblico» e «privato». Questo attributo viene utilizzato nelle analisi delle variazioni, in modo che i cambiamenti di proprietà (tra un inventario e l'altro) non influenzino i risultati. Fonte: inchiesta presso il servizio forestale (MID 365: Eigentum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">regione economica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -727,80 +727,80 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="35.277" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="52.844" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="18" max="18" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="20" max="20" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="22" max="22" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="24" max="24" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="26" max="26" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="28" max="28" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="28" max="28" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:31">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:31">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:31">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:31">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:31">
       <c r="A5" t="s">
@@ -1386,51 +1386,51 @@
         <v>0.4</v>
       </c>
       <c r="AC16" s="6">
         <v>43</v>
       </c>
       <c r="AD16" s="6">
         <v>1.7</v>
       </c>
       <c r="AE16" s="6">
         <v>8</v>
       </c>
     </row>
     <row r="17" spans="1:31" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1421018/602375</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
@@ -1446,191 +1446,191 @@
       <c r="U17" s="3"/>
       <c r="V17" s="3"/>
       <c r="W17" s="3"/>
       <c r="X17" s="3"/>
       <c r="Y17" s="3"/>
       <c r="Z17" s="3"/>
       <c r="AA17" s="3"/>
       <c r="AB17" s="3"/>
       <c r="AC17" s="3"/>
       <c r="AD17" s="3"/>
       <c r="AE17" s="3"/>
     </row>
     <row r="20" spans="1:31">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">sanitary/salvage fellings</t>
+            <t xml:space="preserve">utilizzazione forzata</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #423</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:31" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="23" spans="1:31">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">ownership (2 classes; NFI5)</t>
+            <t xml:space="preserve">proprietà (2 classi; situazione nell'IFN5)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2629</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:31" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="26" spans="1:31">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">regione economica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:31" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="29" spans="1:31">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:31" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="32" spans="1:31">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:31" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>41</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>