--- v0 (2025-10-10)
+++ v1 (2026-01-23)
@@ -14,385 +14,385 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>reserve type · ownership (2 classes; NFI5)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>tipo di riserva (2023) · proprietà (2 classi; situazione nell'IFN5)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: production region</t>
+      <t xml:space="preserve">: regione di produzione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...26 lines deleted...]
-    <t>ownership (2 classes; NFI5)</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione di produzione</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Prealpi</t>
+  </si>
+  <si>
+    <t>Alpi</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>tipo di riserva (2023)</t>
+  </si>
+  <si>
+    <t>proprietà (2 classi; situazione nell'IFN5)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>public</t>
-[...14 lines deleted...]
-    <t>other forest</t>
+    <t>pubblica</t>
+  </si>
+  <si>
+    <t>privata</t>
+  </si>
+  <si>
+    <t>totale</t>
+  </si>
+  <si>
+    <t>riserva forestale naturale</t>
+  </si>
+  <si>
+    <t>riserva forestale speciale</t>
+  </si>
+  <si>
+    <t>altro bosco</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1424151/604637</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reserve type</t>
+      <t xml:space="preserve">tipo di riserva (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2707</t>
     </r>
   </si>
   <si>
-    <t>Type of forest reserve («natural forest reserve», «special forest reserve“ or «other forest»), based on the forest reserves as designated by the cantons (as of 2023) and the forest/non-forest decision of the respective Inventory. Reference: GIS data from FOEN, 2023, and Field Survey (MID 816) or – if the forest is inaccessible – aerial photo interpretation</t>
+    <t>Tipo di riserva forestale (riserva forestale naturale, riserva forestale speciale, altra foresta), in base alle riserve forestali definite dai cantoni (2023) e alla decisione bosco/non bosco nel rispettivo inventario. Fonte: dati GIS dell'UFAM (2023), nonché rilievo sul terreno (MID 816) oppure - nel caso di un bosco inaccessibile - interpretazione di foto aeree</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ownership (2 classes; NFI5)</t>
+      <t xml:space="preserve">proprietà (2 classi; situazione nell'IFN5)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2629</t>
     </r>
   </si>
   <si>
-    <t>Forest ownership at the time of NFI5, classified into the two classes: «public» and «private». The attribute is used in analyses of change to ensure that changes in ownership do not influence the results. Reference: Forest Service Survey (MID 365: Eigentum)</t>
+    <t>Condizioni di proprietà del bosco al momento dell'IFN5, caratterizzata dalle due classi «pubblico» e «privato». Questo attributo viene utilizzato nelle analisi delle variazioni, in modo che i cambiamenti di proprietà (tra un inventario e l'altro) non influenzino i risultati. Fonte: inchiesta presso il servizio forestale (MID 365: Eigentum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">production region</t>
+      <t xml:space="preserve">regione di produzione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
+    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -744,52 +744,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:N52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="52.844" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:14">
@@ -1753,268 +1753,268 @@
         <v>100.0</v>
       </c>
       <c r="L32" s="6" t="s">
         <v>20</v>
       </c>
       <c r="M32" s="6">
         <v>100.0</v>
       </c>
       <c r="N32" s="6" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="33" spans="1:14" customHeight="1" ht="21.75">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1424151/604637</t>
           </r>
         </is>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3"/>
       <c r="E33" s="3"/>
       <c r="F33" s="3"/>
       <c r="G33" s="3"/>
       <c r="H33" s="3"/>
       <c r="I33" s="3"/>
       <c r="J33" s="3"/>
       <c r="K33" s="3"/>
       <c r="L33" s="3"/>
       <c r="M33" s="3"/>
       <c r="N33" s="3"/>
     </row>
     <row r="36" spans="1:14">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:14" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="39" spans="1:14">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reserve type</t>
+            <t xml:space="preserve">tipo di riserva (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2707</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:14" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="42" spans="1:14">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">ownership (2 classes; NFI5)</t>
+            <t xml:space="preserve">proprietà (2 classi; situazione nell'IFN5)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2629</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:14" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="45" spans="1:14">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">production region</t>
+            <t xml:space="preserve">regione di produzione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:14" customHeight="1" ht="29">
       <c r="A46" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="48" spans="1:14">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:14" customHeight="1" ht="29">
       <c r="A49" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="51" spans="1:14">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:14" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
         <v>39</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>