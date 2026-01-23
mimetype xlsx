--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -12,414 +12,417 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
-[...7 lines deleted...]
-    <t>reserve type · ownership (2 classes; NFI5)</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+  <si>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>Reservatstyp (2023) · Eigentum (2 Klassen; Stand LFI5)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">: Wirtschaftsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...53 lines deleted...]
-    <t>ownership (2 classes; NFI5)</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Wirtschaftsregion</t>
+  </si>
+  <si>
+    <t>Jura West</t>
+  </si>
+  <si>
+    <t>Jura Ost</t>
+  </si>
+  <si>
+    <t>Mittelland West</t>
+  </si>
+  <si>
+    <t>Mittelland Mitte</t>
+  </si>
+  <si>
+    <t>Mittelland Ost</t>
+  </si>
+  <si>
+    <t>Voralpen West</t>
+  </si>
+  <si>
+    <t>Voralpen Mitte</t>
+  </si>
+  <si>
+    <t>Voralpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Nordwest</t>
+  </si>
+  <si>
+    <t>Alpen Mitte</t>
+  </si>
+  <si>
+    <t>Alpen Nordost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>Reservatstyp (2023)</t>
+  </si>
+  <si>
+    <t>Eigentum (2 Klassen; Stand LFI5)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
+  </si>
+  <si>
+    <t>Wert nicht ermittelt</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>public</t>
-[...14 lines deleted...]
-    <t>other forest</t>
+    <t>öffentlich</t>
+  </si>
+  <si>
+    <t>privat</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Naturwaldreservat</t>
+  </si>
+  <si>
+    <t>Sonderwaldreservat</t>
+  </si>
+  <si>
+    <t>übriger Wald</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1424159/604645</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reserve type</t>
+      <t xml:space="preserve">Reservatstyp (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2707</t>
     </r>
   </si>
   <si>
-    <t>Type of forest reserve («natural forest reserve», «special forest reserve“ or «other forest»), based on the forest reserves as designated by the cantons (as of 2023) and the forest/non-forest decision of the respective Inventory. Reference: GIS data from FOEN, 2023, and Field Survey (MID 816) or – if the forest is inaccessible – aerial photo interpretation</t>
+    <t>Typ des Waldreservats (Naturwaldreservat, Sonderwaldreservat, übriger Wald), basierend auf den Waldreservaten nach Angabe der Kantone (Stand 2023) und dem Wald-/Nichtwald-Entscheid der jeweiligen Inventur. Grundlage: GIS-Daten BAFU (2023) sowie Feldaufnahme (MID 816) oder - wenn Wald nicht zugänglich - Luftbildinterpretation</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ownership (2 classes; NFI5)</t>
+      <t xml:space="preserve">Eigentum (2 Klassen; Stand LFI5)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2629</t>
     </r>
   </si>
   <si>
-    <t>Forest ownership at the time of NFI5, classified into the two classes: «public» and «private». The attribute is used in analyses of change to ensure that changes in ownership do not influence the results. Reference: Forest Service Survey (MID 365: Eigentum)</t>
+    <t>Eigentumsverhältnis am Wald zum Zeitpunkt des LFI5, charakterisiert mithilfe der zwei Klassen «öffentlich» und «privat». Das Merkmal wird bei Veränderungsauswertungen verwendet, damit Besitzerwechsel keinen Einfluss auf die Resultate haben. Grundlage: Forstdienstbefragung (MID 365: Eigentum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">Wirtschaftsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -771,52 +774,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AF52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="25.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -1048,551 +1051,551 @@
       </c>
       <c r="AA12" s="4" t="s">
         <v>26</v>
       </c>
       <c r="AB12" s="4" t="s">
         <v>27</v>
       </c>
       <c r="AC12" s="4" t="s">
         <v>26</v>
       </c>
       <c r="AD12" s="4" t="s">
         <v>27</v>
       </c>
       <c r="AE12" s="4" t="s">
         <v>26</v>
       </c>
       <c r="AF12" s="4" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="13" spans="1:32">
       <c r="A13" s="5" t="s">
         <v>28</v>
       </c>
       <c r="B13" s="5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C13" s="6">
         <v>0.0</v>
       </c>
       <c r="D13" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E13" s="6">
         <v>0.0</v>
       </c>
       <c r="F13" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G13" s="6">
         <v>0.0</v>
       </c>
       <c r="H13" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="I13" s="6">
         <v>0.0</v>
       </c>
       <c r="J13" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="K13" s="6">
         <v>0.0</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="M13" s="6">
         <v>0.0</v>
       </c>
       <c r="N13" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="O13" s="6">
         <v>0.0</v>
       </c>
       <c r="P13" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Q13" s="6">
         <v>0.0</v>
       </c>
       <c r="R13" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="S13" s="6">
         <v>0.0</v>
       </c>
       <c r="T13" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="U13" s="6">
         <v>0.0</v>
       </c>
       <c r="V13" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="W13" s="6">
         <v>0.0</v>
       </c>
       <c r="X13" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Y13" s="6">
         <v>0.0</v>
       </c>
       <c r="Z13" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AA13" s="6">
         <v>0.0</v>
       </c>
       <c r="AB13" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AC13" s="6">
         <v>0.0</v>
       </c>
       <c r="AD13" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AE13" s="6">
         <v>0.0</v>
       </c>
       <c r="AF13" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="14" spans="1:32">
       <c r="A14" s="5"/>
       <c r="B14" s="5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C14" s="6">
         <v>0.0</v>
       </c>
       <c r="D14" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E14" s="6">
         <v>0.0</v>
       </c>
       <c r="F14" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G14" s="6">
         <v>0.0</v>
       </c>
       <c r="H14" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="I14" s="6">
         <v>0.0</v>
       </c>
       <c r="J14" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="K14" s="6">
         <v>0.0</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="M14" s="6">
         <v>0.0</v>
       </c>
       <c r="N14" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="O14" s="6">
         <v>0.0</v>
       </c>
       <c r="P14" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Q14" s="6">
         <v>0.0</v>
       </c>
       <c r="R14" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="S14" s="6">
         <v>0.0</v>
       </c>
       <c r="T14" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="U14" s="6">
         <v>0.0</v>
       </c>
       <c r="V14" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="W14" s="6">
         <v>0.0</v>
       </c>
       <c r="X14" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Y14" s="6">
         <v>0.0</v>
       </c>
       <c r="Z14" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AA14" s="6">
         <v>0.0</v>
       </c>
       <c r="AB14" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AC14" s="6">
         <v>0.0</v>
       </c>
       <c r="AD14" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AE14" s="6">
         <v>0.0</v>
       </c>
       <c r="AF14" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="5"/>
       <c r="B15" s="5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C15" s="6">
         <v>0.0</v>
       </c>
       <c r="D15" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E15" s="6">
         <v>0.0</v>
       </c>
       <c r="F15" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G15" s="6">
         <v>0.0</v>
       </c>
       <c r="H15" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="I15" s="6">
         <v>0.0</v>
       </c>
       <c r="J15" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="K15" s="6">
         <v>0.0</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="M15" s="6">
         <v>0.0</v>
       </c>
       <c r="N15" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="O15" s="6">
         <v>0.0</v>
       </c>
       <c r="P15" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Q15" s="6">
         <v>0.0</v>
       </c>
       <c r="R15" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="S15" s="6">
         <v>0.0</v>
       </c>
       <c r="T15" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="U15" s="6">
         <v>0.0</v>
       </c>
       <c r="V15" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="W15" s="6">
         <v>0.0</v>
       </c>
       <c r="X15" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Y15" s="6">
         <v>0.0</v>
       </c>
       <c r="Z15" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AA15" s="6">
         <v>0.0</v>
       </c>
       <c r="AB15" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AC15" s="6">
         <v>0.0</v>
       </c>
       <c r="AD15" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AE15" s="6">
         <v>0.0</v>
       </c>
       <c r="AF15" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="A16" s="5"/>
       <c r="B16" s="5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C16" s="6">
         <v>0.0</v>
       </c>
       <c r="D16" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E16" s="6">
         <v>0.0</v>
       </c>
       <c r="F16" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G16" s="6">
         <v>0.0</v>
       </c>
       <c r="H16" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="I16" s="6">
         <v>0.0</v>
       </c>
       <c r="J16" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="K16" s="6">
         <v>0.0</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="M16" s="6">
         <v>0.0</v>
       </c>
       <c r="N16" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="O16" s="6">
         <v>0.0</v>
       </c>
       <c r="P16" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Q16" s="6">
         <v>0.0</v>
       </c>
       <c r="R16" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="S16" s="6">
         <v>0.0</v>
       </c>
       <c r="T16" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="U16" s="6">
         <v>0.0</v>
       </c>
       <c r="V16" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="W16" s="6">
         <v>0.0</v>
       </c>
       <c r="X16" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Y16" s="6">
         <v>0.0</v>
       </c>
       <c r="Z16" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AA16" s="6">
         <v>0.0</v>
       </c>
       <c r="AB16" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AC16" s="6">
         <v>0.0</v>
       </c>
       <c r="AD16" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AE16" s="6">
         <v>0.0</v>
       </c>
       <c r="AF16" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="A17" s="5" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B17" s="5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C17" s="6">
         <v>0.0</v>
       </c>
       <c r="D17" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E17" s="6">
         <v>0.0</v>
       </c>
       <c r="F17" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G17" s="6">
         <v>0.0</v>
       </c>
       <c r="H17" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="I17" s="6">
         <v>0.0</v>
       </c>
       <c r="J17" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="K17" s="6">
         <v>0.0</v>
       </c>
       <c r="L17" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="M17" s="6">
         <v>0.0</v>
       </c>
       <c r="N17" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="O17" s="6">
         <v>0.0</v>
       </c>
       <c r="P17" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Q17" s="6">
         <v>0.0</v>
       </c>
       <c r="R17" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="S17" s="6">
         <v>0.0</v>
       </c>
       <c r="T17" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="U17" s="6">
         <v>0.0</v>
       </c>
       <c r="V17" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="W17" s="6">
         <v>0.0</v>
       </c>
       <c r="X17" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Y17" s="6">
         <v>0.0</v>
       </c>
       <c r="Z17" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AA17" s="6">
         <v>0.0</v>
       </c>
       <c r="AB17" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AC17" s="6">
         <v>0.0</v>
       </c>
       <c r="AD17" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AE17" s="6">
         <v>0.0</v>
       </c>
       <c r="AF17" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="18" spans="1:32">
       <c r="A18" s="5"/>
       <c r="B18" s="5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C18" s="6">
         <v>4.1</v>
       </c>
       <c r="D18" s="6">
         <v>0.9</v>
       </c>
       <c r="E18" s="6">
         <v>8.1</v>
       </c>
       <c r="F18" s="6">
         <v>2.5</v>
       </c>
       <c r="G18" s="6">
         <v>0.0</v>
       </c>
       <c r="H18" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="I18" s="6">
         <v>0.9</v>
       </c>
       <c r="J18" s="6">
         <v>0.6</v>
       </c>
       <c r="K18" s="6">
         <v>3.1</v>
       </c>
       <c r="L18" s="6">
         <v>1.0</v>
       </c>
       <c r="M18" s="6">
         <v>1.6</v>
       </c>
       <c r="N18" s="6">
         <v>1.1</v>
       </c>
       <c r="O18" s="6">
         <v>2.5</v>
       </c>
       <c r="P18" s="6">
         <v>0.9</v>
       </c>
@@ -1626,165 +1629,165 @@
       <c r="Z18" s="6">
         <v>0.9</v>
       </c>
       <c r="AA18" s="6">
         <v>3.9</v>
       </c>
       <c r="AB18" s="6">
         <v>0.9</v>
       </c>
       <c r="AC18" s="6">
         <v>5.6</v>
       </c>
       <c r="AD18" s="6">
         <v>1.1</v>
       </c>
       <c r="AE18" s="6">
         <v>3.5</v>
       </c>
       <c r="AF18" s="6">
         <v>0.3</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="5"/>
       <c r="B19" s="5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C19" s="6">
         <v>0.2</v>
       </c>
       <c r="D19" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E19" s="6">
         <v>0.8</v>
       </c>
       <c r="F19" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G19" s="6">
         <v>0.0</v>
       </c>
       <c r="H19" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="I19" s="6">
         <v>0.0</v>
       </c>
       <c r="J19" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="K19" s="6">
         <v>0.3</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="M19" s="6">
         <v>0.8</v>
       </c>
       <c r="N19" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="O19" s="6">
         <v>1.7</v>
       </c>
       <c r="P19" s="6">
         <v>0.8</v>
       </c>
       <c r="Q19" s="6">
         <v>0.0</v>
       </c>
       <c r="R19" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="S19" s="6">
         <v>1.7</v>
       </c>
       <c r="T19" s="6">
         <v>1.0</v>
       </c>
       <c r="U19" s="6">
         <v>0.0</v>
       </c>
       <c r="V19" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="W19" s="6">
         <v>0.0</v>
       </c>
       <c r="X19" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Y19" s="6">
         <v>0.6</v>
       </c>
       <c r="Z19" s="6">
         <v>0.4</v>
       </c>
       <c r="AA19" s="6">
         <v>0.0</v>
       </c>
       <c r="AB19" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AC19" s="6">
         <v>0.0</v>
       </c>
       <c r="AD19" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AE19" s="6">
         <v>0.4</v>
       </c>
       <c r="AF19" s="6">
         <v>0.1</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="A20" s="5"/>
       <c r="B20" s="5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C20" s="6">
         <v>4.3</v>
       </c>
       <c r="D20" s="6">
         <v>1.0</v>
       </c>
       <c r="E20" s="6">
         <v>9.0</v>
       </c>
       <c r="F20" s="6">
         <v>2.6</v>
       </c>
       <c r="G20" s="6">
         <v>0.0</v>
       </c>
       <c r="H20" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="I20" s="6">
         <v>0.9</v>
       </c>
       <c r="J20" s="6">
         <v>0.6</v>
       </c>
       <c r="K20" s="6">
         <v>3.5</v>
       </c>
       <c r="L20" s="6">
         <v>1.0</v>
       </c>
       <c r="M20" s="6">
         <v>2.4</v>
       </c>
       <c r="N20" s="6">
         <v>1.4</v>
       </c>
       <c r="O20" s="6">
         <v>4.2</v>
       </c>
       <c r="P20" s="6">
         <v>1.2</v>
       </c>
@@ -1817,536 +1820,536 @@
       </c>
       <c r="Z20" s="6">
         <v>0.9</v>
       </c>
       <c r="AA20" s="6">
         <v>3.9</v>
       </c>
       <c r="AB20" s="6">
         <v>0.9</v>
       </c>
       <c r="AC20" s="6">
         <v>5.6</v>
       </c>
       <c r="AD20" s="6">
         <v>1.1</v>
       </c>
       <c r="AE20" s="6">
         <v>3.9</v>
       </c>
       <c r="AF20" s="6">
         <v>0.3</v>
       </c>
     </row>
     <row r="21" spans="1:32">
       <c r="A21" s="5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B21" s="5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C21" s="6">
         <v>0.0</v>
       </c>
       <c r="D21" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E21" s="6">
         <v>0.0</v>
       </c>
       <c r="F21" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G21" s="6">
         <v>0.0</v>
       </c>
       <c r="H21" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="I21" s="6">
         <v>0.0</v>
       </c>
       <c r="J21" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="K21" s="6">
         <v>0.0</v>
       </c>
       <c r="L21" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="M21" s="6">
         <v>0.0</v>
       </c>
       <c r="N21" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="O21" s="6">
         <v>0.0</v>
       </c>
       <c r="P21" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Q21" s="6">
         <v>0.0</v>
       </c>
       <c r="R21" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="S21" s="6">
         <v>0.0</v>
       </c>
       <c r="T21" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="U21" s="6">
         <v>0.0</v>
       </c>
       <c r="V21" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="W21" s="6">
         <v>0.0</v>
       </c>
       <c r="X21" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Y21" s="6">
         <v>0.0</v>
       </c>
       <c r="Z21" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AA21" s="6">
         <v>0.0</v>
       </c>
       <c r="AB21" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AC21" s="6">
         <v>0.0</v>
       </c>
       <c r="AD21" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AE21" s="6">
         <v>0.0</v>
       </c>
       <c r="AF21" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="22" spans="1:32">
       <c r="A22" s="5"/>
       <c r="B22" s="5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C22" s="6">
         <v>3.0</v>
       </c>
       <c r="D22" s="6">
         <v>0.8</v>
       </c>
       <c r="E22" s="6">
         <v>8.3</v>
       </c>
       <c r="F22" s="6">
         <v>2.5</v>
       </c>
       <c r="G22" s="6">
         <v>0.9</v>
       </c>
       <c r="H22" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="I22" s="6">
         <v>1.3</v>
       </c>
       <c r="J22" s="6">
         <v>0.7</v>
       </c>
       <c r="K22" s="6">
         <v>4.7</v>
       </c>
       <c r="L22" s="6">
         <v>1.2</v>
       </c>
       <c r="M22" s="6">
         <v>0.8</v>
       </c>
       <c r="N22" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="O22" s="6">
         <v>2.5</v>
       </c>
       <c r="P22" s="6">
         <v>0.9</v>
       </c>
       <c r="Q22" s="6">
         <v>7.6</v>
       </c>
       <c r="R22" s="6">
         <v>1.8</v>
       </c>
       <c r="S22" s="6">
         <v>0.0</v>
       </c>
       <c r="T22" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="U22" s="6">
         <v>0.0</v>
       </c>
       <c r="V22" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="W22" s="6">
         <v>4.2</v>
       </c>
       <c r="X22" s="6">
         <v>2.1</v>
       </c>
       <c r="Y22" s="6">
         <v>1.1</v>
       </c>
       <c r="Z22" s="6">
         <v>0.6</v>
       </c>
       <c r="AA22" s="6">
         <v>5.8</v>
       </c>
       <c r="AB22" s="6">
         <v>1.1</v>
       </c>
       <c r="AC22" s="6">
         <v>0.7</v>
       </c>
       <c r="AD22" s="6">
         <v>0.4</v>
       </c>
       <c r="AE22" s="6">
         <v>3.0</v>
       </c>
       <c r="AF22" s="6">
         <v>0.3</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="5"/>
       <c r="B23" s="5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C23" s="6">
         <v>0.2</v>
       </c>
       <c r="D23" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E23" s="6">
         <v>0.9</v>
       </c>
       <c r="F23" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G23" s="6">
         <v>0.0</v>
       </c>
       <c r="H23" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="I23" s="6">
         <v>0.0</v>
       </c>
       <c r="J23" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="K23" s="6">
         <v>1.9</v>
       </c>
       <c r="L23" s="6">
         <v>0.8</v>
       </c>
       <c r="M23" s="6">
         <v>0.0</v>
       </c>
       <c r="N23" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="O23" s="6">
         <v>2.1</v>
       </c>
       <c r="P23" s="6">
         <v>0.9</v>
       </c>
       <c r="Q23" s="6">
         <v>0.0</v>
       </c>
       <c r="R23" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="S23" s="6">
         <v>0.0</v>
       </c>
       <c r="T23" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="U23" s="6">
         <v>0.0</v>
       </c>
       <c r="V23" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="W23" s="6">
         <v>0.0</v>
       </c>
       <c r="X23" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Y23" s="6">
         <v>0.6</v>
       </c>
       <c r="Z23" s="6">
         <v>0.4</v>
       </c>
       <c r="AA23" s="6">
         <v>0.2</v>
       </c>
       <c r="AB23" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AC23" s="6">
         <v>0.0</v>
       </c>
       <c r="AD23" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AE23" s="6">
         <v>0.5</v>
       </c>
       <c r="AF23" s="6">
         <v>0.1</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="A24" s="5"/>
       <c r="B24" s="5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C24" s="6">
         <v>3.3</v>
       </c>
       <c r="D24" s="6">
         <v>0.9</v>
       </c>
       <c r="E24" s="6">
         <v>9.2</v>
       </c>
       <c r="F24" s="6">
         <v>2.6</v>
       </c>
       <c r="G24" s="6">
         <v>0.9</v>
       </c>
       <c r="H24" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="I24" s="6">
         <v>1.3</v>
       </c>
       <c r="J24" s="6">
         <v>0.7</v>
       </c>
       <c r="K24" s="6">
         <v>6.6</v>
       </c>
       <c r="L24" s="6">
         <v>1.4</v>
       </c>
       <c r="M24" s="6">
         <v>0.8</v>
       </c>
       <c r="N24" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="O24" s="6">
         <v>4.6</v>
       </c>
       <c r="P24" s="6">
         <v>1.3</v>
       </c>
       <c r="Q24" s="6">
         <v>7.6</v>
       </c>
       <c r="R24" s="6">
         <v>1.8</v>
       </c>
       <c r="S24" s="6">
         <v>0.0</v>
       </c>
       <c r="T24" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="U24" s="6">
         <v>0.0</v>
       </c>
       <c r="V24" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="W24" s="6">
         <v>4.2</v>
       </c>
       <c r="X24" s="6">
         <v>2.1</v>
       </c>
       <c r="Y24" s="6">
         <v>1.7</v>
       </c>
       <c r="Z24" s="6">
         <v>0.7</v>
       </c>
       <c r="AA24" s="6">
         <v>6.0</v>
       </c>
       <c r="AB24" s="6">
         <v>1.1</v>
       </c>
       <c r="AC24" s="6">
         <v>0.7</v>
       </c>
       <c r="AD24" s="6">
         <v>0.4</v>
       </c>
       <c r="AE24" s="6">
         <v>3.5</v>
       </c>
       <c r="AF24" s="6">
         <v>0.3</v>
       </c>
     </row>
     <row r="25" spans="1:32">
       <c r="A25" s="5" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B25" s="5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C25" s="6">
         <v>0.0</v>
       </c>
       <c r="D25" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E25" s="6">
         <v>0.0</v>
       </c>
       <c r="F25" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G25" s="6">
         <v>0.0</v>
       </c>
       <c r="H25" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="I25" s="6">
         <v>0.0</v>
       </c>
       <c r="J25" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="K25" s="6">
         <v>0.0</v>
       </c>
       <c r="L25" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="M25" s="6">
         <v>0.0</v>
       </c>
       <c r="N25" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="O25" s="6">
         <v>0.0</v>
       </c>
       <c r="P25" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Q25" s="6">
         <v>0.0</v>
       </c>
       <c r="R25" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="S25" s="6">
         <v>0.0</v>
       </c>
       <c r="T25" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="U25" s="6">
         <v>0.0</v>
       </c>
       <c r="V25" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="W25" s="6">
         <v>0.0</v>
       </c>
       <c r="X25" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Y25" s="6">
         <v>0.0</v>
       </c>
       <c r="Z25" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AA25" s="6">
         <v>0.0</v>
       </c>
       <c r="AB25" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AC25" s="6">
         <v>0.0</v>
       </c>
       <c r="AD25" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AE25" s="6">
         <v>0.0</v>
       </c>
       <c r="AF25" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="26" spans="1:32">
       <c r="A26" s="5"/>
       <c r="B26" s="5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C26" s="6">
         <v>67.0</v>
       </c>
       <c r="D26" s="6">
         <v>2.3</v>
       </c>
       <c r="E26" s="6">
         <v>63.9</v>
       </c>
       <c r="F26" s="6">
         <v>4.3</v>
       </c>
       <c r="G26" s="6">
         <v>62.3</v>
       </c>
       <c r="H26" s="6">
         <v>4.4</v>
       </c>
       <c r="I26" s="6">
         <v>49.9</v>
       </c>
       <c r="J26" s="6">
         <v>3.3</v>
       </c>
@@ -2398,51 +2401,51 @@
       <c r="Z26" s="6">
         <v>2.4</v>
       </c>
       <c r="AA26" s="6">
         <v>72.5</v>
       </c>
       <c r="AB26" s="6">
         <v>2.1</v>
       </c>
       <c r="AC26" s="6">
         <v>73.2</v>
       </c>
       <c r="AD26" s="6">
         <v>2.1</v>
       </c>
       <c r="AE26" s="6">
         <v>59.4</v>
       </c>
       <c r="AF26" s="6">
         <v>0.8</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="5"/>
       <c r="B27" s="5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C27" s="6">
         <v>25.4</v>
       </c>
       <c r="D27" s="6">
         <v>2.1</v>
       </c>
       <c r="E27" s="6">
         <v>18.0</v>
       </c>
       <c r="F27" s="6">
         <v>3.5</v>
       </c>
       <c r="G27" s="6">
         <v>36.9</v>
       </c>
       <c r="H27" s="6">
         <v>4.4</v>
       </c>
       <c r="I27" s="6">
         <v>47.9</v>
       </c>
       <c r="J27" s="6">
         <v>3.3</v>
       </c>
@@ -2494,51 +2497,51 @@
       <c r="Z27" s="6">
         <v>2.3</v>
       </c>
       <c r="AA27" s="6">
         <v>17.6</v>
       </c>
       <c r="AB27" s="6">
         <v>1.8</v>
       </c>
       <c r="AC27" s="6">
         <v>20.5</v>
       </c>
       <c r="AD27" s="6">
         <v>1.9</v>
       </c>
       <c r="AE27" s="6">
         <v>33.1</v>
       </c>
       <c r="AF27" s="6">
         <v>0.8</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="A28" s="5"/>
       <c r="B28" s="5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C28" s="6">
         <v>92.4</v>
       </c>
       <c r="D28" s="6">
         <v>1.3</v>
       </c>
       <c r="E28" s="6">
         <v>81.9</v>
       </c>
       <c r="F28" s="6">
         <v>3.5</v>
       </c>
       <c r="G28" s="6">
         <v>99.1</v>
       </c>
       <c r="H28" s="6">
         <v>0.9</v>
       </c>
       <c r="I28" s="6">
         <v>97.8</v>
       </c>
       <c r="J28" s="6">
         <v>1.0</v>
       </c>
@@ -2589,150 +2592,150 @@
       </c>
       <c r="Z28" s="6">
         <v>1.2</v>
       </c>
       <c r="AA28" s="6">
         <v>90.1</v>
       </c>
       <c r="AB28" s="6">
         <v>1.4</v>
       </c>
       <c r="AC28" s="6">
         <v>93.7</v>
       </c>
       <c r="AD28" s="6">
         <v>1.2</v>
       </c>
       <c r="AE28" s="6">
         <v>92.6</v>
       </c>
       <c r="AF28" s="6">
         <v>0.4</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="A29" s="5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B29" s="5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C29" s="6">
         <v>0.0</v>
       </c>
       <c r="D29" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E29" s="6">
         <v>0.0</v>
       </c>
       <c r="F29" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G29" s="6">
         <v>0.0</v>
       </c>
       <c r="H29" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="I29" s="6">
         <v>0.0</v>
       </c>
       <c r="J29" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="K29" s="6">
         <v>0.0</v>
       </c>
       <c r="L29" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="M29" s="6">
         <v>0.0</v>
       </c>
       <c r="N29" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="O29" s="6">
         <v>0.0</v>
       </c>
       <c r="P29" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Q29" s="6">
         <v>0.0</v>
       </c>
       <c r="R29" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="S29" s="6">
         <v>0.0</v>
       </c>
       <c r="T29" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="U29" s="6">
         <v>0.0</v>
       </c>
       <c r="V29" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="W29" s="6">
         <v>0.0</v>
       </c>
       <c r="X29" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Y29" s="6">
         <v>0.0</v>
       </c>
       <c r="Z29" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AA29" s="6">
         <v>0.0</v>
       </c>
       <c r="AB29" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AC29" s="6">
         <v>0.0</v>
       </c>
       <c r="AD29" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AE29" s="6">
         <v>0.0</v>
       </c>
       <c r="AF29" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:32">
       <c r="A30" s="5"/>
       <c r="B30" s="5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C30" s="6">
         <v>74.2</v>
       </c>
       <c r="D30" s="6">
         <v>2.1</v>
       </c>
       <c r="E30" s="6">
         <v>80.3</v>
       </c>
       <c r="F30" s="6">
         <v>3.6</v>
       </c>
       <c r="G30" s="6">
         <v>63.1</v>
       </c>
       <c r="H30" s="6">
         <v>4.4</v>
       </c>
       <c r="I30" s="6">
         <v>52.1</v>
       </c>
       <c r="J30" s="6">
         <v>3.3</v>
       </c>
@@ -2784,51 +2787,51 @@
       <c r="Z30" s="6">
         <v>2.3</v>
       </c>
       <c r="AA30" s="6">
         <v>82.2</v>
       </c>
       <c r="AB30" s="6">
         <v>1.8</v>
       </c>
       <c r="AC30" s="6">
         <v>79.5</v>
       </c>
       <c r="AD30" s="6">
         <v>1.9</v>
       </c>
       <c r="AE30" s="6">
         <v>66.0</v>
       </c>
       <c r="AF30" s="6">
         <v>0.8</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="5"/>
       <c r="B31" s="5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C31" s="6">
         <v>25.8</v>
       </c>
       <c r="D31" s="6">
         <v>2.1</v>
       </c>
       <c r="E31" s="6">
         <v>19.7</v>
       </c>
       <c r="F31" s="6">
         <v>3.6</v>
       </c>
       <c r="G31" s="6">
         <v>36.9</v>
       </c>
       <c r="H31" s="6">
         <v>4.4</v>
       </c>
       <c r="I31" s="6">
         <v>47.9</v>
       </c>
       <c r="J31" s="6">
         <v>3.3</v>
       </c>
@@ -2880,157 +2883,157 @@
       <c r="Z31" s="6">
         <v>2.3</v>
       </c>
       <c r="AA31" s="6">
         <v>17.8</v>
       </c>
       <c r="AB31" s="6">
         <v>1.8</v>
       </c>
       <c r="AC31" s="6">
         <v>20.5</v>
       </c>
       <c r="AD31" s="6">
         <v>1.9</v>
       </c>
       <c r="AE31" s="6">
         <v>34.0</v>
       </c>
       <c r="AF31" s="6">
         <v>0.8</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="A32" s="5"/>
       <c r="B32" s="5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C32" s="6">
         <v>100.0</v>
       </c>
       <c r="D32" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E32" s="6">
         <v>100.0</v>
       </c>
       <c r="F32" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G32" s="6">
         <v>100.0</v>
       </c>
       <c r="H32" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="I32" s="6">
         <v>100.0</v>
       </c>
       <c r="J32" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="K32" s="6">
         <v>100.0</v>
       </c>
       <c r="L32" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="M32" s="6">
         <v>100.0</v>
       </c>
       <c r="N32" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="O32" s="6">
         <v>100.0</v>
       </c>
       <c r="P32" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Q32" s="6">
         <v>100.0</v>
       </c>
       <c r="R32" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="S32" s="6">
         <v>100.0</v>
       </c>
       <c r="T32" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="U32" s="6">
         <v>100.0</v>
       </c>
       <c r="V32" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="W32" s="6">
         <v>100.0</v>
       </c>
       <c r="X32" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Y32" s="6">
         <v>100.0</v>
       </c>
       <c r="Z32" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AA32" s="6">
         <v>100.0</v>
       </c>
       <c r="AB32" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AC32" s="6">
         <v>100.0</v>
       </c>
       <c r="AD32" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AE32" s="6">
         <v>100.0</v>
       </c>
       <c r="AF32" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="33" spans="1:32" customHeight="1" ht="21.75">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1424159/604645</t>
           </r>
         </is>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3"/>
       <c r="E33" s="3"/>
       <c r="F33" s="3"/>
       <c r="G33" s="3"/>
       <c r="H33" s="3"/>
       <c r="I33" s="3"/>
       <c r="J33" s="3"/>
       <c r="K33" s="3"/>
       <c r="L33" s="3"/>
@@ -3046,245 +3049,245 @@
       <c r="V33" s="3"/>
       <c r="W33" s="3"/>
       <c r="X33" s="3"/>
       <c r="Y33" s="3"/>
       <c r="Z33" s="3"/>
       <c r="AA33" s="3"/>
       <c r="AB33" s="3"/>
       <c r="AC33" s="3"/>
       <c r="AD33" s="3"/>
       <c r="AE33" s="3"/>
       <c r="AF33" s="3"/>
     </row>
     <row r="36" spans="1:32">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:32" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reserve type</t>
+            <t xml:space="preserve">Reservatstyp (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2707</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:32" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="42" spans="1:32">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">ownership (2 classes; NFI5)</t>
+            <t xml:space="preserve">Eigentum (2 Klassen; Stand LFI5)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2629</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:32" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="45" spans="1:32">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">Wirtschaftsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:32" customHeight="1" ht="29">
       <c r="A46" s="1" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="48" spans="1:32">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:32" customHeight="1" ht="29">
       <c r="A49" s="1" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="51" spans="1:32">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:32" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AF1"/>
     <mergeCell ref="A2:AF2"/>
     <mergeCell ref="A3:AF3"/>
     <mergeCell ref="A4:AF4"/>
     <mergeCell ref="A5:AF5"/>
     <mergeCell ref="A6:AF6"/>
     <mergeCell ref="A7:AF7"/>
     <mergeCell ref="A8:AF8"/>
     <mergeCell ref="C10:AF10"/>
     <mergeCell ref="C11:D11"/>
     <mergeCell ref="E11:F11"/>
     <mergeCell ref="G11:H11"/>
     <mergeCell ref="I11:J11"/>
     <mergeCell ref="K11:L11"/>
     <mergeCell ref="M11:N11"/>
     <mergeCell ref="O11:P11"/>
     <mergeCell ref="Q11:R11"/>
     <mergeCell ref="S11:T11"/>
     <mergeCell ref="U11:V11"/>
     <mergeCell ref="W11:X11"/>
     <mergeCell ref="Y11:Z11"/>