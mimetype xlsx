--- v0 (2025-10-10)
+++ v1 (2025-12-08)
@@ -12,393 +12,390 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
-[...7 lines deleted...]
-    <t>Reservatstyp (2023) · Eigentum (2 Klassen; Stand LFI5)</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
+  <si>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>forest area</t>
+  </si>
+  <si>
+    <t>reserve type · ownership (2 classes; NFI5)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Schutzwaldregion</t>
+      <t xml:space="preserve">: protection forest region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...29 lines deleted...]
-    <t>Eigentum (2 Klassen; Stand LFI5)</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>protection forest region</t>
+  </si>
+  <si>
+    <t>Jura + Plateau</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Southwestern Alps </t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>reserve type</t>
+  </si>
+  <si>
+    <t>ownership (2 classes; NFI5)</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
-[...2 lines deleted...]
-    <t>Wert nicht ermittelt</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>öffentlich</t>
-[...14 lines deleted...]
-    <t>übriger Wald</t>
+    <t>public</t>
+  </si>
+  <si>
+    <t>private</t>
+  </si>
+  <si>
+    <t>total</t>
+  </si>
+  <si>
+    <t>natural forest reserve</t>
+  </si>
+  <si>
+    <t>special forest reserve</t>
+  </si>
+  <si>
+    <t>other forest</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1424863/605349</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Reservatstyp (2023)</t>
+      <t xml:space="preserve">reserve type</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2707</t>
     </r>
   </si>
   <si>
-    <t>Typ des Waldreservats (Naturwaldreservat, Sonderwaldreservat, übriger Wald), basierend auf den Waldreservaten nach Angabe der Kantone (Stand 2023) und dem Wald-/Nichtwald-Entscheid der jeweiligen Inventur. Grundlage: GIS-Daten BAFU (2023) sowie Feldaufnahme (MID 816) oder - wenn Wald nicht zugänglich - Luftbildinterpretation</t>
+    <t>Type of forest reserve («natural forest reserve», «special forest reserve“ or «other forest»), based on the forest reserves as designated by the cantons (as of 2023) and the forest/non-forest decision of the respective Inventory. Reference: GIS data from FOEN, 2023, and Field Survey (MID 816) or – if the forest is inaccessible – aerial photo interpretation</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Eigentum (2 Klassen; Stand LFI5)</t>
+      <t xml:space="preserve">ownership (2 classes; NFI5)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2629</t>
     </r>
   </si>
   <si>
-    <t>Eigentumsverhältnis am Wald zum Zeitpunkt des LFI5, charakterisiert mithilfe der zwei Klassen «öffentlich» und «privat». Das Merkmal wird bei Veränderungsauswertungen verwendet, damit Besitzerwechsel keinen Einfluss auf die Resultate haben. Grundlage: Forstdienstbefragung (MID 365: Eigentum)</t>
+    <t>Forest ownership at the time of NFI5, classified into the two classes: «public» and «private». The attribute is used in analyses of change to ensure that changes in ownership do not influence the results. Reference: Forest Service Survey (MID 365: Eigentum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwaldregion</t>
+      <t xml:space="preserve">protective forest region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
+    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -750,52 +747,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="25.708" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="41.133" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -915,971 +912,971 @@
       </c>
       <c r="K12" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>18</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>19</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>18</v>
       </c>
       <c r="P12" s="4" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" s="5" t="s">
         <v>20</v>
       </c>
       <c r="B13" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C13" s="6">
         <v>0.0</v>
       </c>
       <c r="D13" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E13" s="6">
         <v>0.0</v>
       </c>
       <c r="F13" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G13" s="6">
         <v>0.0</v>
       </c>
       <c r="H13" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I13" s="6">
         <v>0.0</v>
       </c>
       <c r="J13" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K13" s="6">
         <v>0.0</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M13" s="6">
         <v>0.0</v>
       </c>
       <c r="N13" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O13" s="6">
         <v>0.0</v>
       </c>
       <c r="P13" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" s="5"/>
       <c r="B14" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C14" s="6">
         <v>0.0</v>
       </c>
       <c r="D14" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E14" s="6">
         <v>0.0</v>
       </c>
       <c r="F14" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G14" s="6">
         <v>0.0</v>
       </c>
       <c r="H14" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I14" s="6">
         <v>0.0</v>
       </c>
       <c r="J14" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K14" s="6">
         <v>0.0</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M14" s="6">
         <v>0.0</v>
       </c>
       <c r="N14" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O14" s="6">
         <v>0.0</v>
       </c>
       <c r="P14" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" s="5"/>
       <c r="B15" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C15" s="6">
         <v>0.0</v>
       </c>
       <c r="D15" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E15" s="6">
         <v>0.0</v>
       </c>
       <c r="F15" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G15" s="6">
         <v>0.0</v>
       </c>
       <c r="H15" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I15" s="6">
         <v>0.0</v>
       </c>
       <c r="J15" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K15" s="6">
         <v>0.0</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M15" s="6">
         <v>0.0</v>
       </c>
       <c r="N15" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O15" s="6">
         <v>0.0</v>
       </c>
       <c r="P15" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" s="5"/>
       <c r="B16" s="5" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C16" s="6">
         <v>0.0</v>
       </c>
       <c r="D16" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E16" s="6">
         <v>0.0</v>
       </c>
       <c r="F16" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G16" s="6">
         <v>0.0</v>
       </c>
       <c r="H16" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I16" s="6">
         <v>0.0</v>
       </c>
       <c r="J16" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K16" s="6">
         <v>0.0</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M16" s="6">
         <v>0.0</v>
       </c>
       <c r="N16" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O16" s="6">
         <v>0.0</v>
       </c>
       <c r="P16" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" s="5" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B17" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C17" s="6">
         <v>0.0</v>
       </c>
       <c r="D17" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E17" s="6">
         <v>0.0</v>
       </c>
       <c r="F17" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G17" s="6">
         <v>0.0</v>
       </c>
       <c r="H17" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I17" s="6">
         <v>0.0</v>
       </c>
       <c r="J17" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K17" s="6">
         <v>0.0</v>
       </c>
       <c r="L17" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M17" s="6">
         <v>0.0</v>
       </c>
       <c r="N17" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O17" s="6">
         <v>0.0</v>
       </c>
       <c r="P17" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" s="5"/>
       <c r="B18" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C18" s="6">
         <v>13.9</v>
       </c>
       <c r="D18" s="6">
         <v>16</v>
       </c>
       <c r="E18" s="6">
         <v>3.3</v>
       </c>
       <c r="F18" s="6">
         <v>33</v>
       </c>
       <c r="G18" s="6">
         <v>5.4</v>
       </c>
       <c r="H18" s="6">
         <v>26</v>
       </c>
       <c r="I18" s="6">
         <v>3.2</v>
       </c>
       <c r="J18" s="6">
         <v>33</v>
       </c>
       <c r="K18" s="6">
         <v>5.7</v>
       </c>
       <c r="L18" s="6">
         <v>25</v>
       </c>
       <c r="M18" s="6">
         <v>6.2</v>
       </c>
       <c r="N18" s="6">
         <v>24</v>
       </c>
       <c r="O18" s="6">
         <v>37.7</v>
       </c>
       <c r="P18" s="6">
         <v>10</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" s="5"/>
       <c r="B19" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C19" s="6">
         <v>1.0</v>
       </c>
       <c r="D19" s="6">
         <v>58</v>
       </c>
       <c r="E19" s="6">
         <v>2.5</v>
       </c>
       <c r="F19" s="6">
         <v>38</v>
       </c>
       <c r="G19" s="6">
         <v>0.0</v>
       </c>
       <c r="H19" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I19" s="6">
         <v>0.0</v>
       </c>
       <c r="J19" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K19" s="6">
         <v>0.0</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M19" s="6">
         <v>0.0</v>
       </c>
       <c r="N19" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O19" s="6">
         <v>3.5</v>
       </c>
       <c r="P19" s="6">
         <v>32</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" s="5"/>
       <c r="B20" s="5" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C20" s="6">
         <v>14.9</v>
       </c>
       <c r="D20" s="6">
         <v>15</v>
       </c>
       <c r="E20" s="6">
         <v>5.8</v>
       </c>
       <c r="F20" s="6">
         <v>25</v>
       </c>
       <c r="G20" s="6">
         <v>5.4</v>
       </c>
       <c r="H20" s="6">
         <v>26</v>
       </c>
       <c r="I20" s="6">
         <v>3.2</v>
       </c>
       <c r="J20" s="6">
         <v>33</v>
       </c>
       <c r="K20" s="6">
         <v>5.7</v>
       </c>
       <c r="L20" s="6">
         <v>25</v>
       </c>
       <c r="M20" s="6">
         <v>6.2</v>
       </c>
       <c r="N20" s="6">
         <v>24</v>
       </c>
       <c r="O20" s="6">
         <v>41.2</v>
       </c>
       <c r="P20" s="6">
         <v>9</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" s="5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B21" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C21" s="6">
         <v>0.0</v>
       </c>
       <c r="D21" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E21" s="6">
         <v>0.0</v>
       </c>
       <c r="F21" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G21" s="6">
         <v>0.0</v>
       </c>
       <c r="H21" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I21" s="6">
         <v>0.0</v>
       </c>
       <c r="J21" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K21" s="6">
         <v>0.0</v>
       </c>
       <c r="L21" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M21" s="6">
         <v>0.0</v>
       </c>
       <c r="N21" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O21" s="6">
         <v>0.0</v>
       </c>
       <c r="P21" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" s="5"/>
       <c r="B22" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C22" s="6">
         <v>13.7</v>
       </c>
       <c r="D22" s="6">
         <v>16</v>
       </c>
       <c r="E22" s="6">
         <v>2.9</v>
       </c>
       <c r="F22" s="6">
         <v>35</v>
       </c>
       <c r="G22" s="6">
         <v>7.1</v>
       </c>
       <c r="H22" s="6">
         <v>22</v>
       </c>
       <c r="I22" s="6">
         <v>1.4</v>
       </c>
       <c r="J22" s="6">
         <v>50</v>
       </c>
       <c r="K22" s="6">
         <v>8.1</v>
       </c>
       <c r="L22" s="6">
         <v>21</v>
       </c>
       <c r="M22" s="6">
         <v>0.4</v>
       </c>
       <c r="N22" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O22" s="6">
         <v>33.5</v>
       </c>
       <c r="P22" s="6">
         <v>10</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" s="5"/>
       <c r="B23" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C23" s="6">
         <v>2.7</v>
       </c>
       <c r="D23" s="6">
         <v>35</v>
       </c>
       <c r="E23" s="6">
         <v>1.4</v>
       </c>
       <c r="F23" s="6">
         <v>51</v>
       </c>
       <c r="G23" s="6">
         <v>0.0</v>
       </c>
       <c r="H23" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I23" s="6">
         <v>0.7</v>
       </c>
       <c r="J23" s="6">
         <v>71</v>
       </c>
       <c r="K23" s="6">
         <v>0.4</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M23" s="6">
         <v>0.0</v>
       </c>
       <c r="N23" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O23" s="6">
         <v>5.2</v>
       </c>
       <c r="P23" s="6">
         <v>26</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" s="5"/>
       <c r="B24" s="5" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C24" s="6">
         <v>16.4</v>
       </c>
       <c r="D24" s="6">
         <v>14</v>
       </c>
       <c r="E24" s="6">
         <v>4.3</v>
       </c>
       <c r="F24" s="6">
         <v>29</v>
       </c>
       <c r="G24" s="6">
         <v>7.1</v>
       </c>
       <c r="H24" s="6">
         <v>22</v>
       </c>
       <c r="I24" s="6">
         <v>2.1</v>
       </c>
       <c r="J24" s="6">
         <v>41</v>
       </c>
       <c r="K24" s="6">
         <v>8.5</v>
       </c>
       <c r="L24" s="6">
         <v>20</v>
       </c>
       <c r="M24" s="6">
         <v>0.4</v>
       </c>
       <c r="N24" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O24" s="6">
         <v>38.7</v>
       </c>
       <c r="P24" s="6">
         <v>9</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" s="5" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B25" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C25" s="6">
         <v>0.0</v>
       </c>
       <c r="D25" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E25" s="6">
         <v>0.0</v>
       </c>
       <c r="F25" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G25" s="6">
         <v>0.0</v>
       </c>
       <c r="H25" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I25" s="6">
         <v>0.0</v>
       </c>
       <c r="J25" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K25" s="6">
         <v>0.0</v>
       </c>
       <c r="L25" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M25" s="6">
         <v>0.0</v>
       </c>
       <c r="N25" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O25" s="6">
         <v>0.0</v>
       </c>
       <c r="P25" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" s="5"/>
       <c r="B26" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C26" s="6">
         <v>242.3</v>
       </c>
       <c r="D26" s="6">
         <v>3</v>
       </c>
       <c r="E26" s="6">
         <v>73.6</v>
       </c>
       <c r="F26" s="6">
         <v>6</v>
       </c>
       <c r="G26" s="6">
         <v>63.5</v>
       </c>
       <c r="H26" s="6">
         <v>7</v>
       </c>
       <c r="I26" s="6">
         <v>69.4</v>
       </c>
       <c r="J26" s="6">
         <v>6</v>
       </c>
       <c r="K26" s="6">
         <v>85.2</v>
       </c>
       <c r="L26" s="6">
         <v>6</v>
       </c>
       <c r="M26" s="6">
         <v>85.4</v>
       </c>
       <c r="N26" s="6">
         <v>4</v>
       </c>
       <c r="O26" s="6">
         <v>619.4</v>
       </c>
       <c r="P26" s="6">
         <v>2</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" s="5"/>
       <c r="B27" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C27" s="6">
         <v>136.7</v>
       </c>
       <c r="D27" s="6">
         <v>4</v>
       </c>
       <c r="E27" s="6">
         <v>102.5</v>
       </c>
       <c r="F27" s="6">
         <v>5</v>
       </c>
       <c r="G27" s="6">
         <v>41.7</v>
       </c>
       <c r="H27" s="6">
         <v>9</v>
       </c>
       <c r="I27" s="6">
         <v>20.7</v>
       </c>
       <c r="J27" s="6">
         <v>13</v>
       </c>
       <c r="K27" s="6">
         <v>19.9</v>
       </c>
       <c r="L27" s="6">
         <v>13</v>
       </c>
       <c r="M27" s="6">
         <v>28.7</v>
       </c>
       <c r="N27" s="6">
         <v>10</v>
       </c>
       <c r="O27" s="6">
         <v>350.1</v>
       </c>
       <c r="P27" s="6">
         <v>3</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" s="5"/>
       <c r="B28" s="5" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C28" s="6">
         <v>379.0</v>
       </c>
       <c r="D28" s="6">
         <v>1</v>
       </c>
       <c r="E28" s="6">
         <v>176.0</v>
       </c>
       <c r="F28" s="6">
         <v>3</v>
       </c>
       <c r="G28" s="6">
         <v>105.2</v>
       </c>
       <c r="H28" s="6">
         <v>5</v>
       </c>
       <c r="I28" s="6">
         <v>90.1</v>
       </c>
       <c r="J28" s="6">
         <v>6</v>
       </c>
       <c r="K28" s="6">
         <v>105.1</v>
       </c>
       <c r="L28" s="6">
         <v>5</v>
       </c>
       <c r="M28" s="6">
         <v>114.2</v>
       </c>
       <c r="N28" s="6">
         <v>3</v>
       </c>
       <c r="O28" s="6">
         <v>969.6</v>
       </c>
       <c r="P28" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" s="5" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B29" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C29" s="6">
         <v>0.0</v>
       </c>
       <c r="D29" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E29" s="6">
         <v>0.0</v>
       </c>
       <c r="F29" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G29" s="6">
         <v>0.0</v>
       </c>
       <c r="H29" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I29" s="6">
         <v>0.0</v>
       </c>
       <c r="J29" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K29" s="6">
         <v>0.0</v>
       </c>
       <c r="L29" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M29" s="6">
         <v>0.0</v>
       </c>
       <c r="N29" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O29" s="6">
         <v>0.0</v>
       </c>
       <c r="P29" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" s="5"/>
       <c r="B30" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C30" s="6">
         <v>269.9</v>
       </c>
       <c r="D30" s="6">
         <v>2</v>
       </c>
       <c r="E30" s="6">
         <v>79.7</v>
       </c>
       <c r="F30" s="6">
         <v>6</v>
       </c>
       <c r="G30" s="6">
         <v>76.1</v>
       </c>
       <c r="H30" s="6">
         <v>6</v>
       </c>
       <c r="I30" s="6">
         <v>74.0</v>
       </c>
       <c r="J30" s="6">
         <v>6</v>
       </c>
       <c r="K30" s="6">
         <v>99.0</v>
       </c>
       <c r="L30" s="6">
         <v>5</v>
       </c>
       <c r="M30" s="6">
         <v>92.0</v>
       </c>
       <c r="N30" s="6">
         <v>4</v>
       </c>
       <c r="O30" s="6">
         <v>690.6</v>
       </c>
       <c r="P30" s="6">
         <v>2</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" s="5"/>
       <c r="B31" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C31" s="6">
         <v>140.5</v>
       </c>
       <c r="D31" s="6">
         <v>4</v>
       </c>
       <c r="E31" s="6">
         <v>106.3</v>
       </c>
       <c r="F31" s="6">
         <v>5</v>
       </c>
       <c r="G31" s="6">
         <v>41.7</v>
       </c>
       <c r="H31" s="6">
         <v>9</v>
       </c>
       <c r="I31" s="6">
         <v>21.4</v>
       </c>
       <c r="J31" s="6">
         <v>12</v>
       </c>
       <c r="K31" s="6">
         <v>20.2</v>
       </c>
       <c r="L31" s="6">
         <v>13</v>
       </c>
       <c r="M31" s="6">
         <v>28.7</v>
       </c>
       <c r="N31" s="6">
         <v>10</v>
       </c>
       <c r="O31" s="6">
         <v>358.8</v>
       </c>
       <c r="P31" s="6">
         <v>3</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" s="5"/>
       <c r="B32" s="5" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C32" s="6">
         <v>410.3</v>
       </c>
       <c r="D32" s="6">
         <v>1</v>
       </c>
       <c r="E32" s="6">
         <v>186.1</v>
       </c>
       <c r="F32" s="6">
         <v>3</v>
       </c>
       <c r="G32" s="6">
         <v>117.8</v>
       </c>
       <c r="H32" s="6">
         <v>5</v>
       </c>
       <c r="I32" s="6">
         <v>95.4</v>
       </c>
       <c r="J32" s="6">
         <v>5</v>
       </c>
@@ -1893,289 +1890,289 @@
         <v>120.7</v>
       </c>
       <c r="N32" s="6">
         <v>3</v>
       </c>
       <c r="O32" s="6">
         <v>1049.5</v>
       </c>
       <c r="P32" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:16" customHeight="1" ht="21.75">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1424863/605349</t>
           </r>
         </is>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3"/>
       <c r="E33" s="3"/>
       <c r="F33" s="3"/>
       <c r="G33" s="3"/>
       <c r="H33" s="3"/>
       <c r="I33" s="3"/>
       <c r="J33" s="3"/>
       <c r="K33" s="3"/>
       <c r="L33" s="3"/>
       <c r="M33" s="3"/>
       <c r="N33" s="3"/>
       <c r="O33" s="3"/>
       <c r="P33" s="3"/>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:16" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Reservatstyp (2023)</t>
+            <t xml:space="preserve">reserve type</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2707</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:16" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Eigentum (2 Klassen; Stand LFI5)</t>
+            <t xml:space="preserve">ownership (2 classes; NFI5)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2629</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:16" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwaldregion</t>
+            <t xml:space="preserve">protective forest region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:16" customHeight="1" ht="29">
       <c r="A46" s="1" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:16" customHeight="1" ht="29">
       <c r="A49" s="1" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:16" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>
     <mergeCell ref="A3:P3"/>
     <mergeCell ref="A4:P4"/>
     <mergeCell ref="A5:P5"/>
     <mergeCell ref="A6:P6"/>
     <mergeCell ref="A7:P7"/>
     <mergeCell ref="A8:P8"/>
     <mergeCell ref="C10:P10"/>
     <mergeCell ref="C11:D11"/>
     <mergeCell ref="E11:F11"/>
     <mergeCell ref="G11:H11"/>
     <mergeCell ref="I11:J11"/>
     <mergeCell ref="K11:L11"/>
     <mergeCell ref="M11:N11"/>
     <mergeCell ref="O11:P11"/>
     <mergeCell ref="A13:A16"/>
     <mergeCell ref="A17:A20"/>
     <mergeCell ref="A21:A24"/>
     <mergeCell ref="A25:A28"/>
     <mergeCell ref="A29:A32"/>