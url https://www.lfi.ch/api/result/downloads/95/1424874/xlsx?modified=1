--- v0 (2025-10-10)
+++ v1 (2026-01-23)
@@ -14,412 +14,412 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>reserve type · ownership (2 classes; NFI5)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>tipo di riserva (2023) · proprietà (2 classi; situazione nell'IFN5)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">: regione economica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...53 lines deleted...]
-    <t>ownership (2 classes; NFI5)</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione economica</t>
+  </si>
+  <si>
+    <t>Giura Ovest</t>
+  </si>
+  <si>
+    <t>Giura Est</t>
+  </si>
+  <si>
+    <t>Altopiano Ovest</t>
+  </si>
+  <si>
+    <t>Altopiano Centro</t>
+  </si>
+  <si>
+    <t>Altopiano Est</t>
+  </si>
+  <si>
+    <t>Prealpi Ovest</t>
+  </si>
+  <si>
+    <t>Prealpi Centro</t>
+  </si>
+  <si>
+    <t>Prealpi Est</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Centro</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Est</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Est</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>tipo di riserva (2023)</t>
+  </si>
+  <si>
+    <t>proprietà (2 classi; situazione nell'IFN5)</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>public</t>
-[...14 lines deleted...]
-    <t>other forest</t>
+    <t>pubblica</t>
+  </si>
+  <si>
+    <t>privata</t>
+  </si>
+  <si>
+    <t>totale</t>
+  </si>
+  <si>
+    <t>riserva forestale naturale</t>
+  </si>
+  <si>
+    <t>riserva forestale speciale</t>
+  </si>
+  <si>
+    <t>altro bosco</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1424874/605360</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reserve type</t>
+      <t xml:space="preserve">tipo di riserva (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2707</t>
     </r>
   </si>
   <si>
-    <t>Type of forest reserve («natural forest reserve», «special forest reserve“ or «other forest»), based on the forest reserves as designated by the cantons (as of 2023) and the forest/non-forest decision of the respective Inventory. Reference: GIS data from FOEN, 2023, and Field Survey (MID 816) or – if the forest is inaccessible – aerial photo interpretation</t>
+    <t>Tipo di riserva forestale (riserva forestale naturale, riserva forestale speciale, altra foresta), in base alle riserve forestali definite dai cantoni (2023) e alla decisione bosco/non bosco nel rispettivo inventario. Fonte: dati GIS dell'UFAM (2023), nonché rilievo sul terreno (MID 816) oppure - nel caso di un bosco inaccessibile - interpretazione di foto aeree</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ownership (2 classes; NFI5)</t>
+      <t xml:space="preserve">proprietà (2 classi; situazione nell'IFN5)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2629</t>
     </r>
   </si>
   <si>
-    <t>Forest ownership at the time of NFI5, classified into the two classes: «public» and «private». The attribute is used in analyses of change to ensure that changes in ownership do not influence the results. Reference: Forest Service Survey (MID 365: Eigentum)</t>
+    <t>Condizioni di proprietà del bosco al momento dell'IFN5, caratterizzata dalle due classi «pubblico» e «privato». Questo attributo viene utilizzato nelle analisi delle variazioni, in modo che i cambiamenti di proprietà (tra un inventario e l'altro) non influenzino i risultati. Fonte: inchiesta presso il servizio forestale (MID 365: Eigentum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">regione economica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -771,52 +771,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AF52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="52.844" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="11.569" bestFit="true" customWidth="true" style="0"/>
@@ -2986,51 +2986,51 @@
         <v>158.8</v>
       </c>
       <c r="AD32" s="6">
         <v>2</v>
       </c>
       <c r="AE32" s="6">
         <v>1211.5</v>
       </c>
       <c r="AF32" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:32" customHeight="1" ht="21.75">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1424874/605360</t>
           </r>
         </is>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3"/>
       <c r="E33" s="3"/>
       <c r="F33" s="3"/>
       <c r="G33" s="3"/>
       <c r="H33" s="3"/>
       <c r="I33" s="3"/>
       <c r="J33" s="3"/>
       <c r="K33" s="3"/>
       <c r="L33" s="3"/>
@@ -3046,226 +3046,226 @@
       <c r="V33" s="3"/>
       <c r="W33" s="3"/>
       <c r="X33" s="3"/>
       <c r="Y33" s="3"/>
       <c r="Z33" s="3"/>
       <c r="AA33" s="3"/>
       <c r="AB33" s="3"/>
       <c r="AC33" s="3"/>
       <c r="AD33" s="3"/>
       <c r="AE33" s="3"/>
       <c r="AF33" s="3"/>
     </row>
     <row r="36" spans="1:32">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:32" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reserve type</t>
+            <t xml:space="preserve">tipo di riserva (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2707</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:32" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="42" spans="1:32">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">ownership (2 classes; NFI5)</t>
+            <t xml:space="preserve">proprietà (2 classi; situazione nell'IFN5)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2629</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:32" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="45" spans="1:32">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">regione economica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:32" customHeight="1" ht="29">
       <c r="A46" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="48" spans="1:32">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:32" customHeight="1" ht="29">
       <c r="A49" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="51" spans="1:32">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:32" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
         <v>48</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AF1"/>
     <mergeCell ref="A2:AF2"/>