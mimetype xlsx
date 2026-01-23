--- v1 (2026-01-23)
+++ v2 (2026-01-23)
@@ -12,414 +12,417 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
-[...7 lines deleted...]
-    <t>tipo di riserva (2023) · proprietà (2 classi; situazione nell'IFN5)</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+  <si>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>Reservatstyp (2023) · Eigentum (2 Klassen; Stand LFI5)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: regione economica</t>
+      <t xml:space="preserve">: Wirtschaftsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...53 lines deleted...]
-    <t>proprietà (2 classi; situazione nell'IFN5)</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Wirtschaftsregion</t>
+  </si>
+  <si>
+    <t>Jura West</t>
+  </si>
+  <si>
+    <t>Jura Ost</t>
+  </si>
+  <si>
+    <t>Mittelland West</t>
+  </si>
+  <si>
+    <t>Mittelland Mitte</t>
+  </si>
+  <si>
+    <t>Mittelland Ost</t>
+  </si>
+  <si>
+    <t>Voralpen West</t>
+  </si>
+  <si>
+    <t>Voralpen Mitte</t>
+  </si>
+  <si>
+    <t>Voralpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Nordwest</t>
+  </si>
+  <si>
+    <t>Alpen Mitte</t>
+  </si>
+  <si>
+    <t>Alpen Nordost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>Reservatstyp (2023)</t>
+  </si>
+  <si>
+    <t>Eigentum (2 Klassen; Stand LFI5)</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>keine Angabe</t>
+  </si>
+  <si>
+    <t>Wert nicht ermittelt</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>pubblica</t>
-[...14 lines deleted...]
-    <t>altro bosco</t>
+    <t>öffentlich</t>
+  </si>
+  <si>
+    <t>privat</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Naturwaldreservat</t>
+  </si>
+  <si>
+    <t>Sonderwaldreservat</t>
+  </si>
+  <si>
+    <t>übriger Wald</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1424874/605360</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">tipo di riserva (2023)</t>
+      <t xml:space="preserve">Reservatstyp (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2707</t>
     </r>
   </si>
   <si>
-    <t>Tipo di riserva forestale (riserva forestale naturale, riserva forestale speciale, altra foresta), in base alle riserve forestali definite dai cantoni (2023) e alla decisione bosco/non bosco nel rispettivo inventario. Fonte: dati GIS dell'UFAM (2023), nonché rilievo sul terreno (MID 816) oppure - nel caso di un bosco inaccessibile - interpretazione di foto aeree</t>
+    <t>Typ des Waldreservats (Naturwaldreservat, Sonderwaldreservat, übriger Wald), basierend auf den Waldreservaten nach Angabe der Kantone (Stand 2023) und dem Wald-/Nichtwald-Entscheid der jeweiligen Inventur. Grundlage: GIS-Daten BAFU (2023) sowie Feldaufnahme (MID 816) oder - wenn Wald nicht zugänglich - Luftbildinterpretation</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proprietà (2 classi; situazione nell'IFN5)</t>
+      <t xml:space="preserve">Eigentum (2 Klassen; Stand LFI5)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2629</t>
     </r>
   </si>
   <si>
-    <t>Condizioni di proprietà del bosco al momento dell'IFN5, caratterizzata dalle due classi «pubblico» e «privato». Questo attributo viene utilizzato nelle analisi delle variazioni, in modo che i cambiamenti di proprietà (tra un inventario e l'altro) non influenzino i risultati. Fonte: inchiesta presso il servizio forestale (MID 365: Eigentum)</t>
+    <t>Eigentumsverhältnis am Wald zum Zeitpunkt des LFI5, charakterisiert mithilfe der zwei Klassen «öffentlich» und «privat». Das Merkmal wird bei Veränderungsauswertungen verwendet, damit Besitzerwechsel keinen Einfluss auf die Resultate haben. Grundlage: Forstdienstbefragung (MID 365: Eigentum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione economica</t>
+      <t xml:space="preserve">Wirtschaftsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
+    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
+    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -771,52 +774,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AF52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="52.844" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="25.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="11.569" bestFit="true" customWidth="true" style="0"/>
@@ -1048,551 +1051,551 @@
       </c>
       <c r="AA12" s="4" t="s">
         <v>26</v>
       </c>
       <c r="AB12" s="4" t="s">
         <v>27</v>
       </c>
       <c r="AC12" s="4" t="s">
         <v>26</v>
       </c>
       <c r="AD12" s="4" t="s">
         <v>27</v>
       </c>
       <c r="AE12" s="4" t="s">
         <v>26</v>
       </c>
       <c r="AF12" s="4" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="13" spans="1:32">
       <c r="A13" s="5" t="s">
         <v>28</v>
       </c>
       <c r="B13" s="5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C13" s="6">
         <v>0.0</v>
       </c>
       <c r="D13" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E13" s="6">
         <v>0.0</v>
       </c>
       <c r="F13" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G13" s="6">
         <v>0.0</v>
       </c>
       <c r="H13" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="I13" s="6">
         <v>0.0</v>
       </c>
       <c r="J13" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="K13" s="6">
         <v>0.0</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="M13" s="6">
         <v>0.0</v>
       </c>
       <c r="N13" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="O13" s="6">
         <v>0.0</v>
       </c>
       <c r="P13" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Q13" s="6">
         <v>0.0</v>
       </c>
       <c r="R13" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="S13" s="6">
         <v>0.0</v>
       </c>
       <c r="T13" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="U13" s="6">
         <v>0.0</v>
       </c>
       <c r="V13" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="W13" s="6">
         <v>0.0</v>
       </c>
       <c r="X13" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Y13" s="6">
         <v>0.0</v>
       </c>
       <c r="Z13" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AA13" s="6">
         <v>0.0</v>
       </c>
       <c r="AB13" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AC13" s="6">
         <v>0.0</v>
       </c>
       <c r="AD13" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AE13" s="6">
         <v>0.0</v>
       </c>
       <c r="AF13" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="14" spans="1:32">
       <c r="A14" s="5"/>
       <c r="B14" s="5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C14" s="6">
         <v>0.0</v>
       </c>
       <c r="D14" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E14" s="6">
         <v>0.0</v>
       </c>
       <c r="F14" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G14" s="6">
         <v>0.0</v>
       </c>
       <c r="H14" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="I14" s="6">
         <v>0.0</v>
       </c>
       <c r="J14" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="K14" s="6">
         <v>0.0</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="M14" s="6">
         <v>0.0</v>
       </c>
       <c r="N14" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="O14" s="6">
         <v>0.0</v>
       </c>
       <c r="P14" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Q14" s="6">
         <v>0.0</v>
       </c>
       <c r="R14" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="S14" s="6">
         <v>0.0</v>
       </c>
       <c r="T14" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="U14" s="6">
         <v>0.0</v>
       </c>
       <c r="V14" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="W14" s="6">
         <v>0.0</v>
       </c>
       <c r="X14" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Y14" s="6">
         <v>0.0</v>
       </c>
       <c r="Z14" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AA14" s="6">
         <v>0.0</v>
       </c>
       <c r="AB14" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AC14" s="6">
         <v>0.0</v>
       </c>
       <c r="AD14" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AE14" s="6">
         <v>0.0</v>
       </c>
       <c r="AF14" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="5"/>
       <c r="B15" s="5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C15" s="6">
         <v>0.0</v>
       </c>
       <c r="D15" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E15" s="6">
         <v>0.0</v>
       </c>
       <c r="F15" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G15" s="6">
         <v>0.0</v>
       </c>
       <c r="H15" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="I15" s="6">
         <v>0.0</v>
       </c>
       <c r="J15" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="K15" s="6">
         <v>0.0</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="M15" s="6">
         <v>0.0</v>
       </c>
       <c r="N15" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="O15" s="6">
         <v>0.0</v>
       </c>
       <c r="P15" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Q15" s="6">
         <v>0.0</v>
       </c>
       <c r="R15" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="S15" s="6">
         <v>0.0</v>
       </c>
       <c r="T15" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="U15" s="6">
         <v>0.0</v>
       </c>
       <c r="V15" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="W15" s="6">
         <v>0.0</v>
       </c>
       <c r="X15" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Y15" s="6">
         <v>0.0</v>
       </c>
       <c r="Z15" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AA15" s="6">
         <v>0.0</v>
       </c>
       <c r="AB15" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AC15" s="6">
         <v>0.0</v>
       </c>
       <c r="AD15" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AE15" s="6">
         <v>0.0</v>
       </c>
       <c r="AF15" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="A16" s="5"/>
       <c r="B16" s="5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C16" s="6">
         <v>0.0</v>
       </c>
       <c r="D16" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E16" s="6">
         <v>0.0</v>
       </c>
       <c r="F16" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G16" s="6">
         <v>0.0</v>
       </c>
       <c r="H16" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="I16" s="6">
         <v>0.0</v>
       </c>
       <c r="J16" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="K16" s="6">
         <v>0.0</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="M16" s="6">
         <v>0.0</v>
       </c>
       <c r="N16" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="O16" s="6">
         <v>0.0</v>
       </c>
       <c r="P16" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Q16" s="6">
         <v>0.0</v>
       </c>
       <c r="R16" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="S16" s="6">
         <v>0.0</v>
       </c>
       <c r="T16" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="U16" s="6">
         <v>0.0</v>
       </c>
       <c r="V16" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="W16" s="6">
         <v>0.0</v>
       </c>
       <c r="X16" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Y16" s="6">
         <v>0.0</v>
       </c>
       <c r="Z16" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AA16" s="6">
         <v>0.0</v>
       </c>
       <c r="AB16" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AC16" s="6">
         <v>0.0</v>
       </c>
       <c r="AD16" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AE16" s="6">
         <v>0.0</v>
       </c>
       <c r="AF16" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="A17" s="5" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B17" s="5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C17" s="6">
         <v>0.0</v>
       </c>
       <c r="D17" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E17" s="6">
         <v>0.0</v>
       </c>
       <c r="F17" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G17" s="6">
         <v>0.0</v>
       </c>
       <c r="H17" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="I17" s="6">
         <v>0.0</v>
       </c>
       <c r="J17" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="K17" s="6">
         <v>0.0</v>
       </c>
       <c r="L17" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="M17" s="6">
         <v>0.0</v>
       </c>
       <c r="N17" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="O17" s="6">
         <v>0.0</v>
       </c>
       <c r="P17" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Q17" s="6">
         <v>0.0</v>
       </c>
       <c r="R17" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="S17" s="6">
         <v>0.0</v>
       </c>
       <c r="T17" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="U17" s="6">
         <v>0.0</v>
       </c>
       <c r="V17" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="W17" s="6">
         <v>0.0</v>
       </c>
       <c r="X17" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Y17" s="6">
         <v>0.0</v>
       </c>
       <c r="Z17" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AA17" s="6">
         <v>0.0</v>
       </c>
       <c r="AB17" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AC17" s="6">
         <v>0.0</v>
       </c>
       <c r="AD17" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AE17" s="6">
         <v>0.0</v>
       </c>
       <c r="AF17" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="18" spans="1:32">
       <c r="A18" s="5"/>
       <c r="B18" s="5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C18" s="6">
         <v>6.3</v>
       </c>
       <c r="D18" s="6">
         <v>23</v>
       </c>
       <c r="E18" s="6">
         <v>3.5</v>
       </c>
       <c r="F18" s="6">
         <v>31</v>
       </c>
       <c r="G18" s="6">
         <v>0.0</v>
       </c>
       <c r="H18" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="I18" s="6">
         <v>0.7</v>
       </c>
       <c r="J18" s="6">
         <v>71</v>
       </c>
       <c r="K18" s="6">
         <v>3.4</v>
       </c>
       <c r="L18" s="6">
         <v>32</v>
       </c>
       <c r="M18" s="6">
         <v>0.7</v>
       </c>
       <c r="N18" s="6">
         <v>71</v>
       </c>
       <c r="O18" s="6">
         <v>2.6</v>
       </c>
       <c r="P18" s="6">
         <v>38</v>
       </c>
@@ -1626,165 +1629,165 @@
       <c r="Z18" s="6">
         <v>33</v>
       </c>
       <c r="AA18" s="6">
         <v>6.0</v>
       </c>
       <c r="AB18" s="6">
         <v>24</v>
       </c>
       <c r="AC18" s="6">
         <v>9.0</v>
       </c>
       <c r="AD18" s="6">
         <v>20</v>
       </c>
       <c r="AE18" s="6">
         <v>42.9</v>
       </c>
       <c r="AF18" s="6">
         <v>9</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="5"/>
       <c r="B19" s="5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C19" s="6">
         <v>0.3</v>
       </c>
       <c r="D19" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E19" s="6">
         <v>0.3</v>
       </c>
       <c r="F19" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G19" s="6">
         <v>0.0</v>
       </c>
       <c r="H19" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="I19" s="6">
         <v>0.0</v>
       </c>
       <c r="J19" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="K19" s="6">
         <v>0.3</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="M19" s="6">
         <v>0.4</v>
       </c>
       <c r="N19" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="O19" s="6">
         <v>1.8</v>
       </c>
       <c r="P19" s="6">
         <v>45</v>
       </c>
       <c r="Q19" s="6">
         <v>0.0</v>
       </c>
       <c r="R19" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="S19" s="6">
         <v>1.1</v>
       </c>
       <c r="T19" s="6">
         <v>58</v>
       </c>
       <c r="U19" s="6">
         <v>0.0</v>
       </c>
       <c r="V19" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="W19" s="6">
         <v>0.0</v>
       </c>
       <c r="X19" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Y19" s="6">
         <v>0.7</v>
       </c>
       <c r="Z19" s="6">
         <v>71</v>
       </c>
       <c r="AA19" s="6">
         <v>0.0</v>
       </c>
       <c r="AB19" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AC19" s="6">
         <v>0.0</v>
       </c>
       <c r="AD19" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AE19" s="6">
         <v>4.9</v>
       </c>
       <c r="AF19" s="6">
         <v>27</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="A20" s="5"/>
       <c r="B20" s="5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C20" s="6">
         <v>6.7</v>
       </c>
       <c r="D20" s="6">
         <v>23</v>
       </c>
       <c r="E20" s="6">
         <v>3.8</v>
       </c>
       <c r="F20" s="6">
         <v>30</v>
       </c>
       <c r="G20" s="6">
         <v>0.0</v>
       </c>
       <c r="H20" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="I20" s="6">
         <v>0.7</v>
       </c>
       <c r="J20" s="6">
         <v>71</v>
       </c>
       <c r="K20" s="6">
         <v>3.8</v>
       </c>
       <c r="L20" s="6">
         <v>30</v>
       </c>
       <c r="M20" s="6">
         <v>1.1</v>
       </c>
       <c r="N20" s="6">
         <v>58</v>
       </c>
       <c r="O20" s="6">
         <v>4.3</v>
       </c>
       <c r="P20" s="6">
         <v>29</v>
       </c>
@@ -1817,536 +1820,536 @@
       </c>
       <c r="Z20" s="6">
         <v>30</v>
       </c>
       <c r="AA20" s="6">
         <v>6.0</v>
       </c>
       <c r="AB20" s="6">
         <v>24</v>
       </c>
       <c r="AC20" s="6">
         <v>9.0</v>
       </c>
       <c r="AD20" s="6">
         <v>20</v>
       </c>
       <c r="AE20" s="6">
         <v>47.8</v>
       </c>
       <c r="AF20" s="6">
         <v>8</v>
       </c>
     </row>
     <row r="21" spans="1:32">
       <c r="A21" s="5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B21" s="5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C21" s="6">
         <v>0.0</v>
       </c>
       <c r="D21" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E21" s="6">
         <v>0.0</v>
       </c>
       <c r="F21" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G21" s="6">
         <v>0.0</v>
       </c>
       <c r="H21" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="I21" s="6">
         <v>0.0</v>
       </c>
       <c r="J21" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="K21" s="6">
         <v>0.0</v>
       </c>
       <c r="L21" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="M21" s="6">
         <v>0.0</v>
       </c>
       <c r="N21" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="O21" s="6">
         <v>0.0</v>
       </c>
       <c r="P21" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Q21" s="6">
         <v>0.0</v>
       </c>
       <c r="R21" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="S21" s="6">
         <v>0.0</v>
       </c>
       <c r="T21" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="U21" s="6">
         <v>0.0</v>
       </c>
       <c r="V21" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="W21" s="6">
         <v>0.0</v>
       </c>
       <c r="X21" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Y21" s="6">
         <v>0.0</v>
       </c>
       <c r="Z21" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AA21" s="6">
         <v>0.0</v>
       </c>
       <c r="AB21" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AC21" s="6">
         <v>0.0</v>
       </c>
       <c r="AD21" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AE21" s="6">
         <v>0.0</v>
       </c>
       <c r="AF21" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="22" spans="1:32">
       <c r="A22" s="5"/>
       <c r="B22" s="5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C22" s="6">
         <v>4.7</v>
       </c>
       <c r="D22" s="6">
         <v>27</v>
       </c>
       <c r="E22" s="6">
         <v>3.5</v>
       </c>
       <c r="F22" s="6">
         <v>31</v>
       </c>
       <c r="G22" s="6">
         <v>0.4</v>
       </c>
       <c r="H22" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="I22" s="6">
         <v>1.0</v>
       </c>
       <c r="J22" s="6">
         <v>58</v>
       </c>
       <c r="K22" s="6">
         <v>5.1</v>
       </c>
       <c r="L22" s="6">
         <v>26</v>
       </c>
       <c r="M22" s="6">
         <v>0.3</v>
       </c>
       <c r="N22" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="O22" s="6">
         <v>2.5</v>
       </c>
       <c r="P22" s="6">
         <v>38</v>
       </c>
       <c r="Q22" s="6">
         <v>5.6</v>
       </c>
       <c r="R22" s="6">
         <v>25</v>
       </c>
       <c r="S22" s="6">
         <v>0.0</v>
       </c>
       <c r="T22" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="U22" s="6">
         <v>0.0</v>
       </c>
       <c r="V22" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="W22" s="6">
         <v>1.4</v>
       </c>
       <c r="X22" s="6">
         <v>50</v>
       </c>
       <c r="Y22" s="6">
         <v>1.4</v>
       </c>
       <c r="Z22" s="6">
         <v>50</v>
       </c>
       <c r="AA22" s="6">
         <v>8.8</v>
       </c>
       <c r="AB22" s="6">
         <v>20</v>
       </c>
       <c r="AC22" s="6">
         <v>1.0</v>
       </c>
       <c r="AD22" s="6">
         <v>58</v>
       </c>
       <c r="AE22" s="6">
         <v>36.0</v>
       </c>
       <c r="AF22" s="6">
         <v>10</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="5"/>
       <c r="B23" s="5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C23" s="6">
         <v>0.3</v>
       </c>
       <c r="D23" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E23" s="6">
         <v>0.4</v>
       </c>
       <c r="F23" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G23" s="6">
         <v>0.0</v>
       </c>
       <c r="H23" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="I23" s="6">
         <v>0.0</v>
       </c>
       <c r="J23" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="K23" s="6">
         <v>2.0</v>
       </c>
       <c r="L23" s="6">
         <v>41</v>
       </c>
       <c r="M23" s="6">
         <v>0.0</v>
       </c>
       <c r="N23" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="O23" s="6">
         <v>2.2</v>
       </c>
       <c r="P23" s="6">
         <v>41</v>
       </c>
       <c r="Q23" s="6">
         <v>0.0</v>
       </c>
       <c r="R23" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="S23" s="6">
         <v>0.0</v>
       </c>
       <c r="T23" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="U23" s="6">
         <v>0.0</v>
       </c>
       <c r="V23" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="W23" s="6">
         <v>0.0</v>
       </c>
       <c r="X23" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Y23" s="6">
         <v>0.7</v>
       </c>
       <c r="Z23" s="6">
         <v>71</v>
       </c>
       <c r="AA23" s="6">
         <v>0.4</v>
       </c>
       <c r="AB23" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AC23" s="6">
         <v>0.0</v>
       </c>
       <c r="AD23" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AE23" s="6">
         <v>6.0</v>
       </c>
       <c r="AF23" s="6">
         <v>24</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="A24" s="5"/>
       <c r="B24" s="5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C24" s="6">
         <v>5.1</v>
       </c>
       <c r="D24" s="6">
         <v>26</v>
       </c>
       <c r="E24" s="6">
         <v>3.9</v>
       </c>
       <c r="F24" s="6">
         <v>30</v>
       </c>
       <c r="G24" s="6">
         <v>0.4</v>
       </c>
       <c r="H24" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="I24" s="6">
         <v>1.0</v>
       </c>
       <c r="J24" s="6">
         <v>58</v>
       </c>
       <c r="K24" s="6">
         <v>7.2</v>
       </c>
       <c r="L24" s="6">
         <v>22</v>
       </c>
       <c r="M24" s="6">
         <v>0.3</v>
       </c>
       <c r="N24" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="O24" s="6">
         <v>4.7</v>
       </c>
       <c r="P24" s="6">
         <v>28</v>
       </c>
       <c r="Q24" s="6">
         <v>5.6</v>
       </c>
       <c r="R24" s="6">
         <v>25</v>
       </c>
       <c r="S24" s="6">
         <v>0.0</v>
       </c>
       <c r="T24" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="U24" s="6">
         <v>0.0</v>
       </c>
       <c r="V24" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="W24" s="6">
         <v>1.4</v>
       </c>
       <c r="X24" s="6">
         <v>50</v>
       </c>
       <c r="Y24" s="6">
         <v>2.1</v>
       </c>
       <c r="Z24" s="6">
         <v>41</v>
       </c>
       <c r="AA24" s="6">
         <v>9.2</v>
       </c>
       <c r="AB24" s="6">
         <v>19</v>
       </c>
       <c r="AC24" s="6">
         <v>1.0</v>
       </c>
       <c r="AD24" s="6">
         <v>58</v>
       </c>
       <c r="AE24" s="6">
         <v>42.0</v>
       </c>
       <c r="AF24" s="6">
         <v>9</v>
       </c>
     </row>
     <row r="25" spans="1:32">
       <c r="A25" s="5" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B25" s="5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C25" s="6">
         <v>0.0</v>
       </c>
       <c r="D25" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E25" s="6">
         <v>0.0</v>
       </c>
       <c r="F25" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G25" s="6">
         <v>0.0</v>
       </c>
       <c r="H25" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="I25" s="6">
         <v>0.0</v>
       </c>
       <c r="J25" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="K25" s="6">
         <v>0.0</v>
       </c>
       <c r="L25" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="M25" s="6">
         <v>0.0</v>
       </c>
       <c r="N25" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="O25" s="6">
         <v>0.0</v>
       </c>
       <c r="P25" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Q25" s="6">
         <v>0.0</v>
       </c>
       <c r="R25" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="S25" s="6">
         <v>0.0</v>
       </c>
       <c r="T25" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="U25" s="6">
         <v>0.0</v>
       </c>
       <c r="V25" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="W25" s="6">
         <v>0.0</v>
       </c>
       <c r="X25" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Y25" s="6">
         <v>0.0</v>
       </c>
       <c r="Z25" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AA25" s="6">
         <v>0.0</v>
       </c>
       <c r="AB25" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AC25" s="6">
         <v>0.0</v>
       </c>
       <c r="AD25" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AE25" s="6">
         <v>0.0</v>
       </c>
       <c r="AF25" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="26" spans="1:32">
       <c r="A26" s="5"/>
       <c r="B26" s="5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C26" s="6">
         <v>103.9</v>
       </c>
       <c r="D26" s="6">
         <v>4</v>
       </c>
       <c r="E26" s="6">
         <v>27.3</v>
       </c>
       <c r="F26" s="6">
         <v>10</v>
       </c>
       <c r="G26" s="6">
         <v>26.0</v>
       </c>
       <c r="H26" s="6">
         <v>11</v>
       </c>
       <c r="I26" s="6">
         <v>38.6</v>
       </c>
       <c r="J26" s="6">
         <v>9</v>
       </c>
@@ -2398,51 +2401,51 @@
       <c r="Z26" s="6">
         <v>6</v>
       </c>
       <c r="AA26" s="6">
         <v>111.5</v>
       </c>
       <c r="AB26" s="6">
         <v>5</v>
       </c>
       <c r="AC26" s="6">
         <v>116.2</v>
       </c>
       <c r="AD26" s="6">
         <v>4</v>
       </c>
       <c r="AE26" s="6">
         <v>720.2</v>
       </c>
       <c r="AF26" s="6">
         <v>2</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="5"/>
       <c r="B27" s="5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C27" s="6">
         <v>39.4</v>
       </c>
       <c r="D27" s="6">
         <v>9</v>
       </c>
       <c r="E27" s="6">
         <v>7.7</v>
       </c>
       <c r="F27" s="6">
         <v>21</v>
       </c>
       <c r="G27" s="6">
         <v>15.4</v>
       </c>
       <c r="H27" s="6">
         <v>14</v>
       </c>
       <c r="I27" s="6">
         <v>37.1</v>
       </c>
       <c r="J27" s="6">
         <v>9</v>
       </c>
@@ -2494,51 +2497,51 @@
       <c r="Z27" s="6">
         <v>11</v>
       </c>
       <c r="AA27" s="6">
         <v>27.1</v>
       </c>
       <c r="AB27" s="6">
         <v>11</v>
       </c>
       <c r="AC27" s="6">
         <v>32.5</v>
       </c>
       <c r="AD27" s="6">
         <v>9</v>
       </c>
       <c r="AE27" s="6">
         <v>401.5</v>
       </c>
       <c r="AF27" s="6">
         <v>2</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="A28" s="5"/>
       <c r="B28" s="5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C28" s="6">
         <v>143.3</v>
       </c>
       <c r="D28" s="6">
         <v>3</v>
       </c>
       <c r="E28" s="6">
         <v>34.9</v>
       </c>
       <c r="F28" s="6">
         <v>9</v>
       </c>
       <c r="G28" s="6">
         <v>41.4</v>
       </c>
       <c r="H28" s="6">
         <v>8</v>
       </c>
       <c r="I28" s="6">
         <v>75.8</v>
       </c>
       <c r="J28" s="6">
         <v>6</v>
       </c>
@@ -2589,150 +2592,150 @@
       </c>
       <c r="Z28" s="6">
         <v>5</v>
       </c>
       <c r="AA28" s="6">
         <v>138.6</v>
       </c>
       <c r="AB28" s="6">
         <v>4</v>
       </c>
       <c r="AC28" s="6">
         <v>148.7</v>
       </c>
       <c r="AD28" s="6">
         <v>2</v>
       </c>
       <c r="AE28" s="6">
         <v>1121.7</v>
       </c>
       <c r="AF28" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="A29" s="5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B29" s="5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C29" s="6">
         <v>0.0</v>
       </c>
       <c r="D29" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E29" s="6">
         <v>0.0</v>
       </c>
       <c r="F29" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G29" s="6">
         <v>0.0</v>
       </c>
       <c r="H29" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="I29" s="6">
         <v>0.0</v>
       </c>
       <c r="J29" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="K29" s="6">
         <v>0.0</v>
       </c>
       <c r="L29" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="M29" s="6">
         <v>0.0</v>
       </c>
       <c r="N29" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="O29" s="6">
         <v>0.0</v>
       </c>
       <c r="P29" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Q29" s="6">
         <v>0.0</v>
       </c>
       <c r="R29" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="S29" s="6">
         <v>0.0</v>
       </c>
       <c r="T29" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="U29" s="6">
         <v>0.0</v>
       </c>
       <c r="V29" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="W29" s="6">
         <v>0.0</v>
       </c>
       <c r="X29" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Y29" s="6">
         <v>0.0</v>
       </c>
       <c r="Z29" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AA29" s="6">
         <v>0.0</v>
       </c>
       <c r="AB29" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AC29" s="6">
         <v>0.0</v>
       </c>
       <c r="AD29" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AE29" s="6">
         <v>0.0</v>
       </c>
       <c r="AF29" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:32">
       <c r="A30" s="5"/>
       <c r="B30" s="5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C30" s="6">
         <v>115.0</v>
       </c>
       <c r="D30" s="6">
         <v>4</v>
       </c>
       <c r="E30" s="6">
         <v>34.3</v>
       </c>
       <c r="F30" s="6">
         <v>9</v>
       </c>
       <c r="G30" s="6">
         <v>26.4</v>
       </c>
       <c r="H30" s="6">
         <v>11</v>
       </c>
       <c r="I30" s="6">
         <v>40.3</v>
       </c>
       <c r="J30" s="6">
         <v>8</v>
       </c>
@@ -2784,51 +2787,51 @@
       <c r="Z30" s="6">
         <v>6</v>
       </c>
       <c r="AA30" s="6">
         <v>126.4</v>
       </c>
       <c r="AB30" s="6">
         <v>5</v>
       </c>
       <c r="AC30" s="6">
         <v>126.3</v>
       </c>
       <c r="AD30" s="6">
         <v>3</v>
       </c>
       <c r="AE30" s="6">
         <v>799.0</v>
       </c>
       <c r="AF30" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="5"/>
       <c r="B31" s="5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C31" s="6">
         <v>40.1</v>
       </c>
       <c r="D31" s="6">
         <v>8</v>
       </c>
       <c r="E31" s="6">
         <v>8.4</v>
       </c>
       <c r="F31" s="6">
         <v>20</v>
       </c>
       <c r="G31" s="6">
         <v>15.4</v>
       </c>
       <c r="H31" s="6">
         <v>14</v>
       </c>
       <c r="I31" s="6">
         <v>37.1</v>
       </c>
       <c r="J31" s="6">
         <v>9</v>
       </c>
@@ -2880,51 +2883,51 @@
       <c r="Z31" s="6">
         <v>10</v>
       </c>
       <c r="AA31" s="6">
         <v>27.4</v>
       </c>
       <c r="AB31" s="6">
         <v>11</v>
       </c>
       <c r="AC31" s="6">
         <v>32.5</v>
       </c>
       <c r="AD31" s="6">
         <v>9</v>
       </c>
       <c r="AE31" s="6">
         <v>412.4</v>
       </c>
       <c r="AF31" s="6">
         <v>2</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="A32" s="5"/>
       <c r="B32" s="5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C32" s="6">
         <v>155.1</v>
       </c>
       <c r="D32" s="6">
         <v>3</v>
       </c>
       <c r="E32" s="6">
         <v>42.6</v>
       </c>
       <c r="F32" s="6">
         <v>8</v>
       </c>
       <c r="G32" s="6">
         <v>41.7</v>
       </c>
       <c r="H32" s="6">
         <v>8</v>
       </c>
       <c r="I32" s="6">
         <v>77.5</v>
       </c>
       <c r="J32" s="6">
         <v>6</v>
       </c>
@@ -2986,51 +2989,51 @@
         <v>158.8</v>
       </c>
       <c r="AD32" s="6">
         <v>2</v>
       </c>
       <c r="AE32" s="6">
         <v>1211.5</v>
       </c>
       <c r="AF32" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:32" customHeight="1" ht="21.75">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1424874/605360</t>
           </r>
         </is>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3"/>
       <c r="E33" s="3"/>
       <c r="F33" s="3"/>
       <c r="G33" s="3"/>
       <c r="H33" s="3"/>
       <c r="I33" s="3"/>
       <c r="J33" s="3"/>
       <c r="K33" s="3"/>
       <c r="L33" s="3"/>
@@ -3046,245 +3049,245 @@
       <c r="V33" s="3"/>
       <c r="W33" s="3"/>
       <c r="X33" s="3"/>
       <c r="Y33" s="3"/>
       <c r="Z33" s="3"/>
       <c r="AA33" s="3"/>
       <c r="AB33" s="3"/>
       <c r="AC33" s="3"/>
       <c r="AD33" s="3"/>
       <c r="AE33" s="3"/>
       <c r="AF33" s="3"/>
     </row>
     <row r="36" spans="1:32">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:32" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">tipo di riserva (2023)</t>
+            <t xml:space="preserve">Reservatstyp (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2707</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:32" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="42" spans="1:32">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proprietà (2 classi; situazione nell'IFN5)</t>
+            <t xml:space="preserve">Eigentum (2 Klassen; Stand LFI5)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2629</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:32" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="45" spans="1:32">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione economica</t>
+            <t xml:space="preserve">Wirtschaftsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:32" customHeight="1" ht="29">
       <c r="A46" s="1" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="48" spans="1:32">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:32" customHeight="1" ht="29">
       <c r="A49" s="1" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="51" spans="1:32">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:32" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AF1"/>
     <mergeCell ref="A2:AF2"/>
     <mergeCell ref="A3:AF3"/>
     <mergeCell ref="A4:AF4"/>
     <mergeCell ref="A5:AF5"/>
     <mergeCell ref="A6:AF6"/>
     <mergeCell ref="A7:AF7"/>
     <mergeCell ref="A8:AF8"/>
     <mergeCell ref="C10:AF10"/>
     <mergeCell ref="C11:D11"/>
     <mergeCell ref="E11:F11"/>
     <mergeCell ref="G11:H11"/>
     <mergeCell ref="I11:J11"/>
     <mergeCell ref="K11:L11"/>
     <mergeCell ref="M11:N11"/>
     <mergeCell ref="O11:P11"/>
     <mergeCell ref="Q11:R11"/>
     <mergeCell ref="S11:T11"/>
     <mergeCell ref="U11:V11"/>
     <mergeCell ref="W11:X11"/>
     <mergeCell ref="Y11:Z11"/>