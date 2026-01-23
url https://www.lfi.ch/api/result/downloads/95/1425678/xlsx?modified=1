--- v0 (2025-10-10)
+++ v1 (2026-01-23)
@@ -14,344 +14,344 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Reservatstyp (2023)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>number of stems</t>
+  </si>
+  <si>
+    <t>reserve type</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Produktionsregion</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: production region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Stk./ha</t>
+      <t xml:space="preserve">unit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: n/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...9 lines deleted...]
-    <t>Produktionsregion</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>production region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Mittelland</t>
-[...14 lines deleted...]
-    <t>Stk./ha</t>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Pre-Alps</t>
+  </si>
+  <si>
+    <t>Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>n/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Naturwaldreservat</t>
-[...8 lines deleted...]
-    <t>Total</t>
+    <t>natural forest reserve</t>
+  </si>
+  <si>
+    <t>special forest reserve</t>
+  </si>
+  <si>
+    <t>other forest</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1425678/606164</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Stammzahl</t>
+      <t xml:space="preserve">number of stems</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #73</t>
     </r>
   </si>
   <si>
-    <t>Anzahl Stämme der lebenden Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD).</t>
+    <t>Number of stems of living trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Reservatstyp (2023)</t>
+      <t xml:space="preserve">reserve type</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2707</t>
     </r>
   </si>
   <si>
-    <t>Typ des Waldreservats (Naturwaldreservat, Sonderwaldreservat, übriger Wald), basierend auf den Waldreservaten nach Angabe der Kantone (Stand 2023) und dem Wald-/Nichtwald-Entscheid der jeweiligen Inventur. Grundlage: GIS-Daten BAFU (2023) sowie Feldaufnahme (MID 816) oder - wenn Wald nicht zugänglich - Luftbildinterpretation</t>
+    <t>Type of forest reserve («natural forest reserve», «special forest reserve“ or «other forest»), based on the forest reserves as designated by the cantons (as of 2023) and the forest/non-forest decision of the respective Inventory. Reference: GIS data from FOEN, 2023, and Field Survey (MID 816) or – if the forest is inaccessible – aerial photo interpretation</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Produktionsregion</t>
+      <t xml:space="preserve">production region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
+    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">accessible forest without shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
+    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -703,62 +703,62 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="25.708" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" t="s">
@@ -1061,233 +1061,233 @@
         <v>449</v>
       </c>
       <c r="K17" s="6">
         <v>4</v>
       </c>
       <c r="L17" s="6">
         <v>400</v>
       </c>
       <c r="M17" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:13" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1425678/606164</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
       <c r="L18" s="3"/>
       <c r="M18" s="3"/>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Stammzahl</t>
+            <t xml:space="preserve">number of stems</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #73</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:13" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Reservatstyp (2023)</t>
+            <t xml:space="preserve">reserve type</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2707</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Produktionsregion</t>
+            <t xml:space="preserve">production region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+            <t xml:space="preserve">accessible forest without shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>