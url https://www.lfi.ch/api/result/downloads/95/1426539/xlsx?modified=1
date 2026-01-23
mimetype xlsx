--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,389 +14,389 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
-    <t>NFI4–NFI5</t>
-[...5 lines deleted...]
-    <t>type of last silvicultural treatment</t>
+    <t>LFI4–LFI5</t>
+  </si>
+  <si>
+    <t>Nutzung von Schaftderbholz</t>
+  </si>
+  <si>
+    <t>Art des letzten Eingriffs</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">: Schutzwaldregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %/yr, column total</t>
+      <t xml:space="preserve">: %/Jahr, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>change 2009/17–2018/26</t>
-[...26 lines deleted...]
-    <t>%/yr</t>
+    <t>Veränderung 2009/17–2018/26</t>
+  </si>
+  <si>
+    <t>Schutzwaldregion</t>
+  </si>
+  <si>
+    <t>Jura + Mittelland</t>
+  </si>
+  <si>
+    <t>Nordalpen West</t>
+  </si>
+  <si>
+    <t>Nordalpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>%/Jahr</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>no treatment</t>
-[...50 lines deleted...]
-    <t>total</t>
+    <t>kein Eingriff</t>
+  </si>
+  <si>
+    <t>Jungwaldpflege</t>
+  </si>
+  <si>
+    <t>Durchforstung</t>
+  </si>
+  <si>
+    <t>Lichtung</t>
+  </si>
+  <si>
+    <t>Räumung</t>
+  </si>
+  <si>
+    <t>Plenterung</t>
+  </si>
+  <si>
+    <t>Gebirgswalddurchforstung</t>
+  </si>
+  <si>
+    <t>Nieder-/Mittelwaldschlag</t>
+  </si>
+  <si>
+    <t>Überführung</t>
+  </si>
+  <si>
+    <t>Umwandlung</t>
+  </si>
+  <si>
+    <t>Sanitärhieb</t>
+  </si>
+  <si>
+    <t>Dauerwalddurchforstung</t>
+  </si>
+  <si>
+    <t>Waldrandpflege</t>
+  </si>
+  <si>
+    <t>Pflanzung</t>
+  </si>
+  <si>
+    <t>agro-forstlicher Eingriff</t>
+  </si>
+  <si>
+    <t>Entnahme einzelner Bäume</t>
+  </si>
+  <si>
+    <t>Sicherheitseingriff</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1426539/607086</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bolewood harvested</t>
+      <t xml:space="preserve">Nutzung von Schaftderbholz</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #87</t>
     </r>
   </si>
   <si>
-    <t>Wood volume of the stem without bark and stump ≥7 cm in diameter (limit for merchantable wood) of all trees and shrubs with a diameter at breast height (dbh) ≥12 cm that were harvested between two inventories and were alive during the earlier inventory.</t>
+    <t>Holzvolumen des Schaftes ohne Rinde und ohne Stock von mindestens 7 cm Durchmesser (Derbholzgrenze) aller zwischen zwei Inventuren genutzten und bei der Vorinventur lebenden Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">type of last silvicultural treatment</t>
+      <t xml:space="preserve">Art des letzten Eingriffs</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #709</t>
     </r>
   </si>
   <si>
-    <t>Indication of how the stand was treated during the last intervention. Reference: Forest Service Survey (MID 610: Kalenderjahr alle Eingriffe seit Referenzdatum, MID 611: Art alle Eingriffe seit Referenzdatum)</t>
+    <t>Angabe, wie der Bestand beim letzten Eingriff behandelt wurde. Grundlage: Forstdienstbefragung (MID 610: Kalenderjahr alle Eingriffe seit Referenzdatum, MID 611: Art alle Eingriffe seit Referenzdatum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">Schutzwaldregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -748,64 +748,64 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O48"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="54.13" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="32.849" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" t="s">
@@ -1808,235 +1808,235 @@
         <v>100.0</v>
       </c>
       <c r="M31" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N31" s="6">
         <v>100.0</v>
       </c>
       <c r="O31" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="32" spans="1:15" customHeight="1" ht="21.75">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1426539/607086</t>
           </r>
         </is>
       </c>
       <c r="B32" s="3"/>
       <c r="C32" s="3"/>
       <c r="D32" s="3"/>
       <c r="E32" s="3"/>
       <c r="F32" s="3"/>
       <c r="G32" s="3"/>
       <c r="H32" s="3"/>
       <c r="I32" s="3"/>
       <c r="J32" s="3"/>
       <c r="K32" s="3"/>
       <c r="L32" s="3"/>
       <c r="M32" s="3"/>
       <c r="N32" s="3"/>
       <c r="O32" s="3"/>
     </row>
     <row r="35" spans="1:15">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bolewood harvested</t>
+            <t xml:space="preserve">Nutzung von Schaftderbholz</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #87</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:15" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="38" spans="1:15">
       <c r="A38" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">type of last silvicultural treatment</t>
+            <t xml:space="preserve">Art des letzten Eingriffs</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #709</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:15" customHeight="1" ht="29">
       <c r="A39" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="41" spans="1:15">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">Schutzwaldregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:15" customHeight="1" ht="29">
       <c r="A42" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="44" spans="1:15">
       <c r="A44" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:15" customHeight="1" ht="29">
       <c r="A45" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="47" spans="1:15">
       <c r="A47" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:15" customHeight="1" ht="29">
       <c r="A48" s="1" t="s">
         <v>48</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>