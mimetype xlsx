--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,386 +14,386 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
-    <t>NFI4–NFI5</t>
-[...5 lines deleted...]
-    <t>type of last silvicultural treatment</t>
+    <t>IFN4–IFN5</t>
+  </si>
+  <si>
+    <t>utilizzazione del legno commerciabile del fusto</t>
+  </si>
+  <si>
+    <t>tipo dell'ultimo intervento</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: production region</t>
+      <t xml:space="preserve">: regione di produzione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1000 m³/yr</t>
+      <t xml:space="preserve">: 1000 m³/anno</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>change 2009/17–2018/26</t>
-[...23 lines deleted...]
-    <t>1000 m³/yr</t>
+    <t>variazione 2009/17–2018/26</t>
+  </si>
+  <si>
+    <t>regione di produzione</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Prealpi</t>
+  </si>
+  <si>
+    <t>Alpi</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>1000 m³/anno</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>no treatment</t>
-[...50 lines deleted...]
-    <t>total</t>
+    <t>nessun intervento</t>
+  </si>
+  <si>
+    <t>cure colturali al bosco giovane</t>
+  </si>
+  <si>
+    <t>diradamento</t>
+  </si>
+  <si>
+    <t>taglio di sementazione</t>
+  </si>
+  <si>
+    <t>taglio di sgombero</t>
+  </si>
+  <si>
+    <t>taglio a scelta</t>
+  </si>
+  <si>
+    <t>diradamento nei boschi di montagna</t>
+  </si>
+  <si>
+    <t>ceduazione (cedui e cedui composti)</t>
+  </si>
+  <si>
+    <t>conversione</t>
+  </si>
+  <si>
+    <t>trasformazione</t>
+  </si>
+  <si>
+    <t>taglio fitosanitario</t>
+  </si>
+  <si>
+    <t>diradamento in foresta permanente</t>
+  </si>
+  <si>
+    <t>cura del margine boschivo</t>
+  </si>
+  <si>
+    <t>piantagione</t>
+  </si>
+  <si>
+    <t>intervento di tipo agro-forestale</t>
+  </si>
+  <si>
+    <t xml:space="preserve">prelievo di singoli alberi </t>
+  </si>
+  <si>
+    <t>intervento di messa in sicurezza</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1426552/607099</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bolewood harvested</t>
+      <t xml:space="preserve">utilizzazione del legno commerciabile del fusto</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #87</t>
     </r>
   </si>
   <si>
-    <t>Wood volume of the stem without bark and stump ≥7 cm in diameter (limit for merchantable wood) of all trees and shrubs with a diameter at breast height (dbh) ≥12 cm that were harvested between two inventories and were alive during the earlier inventory.</t>
+    <t>Volume di legno del fusto senza corteccia e senza ceppaia di almeno 7 cm di diametro (limite del legno commerciabile) di tutti gli alberi e arbusti di almeno 12 cm di diametro a petto d'uomo (DPU) utilizzati tra due inventari e vivi al momento dell'inventario precedente.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">type of last silvicultural treatment</t>
+      <t xml:space="preserve">tipo dell'ultimo intervento</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #709</t>
     </r>
   </si>
   <si>
-    <t>Indication of how the stand was treated during the last intervention. Reference: Forest Service Survey (MID 610: Kalenderjahr alle Eingriffe seit Referenzdatum, MID 611: Art alle Eingriffe seit Referenzdatum)</t>
+    <t>Informazione sul tipo di intervento che è stato effettuato nel popolamento. Fonte: inchiesta presso il servizio forestale (MID 610: Kalenderjahr alle Eingriffe seit Referenzdatum, MID 611: Art alle Eingriffe seit Referenzdatum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">production region</t>
+      <t xml:space="preserve">regione di produzione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
+    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -745,62 +745,62 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M48"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="54.13" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" t="s">
@@ -1677,233 +1677,233 @@
         <v>133</v>
       </c>
       <c r="K31" s="6">
         <v>30</v>
       </c>
       <c r="L31" s="6">
         <v>5594</v>
       </c>
       <c r="M31" s="6">
         <v>5</v>
       </c>
     </row>
     <row r="32" spans="1:13" customHeight="1" ht="21.75">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1426552/607099</t>
           </r>
         </is>
       </c>
       <c r="B32" s="3"/>
       <c r="C32" s="3"/>
       <c r="D32" s="3"/>
       <c r="E32" s="3"/>
       <c r="F32" s="3"/>
       <c r="G32" s="3"/>
       <c r="H32" s="3"/>
       <c r="I32" s="3"/>
       <c r="J32" s="3"/>
       <c r="K32" s="3"/>
       <c r="L32" s="3"/>
       <c r="M32" s="3"/>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bolewood harvested</t>
+            <t xml:space="preserve">utilizzazione del legno commerciabile del fusto</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #87</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:13" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">type of last silvicultural treatment</t>
+            <t xml:space="preserve">tipo dell'ultimo intervento</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #709</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:13" customHeight="1" ht="29">
       <c r="A39" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">production region</t>
+            <t xml:space="preserve">regione di produzione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:13" customHeight="1" ht="29">
       <c r="A42" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:13" customHeight="1" ht="29">
       <c r="A45" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:13" customHeight="1" ht="29">
       <c r="A48" s="1" t="s">
         <v>47</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>