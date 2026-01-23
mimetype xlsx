--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,389 +14,389 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
-    <t>NFI4–NFI5</t>
-[...5 lines deleted...]
-    <t>type of last silvicultural treatment</t>
+    <t>IFN4–IFN5</t>
+  </si>
+  <si>
+    <t>utilizzazione del legno commerciabile del fusto</t>
+  </si>
+  <si>
+    <t>tipo dell'ultimo intervento</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">: regione dei boschi di protezione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1000 m³/yr</t>
+      <t xml:space="preserve">: 1000 m³/anno</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>change 2009/17–2018/26</t>
-[...26 lines deleted...]
-    <t>1000 m³/yr</t>
+    <t>variazione 2009/17–2018/26</t>
+  </si>
+  <si>
+    <t>regione dei boschi di protezione</t>
+  </si>
+  <si>
+    <t>Giura/Altopiano</t>
+  </si>
+  <si>
+    <t>Alpi nordoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi nordorientali</t>
+  </si>
+  <si>
+    <t>Alpi sudoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi sudorientali</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>1000 m³/anno</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>no treatment</t>
-[...50 lines deleted...]
-    <t>total</t>
+    <t>nessun intervento</t>
+  </si>
+  <si>
+    <t>cure colturali al bosco giovane</t>
+  </si>
+  <si>
+    <t>diradamento</t>
+  </si>
+  <si>
+    <t>taglio di sementazione</t>
+  </si>
+  <si>
+    <t>taglio di sgombero</t>
+  </si>
+  <si>
+    <t>taglio a scelta</t>
+  </si>
+  <si>
+    <t>diradamento nei boschi di montagna</t>
+  </si>
+  <si>
+    <t>ceduazione (cedui e cedui composti)</t>
+  </si>
+  <si>
+    <t>conversione</t>
+  </si>
+  <si>
+    <t>trasformazione</t>
+  </si>
+  <si>
+    <t>taglio fitosanitario</t>
+  </si>
+  <si>
+    <t>diradamento in foresta permanente</t>
+  </si>
+  <si>
+    <t>cura del margine boschivo</t>
+  </si>
+  <si>
+    <t>piantagione</t>
+  </si>
+  <si>
+    <t>intervento di tipo agro-forestale</t>
+  </si>
+  <si>
+    <t xml:space="preserve">prelievo di singoli alberi </t>
+  </si>
+  <si>
+    <t>intervento di messa in sicurezza</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1426554/607101</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bolewood harvested</t>
+      <t xml:space="preserve">utilizzazione del legno commerciabile del fusto</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #87</t>
     </r>
   </si>
   <si>
-    <t>Wood volume of the stem without bark and stump ≥7 cm in diameter (limit for merchantable wood) of all trees and shrubs with a diameter at breast height (dbh) ≥12 cm that were harvested between two inventories and were alive during the earlier inventory.</t>
+    <t>Volume di legno del fusto senza corteccia e senza ceppaia di almeno 7 cm di diametro (limite del legno commerciabile) di tutti gli alberi e arbusti di almeno 12 cm di diametro a petto d'uomo (DPU) utilizzati tra due inventari e vivi al momento dell'inventario precedente.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">type of last silvicultural treatment</t>
+      <t xml:space="preserve">tipo dell'ultimo intervento</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #709</t>
     </r>
   </si>
   <si>
-    <t>Indication of how the stand was treated during the last intervention. Reference: Forest Service Survey (MID 610: Kalenderjahr alle Eingriffe seit Referenzdatum, MID 611: Art alle Eingriffe seit Referenzdatum)</t>
+    <t>Informazione sul tipo di intervento che è stato effettuato nel popolamento. Fonte: inchiesta presso il servizio forestale (MID 610: Kalenderjahr alle Eingriffe seit Referenzdatum, MID 611: Art alle Eingriffe seit Referenzdatum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">regione dei boschi di protezione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -748,64 +748,64 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O48"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="54.13" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" t="s">
@@ -1808,235 +1808,235 @@
         <v>138</v>
       </c>
       <c r="M31" s="6">
         <v>29</v>
       </c>
       <c r="N31" s="6">
         <v>5774</v>
       </c>
       <c r="O31" s="6">
         <v>4</v>
       </c>
     </row>
     <row r="32" spans="1:15" customHeight="1" ht="21.75">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1426554/607101</t>
           </r>
         </is>
       </c>
       <c r="B32" s="3"/>
       <c r="C32" s="3"/>
       <c r="D32" s="3"/>
       <c r="E32" s="3"/>
       <c r="F32" s="3"/>
       <c r="G32" s="3"/>
       <c r="H32" s="3"/>
       <c r="I32" s="3"/>
       <c r="J32" s="3"/>
       <c r="K32" s="3"/>
       <c r="L32" s="3"/>
       <c r="M32" s="3"/>
       <c r="N32" s="3"/>
       <c r="O32" s="3"/>
     </row>
     <row r="35" spans="1:15">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bolewood harvested</t>
+            <t xml:space="preserve">utilizzazione del legno commerciabile del fusto</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #87</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:15" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="38" spans="1:15">
       <c r="A38" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">type of last silvicultural treatment</t>
+            <t xml:space="preserve">tipo dell'ultimo intervento</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #709</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:15" customHeight="1" ht="29">
       <c r="A39" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="41" spans="1:15">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">regione dei boschi di protezione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:15" customHeight="1" ht="29">
       <c r="A42" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="44" spans="1:15">
       <c r="A44" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:15" customHeight="1" ht="29">
       <c r="A45" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="47" spans="1:15">
       <c r="A47" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:15" customHeight="1" ht="29">
       <c r="A48" s="1" t="s">
         <v>48</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>