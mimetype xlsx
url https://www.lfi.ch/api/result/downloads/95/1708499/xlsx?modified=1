--- v0 (2026-01-23)
+++ v1 (2026-01-23)
@@ -14,377 +14,377 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>stato della pianificazione forestale regionale</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>Stand der Waldentwicklungspläne (WEP)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: regione economica</t>
+      <t xml:space="preserve">: Wirtschaftsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, totale colonna</t>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...47 lines deleted...]
-    <t>Svizzera</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Wirtschaftsregion</t>
+  </si>
+  <si>
+    <t>Jura West</t>
+  </si>
+  <si>
+    <t>Jura Ost</t>
+  </si>
+  <si>
+    <t>Mittelland West</t>
+  </si>
+  <si>
+    <t>Mittelland Mitte</t>
+  </si>
+  <si>
+    <t>Mittelland Ost</t>
+  </si>
+  <si>
+    <t>Voralpen West</t>
+  </si>
+  <si>
+    <t>Voralpen Mitte</t>
+  </si>
+  <si>
+    <t>Voralpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Nordwest</t>
+  </si>
+  <si>
+    <t>Alpen Mitte</t>
+  </si>
+  <si>
+    <t>Alpen Nordost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>PFR pianificato o previsto</t>
-[...8 lines deleted...]
-    <t>documento di pianificazione cantonale analogo in vigore</t>
+    <t>WEP geplant oder vorgesehen</t>
+  </si>
+  <si>
+    <t>WEP in Bearbeitung</t>
+  </si>
+  <si>
+    <t>WEP rechtskräftig</t>
+  </si>
+  <si>
+    <t>vergleichbares kantonales Planungswerk in Kraft</t>
   </si>
   <si>
     <t>Keine regionale Planung</t>
   </si>
   <si>
-    <t>totale</t>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1708499/608361</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">stato della pianificazione forestale regionale</t>
+      <t xml:space="preserve">Stand der Waldentwicklungspläne (WEP)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #688</t>
     </r>
   </si>
   <si>
-    <t>Stato di elaborazione del piano forestale regionale o di un equivalente documento di pianificazione forestale cantonale. Fonte: inchiesta presso il servizio forestale (MID 803: Stand der Waldentwicklungspläne)</t>
+    <t>Erarbeitungsstand des Waldentwicklungsplans oder eines vergleichbaren kantonalen forstlichen Planungswerks. Grundlage: Forstdienstbefragung (MID 803: Stand der Waldentwicklungspläne)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione economica</t>
+      <t xml:space="preserve">Wirtschaftsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
+    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
+    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -736,51 +736,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="65.984" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="4.57" bestFit="true" customWidth="true" style="0"/>
@@ -1680,51 +1680,51 @@
         <v>100.0</v>
       </c>
       <c r="AC19" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AD19" s="6">
         <v>100.0</v>
       </c>
       <c r="AE19" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="20" spans="1:31" customHeight="1" ht="21.75">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1708499/608361</t>
           </r>
         </is>
       </c>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
@@ -1740,191 +1740,191 @@
       <c r="U20" s="3"/>
       <c r="V20" s="3"/>
       <c r="W20" s="3"/>
       <c r="X20" s="3"/>
       <c r="Y20" s="3"/>
       <c r="Z20" s="3"/>
       <c r="AA20" s="3"/>
       <c r="AB20" s="3"/>
       <c r="AC20" s="3"/>
       <c r="AD20" s="3"/>
       <c r="AE20" s="3"/>
     </row>
     <row r="23" spans="1:31">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:31" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="26" spans="1:31">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">stato della pianificazione forestale regionale</t>
+            <t xml:space="preserve">Stand der Waldentwicklungspläne (WEP)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #688</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:31" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="29" spans="1:31">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione economica</t>
+            <t xml:space="preserve">Wirtschaftsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:31" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="32" spans="1:31">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:31" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="35" spans="1:31">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:31" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>