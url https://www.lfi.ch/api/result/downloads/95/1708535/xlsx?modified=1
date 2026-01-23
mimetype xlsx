--- v0 (2026-01-23)
+++ v1 (2026-01-23)
@@ -14,350 +14,350 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>stato della pianificazione forestale regionale</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>forest area</t>
+  </si>
+  <si>
+    <t>status of forest development plans</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: regione di produzione</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: production region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
-[...27 lines deleted...]
-    <t>Svizzera</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>production region</t>
+  </si>
+  <si>
+    <t>Jura</t>
+  </si>
+  <si>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Pre-Alps</t>
+  </si>
+  <si>
+    <t>Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>PFR pianificato o previsto</t>
-[...8 lines deleted...]
-    <t>documento di pianificazione cantonale analogo in vigore</t>
+    <t>planned or intended</t>
+  </si>
+  <si>
+    <t>in preparation</t>
+  </si>
+  <si>
+    <t>effective</t>
+  </si>
+  <si>
+    <t>comparable cantonal forest planning document effective</t>
   </si>
   <si>
     <t>Keine regionale Planung</t>
   </si>
   <si>
-    <t>totale</t>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1708535/608397</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">stato della pianificazione forestale regionale</t>
+      <t xml:space="preserve">status of forest development plans</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #688</t>
     </r>
   </si>
   <si>
-    <t>Stato di elaborazione del piano forestale regionale o di un equivalente documento di pianificazione forestale cantonale. Fonte: inchiesta presso il servizio forestale (MID 803: Stand der Waldentwicklungspläne)</t>
+    <t>Status of the forest development plan or a comparable cantonal forest planning document. Reference: Forest Service Survey (MID 803: Stand der Waldentwicklungspläne)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione di produzione</t>
+      <t xml:space="preserve">production region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
+    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">accessible forest without shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
+    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -709,51 +709,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="65.984" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="64.841" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1149,233 +1149,233 @@
         <v>158.8</v>
       </c>
       <c r="K19" s="6">
         <v>2</v>
       </c>
       <c r="L19" s="6">
         <v>1211.5</v>
       </c>
       <c r="M19" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:13" customHeight="1" ht="21.75">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1708535/608397</t>
           </r>
         </is>
       </c>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
       <c r="L20" s="3"/>
       <c r="M20" s="3"/>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:13" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">stato della pianificazione forestale regionale</t>
+            <t xml:space="preserve">status of forest development plans</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #688</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:13" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione di produzione</t>
+            <t xml:space="preserve">production region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:13" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+            <t xml:space="preserve">accessible forest without shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:13" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:13" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>