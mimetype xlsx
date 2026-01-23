--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -17,341 +17,341 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
     <t>IFN5</t>
   </si>
   <si>
-    <t>volume de bois mort (bois fort), à terre</t>
-[...2 lines deleted...]
-    <t>bois mort: résineux ou feuillus</t>
+    <t>volume di legno morto (legno commerciabile), a terra</t>
+  </si>
+  <si>
+    <t>legno morto: conifere o latifoglie</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">découpage régional</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: région de production</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione di produzione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unité</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 m³</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ensemble analysé</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau</t>
-[...27 lines deleted...]
-    <t>Suisse</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione di produzione</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Prealpi</t>
+  </si>
+  <si>
+    <t>Alpi</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>1000 m³</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>pas d'indication</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>résineux</t>
-[...8 lines deleted...]
-    <t>total</t>
+    <t>conifere</t>
+  </si>
+  <si>
+    <t>latifoglie</t>
+  </si>
+  <si>
+    <t>non determinabile</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1990932/610642</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">volume de bois mort (bois fort), à terre</t>
+      <t xml:space="preserve">volume di legno morto (legno commerciabile), a terra</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #417</t>
     </r>
   </si>
   <si>
-    <t>Volume du bois mort à terre d'au moins 7 cm de diamètre (bois fort) y compris les morceaux de bois fort dans les tas de branches.</t>
+    <t>Volume del legno morto a terra a partire da 7 cm di diametro (legno commerciabile), compresi i pezzi di legno commerciabile nei mucchi di rami.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bois mort: résineux ou feuillus</t>
+      <t xml:space="preserve">legno morto: conifere o latifoglie</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1870</t>
     </r>
   </si>
   <si>
-    <t>Groupe des essences (résineux, feuillus) du bois mort à terre. Source: relevé de terrain (MID 907: LIS-Totholz – Laub- oder Nadelholz)</t>
+    <t>Gruppo di specie (legno di conifere, legno di latifoglie) del legno morto a terra. Fonte: rilievo sul terreno (MID 907: LIS-Totholz – Laub- oder Nadelholz)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">région de production</t>
+      <t xml:space="preserve">regione di produzione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Découpage de la Suisse en cinq régions (Jura, Plateau, Préalpes, Alpes et Sud des Alpes) avec des conditions de croissance et de production de bois relativement homogènes. Les régions de production ont été définies par l'Office fédéral des forêts bien avant le premier inventaire forestier national (IFN1, 1983-1985). À une petite exception près au bord du lac Léman, les frontières des régions de production suivent encore les frontières communales de l'époque. Contrairement à l'IFN, la statistique forestière gérée par l'Office fédéral de la statistique se base non pas sur les régions de production, mais sur les zones forestières, dont la délimitation est légèrement différente.</t>
+    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forêt couverte par des arbustes sur moins des deux tiers de sa surface et atteignable à pied, tant dans l'IFN4 (2009-2017) que dans l'IFN5 (2018-2026).</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -703,51 +703,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="43.418" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1061,233 +1061,233 @@
         <v>2975</v>
       </c>
       <c r="K17" s="6">
         <v>11</v>
       </c>
       <c r="L17" s="6">
         <v>33037</v>
       </c>
       <c r="M17" s="6">
         <v>4</v>
       </c>
     </row>
     <row r="18" spans="1:13" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1990932/610642</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
       <c r="L18" s="3"/>
       <c r="M18" s="3"/>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">volume de bois mort (bois fort), à terre</t>
+            <t xml:space="preserve">volume di legno morto (legno commerciabile), a terra</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #417</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:13" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bois mort: résineux ou feuillus</t>
+            <t xml:space="preserve">legno morto: conifere o latifoglie</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1870</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">région de production</t>
+            <t xml:space="preserve">regione di produzione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>