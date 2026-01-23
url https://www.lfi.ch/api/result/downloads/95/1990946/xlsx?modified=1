--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,347 +14,347 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Totholz: Nadel- oder Laubholz</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>deadwood volume (merchantable wood), lying</t>
+  </si>
+  <si>
+    <t>deadwood: conifers or broadleaves</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Schutzwaldregion</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: protection forest region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">unit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...30 lines deleted...]
-    <t>Schweiz</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>protection forest region</t>
+  </si>
+  <si>
+    <t>Jura + Plateau</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Southwestern Alps </t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>Wert nicht ermittelt</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Nadelholz</t>
-[...8 lines deleted...]
-    <t>Total</t>
+    <t>conifers</t>
+  </si>
+  <si>
+    <t>broadleaves</t>
+  </si>
+  <si>
+    <t>indeterminable</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1990946/610656</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Totholzvolumen (Derbholz), liegend</t>
+      <t xml:space="preserve">deadwood volume (merchantable wood), lying</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #417</t>
     </r>
   </si>
   <si>
-    <t>Volumen des liegenden Totholzes ab 7 cm Durchmesser (Derbholz), inklusive Derbholzstücken in Asthaufen.</t>
+    <t>Volume of lying deadwood ≥7 cm in diameter (merchantable wood), including merchantable pieces of wood in piles of branches.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Totholz: Nadel- oder Laubholz</t>
+      <t xml:space="preserve">deadwood: conifers or broadleaves</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1870</t>
     </r>
   </si>
   <si>
-    <t>Artengruppe (Nadelholz, Laubholz) des liegenden Totholzes. Grundlage: Feldaufnahme (MID 907: LIS-Totholz – Laub- oder Nadelholz)</t>
+    <t>Species group (conifers or broadleaves) of lying deadwood. Reference: Field Survey (MID 907: LIS-Totholz – Laub- oder Nadelholz)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwaldregion</t>
+      <t xml:space="preserve">protective forest region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
+    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">accessible forest without shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
+    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -706,51 +706,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="37.562" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="42.275" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1108,235 +1108,235 @@
         <v>100.0</v>
       </c>
       <c r="M17" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N17" s="6">
         <v>100.0</v>
       </c>
       <c r="O17" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="18" spans="1:15" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1990946/610656</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
       <c r="L18" s="3"/>
       <c r="M18" s="3"/>
       <c r="N18" s="3"/>
       <c r="O18" s="3"/>
     </row>
     <row r="21" spans="1:15">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Totholzvolumen (Derbholz), liegend</t>
+            <t xml:space="preserve">deadwood volume (merchantable wood), lying</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #417</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:15" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Totholz: Nadel- oder Laubholz</t>
+            <t xml:space="preserve">deadwood: conifers or broadleaves</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1870</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:15" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwaldregion</t>
+            <t xml:space="preserve">protective forest region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+            <t xml:space="preserve">accessible forest without shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>