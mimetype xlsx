--- v0 (2026-01-23)
+++ v1 (2026-01-23)
@@ -14,388 +14,388 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
   <si>
-    <t>IFN4–IFN5</t>
-[...5 lines deleted...]
-    <t>proprietà (2 classi) · conifere e latifoglie</t>
+    <t>LFI4–LFI5</t>
+  </si>
+  <si>
+    <t>Nutzung von Astderbholz</t>
+  </si>
+  <si>
+    <t>Eigentum (2 Klassen) · Nadelholz, Laubholz</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: regione biogeografica</t>
+      <t xml:space="preserve">: biogeografische Region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1000 m³/anno</t>
+      <t xml:space="preserve">: 1000 m³/Jahr</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>variazione 2009/17–2018/26</t>
-[...32 lines deleted...]
-    <t>1000 m³/anno</t>
+    <t>Veränderung 2009/17–2018/26</t>
+  </si>
+  <si>
+    <t>biogeografische Region</t>
+  </si>
+  <si>
+    <t>Jura</t>
+  </si>
+  <si>
+    <t>Mittelland</t>
+  </si>
+  <si>
+    <t>Alpennordflanke</t>
+  </si>
+  <si>
+    <t>Westliche Zentralalpen</t>
+  </si>
+  <si>
+    <t>Östliche Zentralalpen</t>
+  </si>
+  <si>
+    <t>Alpensüdflanke</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>Eigentum (2 Klassen)</t>
+  </si>
+  <si>
+    <t>Nadelholz, Laubholz</t>
+  </si>
+  <si>
+    <t>1000 m³/Jahr</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>conifere</t>
-[...14 lines deleted...]
-    <t>privata</t>
+    <t>Nadelholz</t>
+  </si>
+  <si>
+    <t>Laubholz</t>
+  </si>
+  <si>
+    <t>nicht bestimmbar</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>öffentlich</t>
+  </si>
+  <si>
+    <t>privat</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1991088/610798</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">utilizzazione della ramaglia commerciabile</t>
+      <t xml:space="preserve">Nutzung von Astderbholz</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #112</t>
     </r>
   </si>
   <si>
-    <t>Volume di legno dei rami con corteccia di almeno 7 cm di diametro (limite del legno commerciabile) di tutti gli alberi e arbusti di almeno 12 cm di diametro a petto d'uomo (DPU) utilizzati tra due inventari e vivi al momento dell'inventario precedente.</t>
+    <t>Holzvolumen der Äste in Rinde mit mindestens 7 cm Durchmesser (Derbholzgrenze) aller zwischen zwei Inventuren genutzten und bei der Vorinventur lebenden Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proprietà (2 classi)</t>
+      <t xml:space="preserve">Eigentum (2 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #94</t>
     </r>
   </si>
   <si>
-    <t>Condizioni di proprietà del bosco, caratterizzate attraverso le due classi «pubblico» e «privato». Fonte: inchiesta presso il servizio forestale (MID 365: Eigentum)</t>
+    <t>Eigentumsverhältnis am Wald, charakterisiert mithilfe der zwei Klassen «öffentlich» und «privat». Grundlage: Forstdienstbefragung (MID 365: Eigentum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">conifere e latifoglie</t>
+      <t xml:space="preserve">Nadelholz, Laubholz</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #96</t>
     </r>
   </si>
   <si>
-    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) raggruppate in due classi (conifere, latifoglie). Fonte: rilievo sul terreno (MID 50: Baumart)</t>
+    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) in zwei Klassen (Nadelholz, Laubholz). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione biogeografica</t>
+      <t xml:space="preserve">biogeografische Region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
+    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -748,51 +748,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="25.708" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1888,270 +1888,270 @@
         <v>1</v>
       </c>
       <c r="N32" s="6">
         <v>41</v>
       </c>
       <c r="O32" s="6">
         <v>386</v>
       </c>
       <c r="P32" s="6">
         <v>10</v>
       </c>
     </row>
     <row r="33" spans="1:16" customHeight="1" ht="21.75">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1991088/610798</t>
           </r>
         </is>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3"/>
       <c r="E33" s="3"/>
       <c r="F33" s="3"/>
       <c r="G33" s="3"/>
       <c r="H33" s="3"/>
       <c r="I33" s="3"/>
       <c r="J33" s="3"/>
       <c r="K33" s="3"/>
       <c r="L33" s="3"/>
       <c r="M33" s="3"/>
       <c r="N33" s="3"/>
       <c r="O33" s="3"/>
       <c r="P33" s="3"/>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">utilizzazione della ramaglia commerciabile</t>
+            <t xml:space="preserve">Nutzung von Astderbholz</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #112</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:16" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proprietà (2 classi)</t>
+            <t xml:space="preserve">Eigentum (2 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #94</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:16" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">conifere e latifoglie</t>
+            <t xml:space="preserve">Nadelholz, Laubholz</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #96</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:16" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione biogeografica</t>
+            <t xml:space="preserve">biogeografische Region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:16" customHeight="1" ht="29">
       <c r="A46" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:16" customHeight="1" ht="29">
       <c r="A49" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:16" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
         <v>40</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>