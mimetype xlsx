--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,385 +14,385 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
   <si>
-    <t>NFI4–NFI5</t>
-[...5 lines deleted...]
-    <t>ownership (2 categories) · conifers and broadleaves</t>
+    <t>LFI4–LFI5</t>
+  </si>
+  <si>
+    <t>Nutzung von Astderbholz</t>
+  </si>
+  <si>
+    <t>Eigentum (2 Klassen) · Nadelholz, Laubholz</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: production region</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Produktionsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: 1000 m³/yr</t>
+      <t xml:space="preserve">Einheit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1000 m³/Jahr</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...9 lines deleted...]
-    <t>production region</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Veränderung 2009/17–2018/26</t>
+  </si>
+  <si>
+    <t>Produktionsregion</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Plateau</t>
-[...20 lines deleted...]
-    <t>1000 m³/yr</t>
+    <t>Mittelland</t>
+  </si>
+  <si>
+    <t>Voralpen</t>
+  </si>
+  <si>
+    <t>Alpen</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>Eigentum (2 Klassen)</t>
+  </si>
+  <si>
+    <t>Nadelholz, Laubholz</t>
+  </si>
+  <si>
+    <t>1000 m³/Jahr</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>conifers</t>
-[...14 lines deleted...]
-    <t>private</t>
+    <t>Nadelholz</t>
+  </si>
+  <si>
+    <t>Laubholz</t>
+  </si>
+  <si>
+    <t>nicht bestimmbar</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>öffentlich</t>
+  </si>
+  <si>
+    <t>privat</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1991092/610802</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">merchantable branchwood harvested</t>
+      <t xml:space="preserve">Nutzung von Astderbholz</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #112</t>
     </r>
   </si>
   <si>
-    <t>Wood volume of branches ≥7cm in diameter with bark (limit for merchantable wood of all trees and shrubs with a diameter at breast height (dbh) ≥12 cm that were harvested between two inventories and were alive during the earlier inventory.</t>
+    <t>Holzvolumen der Äste in Rinde mit mindestens 7 cm Durchmesser (Derbholzgrenze) aller zwischen zwei Inventuren genutzten und bei der Vorinventur lebenden Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ownership (2 categories)</t>
+      <t xml:space="preserve">Eigentum (2 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #94</t>
     </r>
   </si>
   <si>
-    <t>Forest ownership, classified according to the two categories: 'public' and 'private'. Reference: Forest Service Survey (MID 365: Eigentum)</t>
+    <t>Eigentumsverhältnis am Wald, charakterisiert mithilfe der zwei Klassen «öffentlich» und «privat». Grundlage: Forstdienstbefragung (MID 365: Eigentum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">conifers and broadleaves</t>
+      <t xml:space="preserve">Nadelholz, Laubholz</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #96</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) in two classes (conifers or broadleaves). Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) in zwei Klassen (Nadelholz, Laubholz). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">production region</t>
+      <t xml:space="preserve">Produktionsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
+    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -744,63 +744,63 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:N52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="25.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="9" max="9" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="11" max="11" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:14">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:14">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:14">
       <c r="A5" t="s">
@@ -1751,268 +1751,268 @@
         <v>1</v>
       </c>
       <c r="L32" s="6">
         <v>44</v>
       </c>
       <c r="M32" s="6">
         <v>363</v>
       </c>
       <c r="N32" s="6">
         <v>10</v>
       </c>
     </row>
     <row r="33" spans="1:14" customHeight="1" ht="21.75">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1991092/610802</t>
           </r>
         </is>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3"/>
       <c r="E33" s="3"/>
       <c r="F33" s="3"/>
       <c r="G33" s="3"/>
       <c r="H33" s="3"/>
       <c r="I33" s="3"/>
       <c r="J33" s="3"/>
       <c r="K33" s="3"/>
       <c r="L33" s="3"/>
       <c r="M33" s="3"/>
       <c r="N33" s="3"/>
     </row>
     <row r="36" spans="1:14">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">merchantable branchwood harvested</t>
+            <t xml:space="preserve">Nutzung von Astderbholz</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #112</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:14" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="39" spans="1:14">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">ownership (2 categories)</t>
+            <t xml:space="preserve">Eigentum (2 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #94</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:14" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="42" spans="1:14">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">conifers and broadleaves</t>
+            <t xml:space="preserve">Nadelholz, Laubholz</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #96</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:14" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="45" spans="1:14">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">production region</t>
+            <t xml:space="preserve">Produktionsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:14" customHeight="1" ht="29">
       <c r="A46" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="48" spans="1:14">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:14" customHeight="1" ht="29">
       <c r="A49" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="51" spans="1:14">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:14" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
         <v>39</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>