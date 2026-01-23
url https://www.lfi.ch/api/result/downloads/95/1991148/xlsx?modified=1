--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,388 +14,388 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
   <si>
-    <t>NFI4–NFI5</t>
-[...5 lines deleted...]
-    <t>ownership (2 categories) · conifers and broadleaves</t>
+    <t>IFN4–IFN5</t>
+  </si>
+  <si>
+    <t>utilizzazione del legno commerciabile</t>
+  </si>
+  <si>
+    <t>proprietà (2 classi) · conifere e latifoglie</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: biogeographical region</t>
+      <t xml:space="preserve">: regione biogeografica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1000 m³/yr</t>
+      <t xml:space="preserve">: 1000 m³/anno</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>change 2009/17–2018/26</t>
-[...32 lines deleted...]
-    <t>1000 m³/yr</t>
+    <t>variazione 2009/17–2018/26</t>
+  </si>
+  <si>
+    <t>regione biogeografica</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Versante nord delle Alpi</t>
+  </si>
+  <si>
+    <t>Alpi centrali occidentali</t>
+  </si>
+  <si>
+    <t>Alpi centrali orientali</t>
+  </si>
+  <si>
+    <t>Versante sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>proprietà (2 classi)</t>
+  </si>
+  <si>
+    <t>conifere e latifoglie</t>
+  </si>
+  <si>
+    <t>1000 m³/anno</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>conifers</t>
-[...14 lines deleted...]
-    <t>private</t>
+    <t>conifere</t>
+  </si>
+  <si>
+    <t>latifoglie</t>
+  </si>
+  <si>
+    <t>non determinabile</t>
+  </si>
+  <si>
+    <t>totale</t>
+  </si>
+  <si>
+    <t>pubblica</t>
+  </si>
+  <si>
+    <t>privata</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1991148/610858</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">merchantable timber harvested</t>
+      <t xml:space="preserve">utilizzazione del legno commerciabile</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #114</t>
     </r>
   </si>
   <si>
-    <t>Wood volume of the stem without bark and stump and the branches with bark ≥7 cm in diameter (limit for merchantable wood) of all trees and shrubs with a diameter at breast height (dbh) ≥12 cm that were harvested between two inventories and were alive during the earlier inventory. The target variable "merchantable timber harvested" is an approximation of the amount of usable wood. It comes closest to the volume of timber harvested recorded in the Swiss Forest Statistics.</t>
+    <t>Volume di legno del fusto senza corteccia e senza ceppaia e dei rami con corteccia di almeno 7 cm di diametro (limite del legno commerciabile) di tutti gli alberi e arbusti di almeno 12 cm di diametro a petto d'uomo (DPU) utilizzati tra due inventari e vivi al momento dell'inventario precedente. L'utilizzazione di legno commerciabile è una stima della quantità di legno valorizzabile. Essa è la più vicina all'utilizzazione secondo la statistica forestale.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ownership (2 categories)</t>
+      <t xml:space="preserve">proprietà (2 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #94</t>
     </r>
   </si>
   <si>
-    <t>Forest ownership, classified according to the two categories: 'public' and 'private'. Reference: Forest Service Survey (MID 365: Eigentum)</t>
+    <t>Condizioni di proprietà del bosco, caratterizzate attraverso le due classi «pubblico» e «privato». Fonte: inchiesta presso il servizio forestale (MID 365: Eigentum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">conifers and broadleaves</t>
+      <t xml:space="preserve">conifere e latifoglie</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #96</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) in two classes (conifers or broadleaves). Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) raggruppate in due classi (conifere, latifoglie). Fonte: rilievo sul terreno (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeographical region</t>
+      <t xml:space="preserve">regione biogeografica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
+    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -747,65 +747,65 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="9" max="9" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="11" max="11" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
@@ -1888,270 +1888,270 @@
         <v>146</v>
       </c>
       <c r="N32" s="6">
         <v>28</v>
       </c>
       <c r="O32" s="6">
         <v>6160</v>
       </c>
       <c r="P32" s="6">
         <v>4</v>
       </c>
     </row>
     <row r="33" spans="1:16" customHeight="1" ht="21.75">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1991148/610858</t>
           </r>
         </is>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3"/>
       <c r="E33" s="3"/>
       <c r="F33" s="3"/>
       <c r="G33" s="3"/>
       <c r="H33" s="3"/>
       <c r="I33" s="3"/>
       <c r="J33" s="3"/>
       <c r="K33" s="3"/>
       <c r="L33" s="3"/>
       <c r="M33" s="3"/>
       <c r="N33" s="3"/>
       <c r="O33" s="3"/>
       <c r="P33" s="3"/>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">merchantable timber harvested</t>
+            <t xml:space="preserve">utilizzazione del legno commerciabile</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #114</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:16" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">ownership (2 categories)</t>
+            <t xml:space="preserve">proprietà (2 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #94</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:16" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">conifers and broadleaves</t>
+            <t xml:space="preserve">conifere e latifoglie</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #96</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:16" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeographical region</t>
+            <t xml:space="preserve">regione biogeografica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:16" customHeight="1" ht="29">
       <c r="A46" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:16" customHeight="1" ht="29">
       <c r="A49" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:16" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
         <v>40</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>