--- v0 (2025-10-10)
+++ v1 (2025-12-08)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
   <si>
-    <t>LFI4–LFI5</t>
-[...5 lines deleted...]
-    <t>Eigentum (2 Klassen) · Nadelholz, Laubholz</t>
+    <t>NFI4–NFI5</t>
+  </si>
+  <si>
+    <t>merchantable timber harvested</t>
+  </si>
+  <si>
+    <t>ownership (2 categories) · conifers and broadleaves</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Kanton</t>
+      <t xml:space="preserve">: canton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1000 m³/Jahr</t>
+      <t xml:space="preserve">: 1000 m³/yr</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Veränderung 2009/17–2018/26</t>
-[...2 lines deleted...]
-    <t>Kanton</t>
+    <t>change 2009/17–2018/26</t>
+  </si>
+  <si>
+    <t>canton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,287 +172,287 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Schweiz</t>
-[...8 lines deleted...]
-    <t>1000 m³/Jahr</t>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>ownership (2 categories)</t>
+  </si>
+  <si>
+    <t>conifers and broadleaves</t>
+  </si>
+  <si>
+    <t>1000 m³/yr</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Nadelholz</t>
-[...14 lines deleted...]
-    <t>privat</t>
+    <t>conifers</t>
+  </si>
+  <si>
+    <t>broadleaves</t>
+  </si>
+  <si>
+    <t>indeterminable</t>
+  </si>
+  <si>
+    <t>total</t>
+  </si>
+  <si>
+    <t>public</t>
+  </si>
+  <si>
+    <t>private</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1991151/610861</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Nutzung von Derbholz</t>
+      <t xml:space="preserve">merchantable timber harvested</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #114</t>
     </r>
   </si>
   <si>
-    <t>Holzvolumen des Schaftes ohne Rinde und ohne Stock sowie der Äste in Rinde von mindestens 7 cm Durchmesser (Derbholzgrenze) aller zwischen zwei Inventuren genutzten und bei der Vorinventur lebenden Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD). Die Derbholznutzung stellt eine Annäherung an die verwertbare Holzmenge dar. Sie kommt der Holznutzung gemäss der Schweizerischen Forststatistik am nächsten.</t>
+    <t>Wood volume of the stem without bark and stump and the branches with bark ≥7 cm in diameter (limit for merchantable wood) of all trees and shrubs with a diameter at breast height (dbh) ≥12 cm that were harvested between two inventories and were alive during the earlier inventory. The target variable "merchantable timber harvested" is an approximation of the amount of usable wood. It comes closest to the volume of timber harvested recorded in the Swiss Forest Statistics.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Eigentum (2 Klassen)</t>
+      <t xml:space="preserve">ownership (2 categories)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #94</t>
     </r>
   </si>
   <si>
-    <t>Eigentumsverhältnis am Wald, charakterisiert mithilfe der zwei Klassen «öffentlich» und «privat». Grundlage: Forstdienstbefragung (MID 365: Eigentum)</t>
+    <t>Forest ownership, classified according to the two categories: 'public' and 'private'. Reference: Forest Service Survey (MID 365: Eigentum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Nadelholz, Laubholz</t>
+      <t xml:space="preserve">conifers and broadleaves</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #96</t>
     </r>
   </si>
   <si>
-    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) in zwei Klassen (Nadelholz, Laubholz). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
+    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) in two classes (conifers or broadleaves). Reference: Field Survey (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Kanton</t>
+      <t xml:space="preserve">canton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
+    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -804,103 +804,103 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BB52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="9" max="9" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="11" max="11" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="17" max="17" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="19" max="19" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="21" max="21" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="21" max="21" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="23" max="23" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="23" max="23" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="25" max="25" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="25" max="25" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="27" max="27" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="27" max="27" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="29" max="29" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="29" max="29" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="31" max="31" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="31" max="31" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="33" max="33" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="33" max="33" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="35" max="35" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="35" max="35" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="37" max="37" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="37" max="37" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="39" max="39" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="39" max="39" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="41" max="41" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="41" max="41" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="43" max="43" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="43" max="43" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="45" max="45" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="45" max="45" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="47" max="47" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="47" max="47" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="49" max="49" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="49" max="49" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="51" max="51" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="51" max="51" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="53" max="53" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="53" max="53" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:54">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:54">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:54">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:54">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:54">
       <c r="A5" t="s">
@@ -4491,51 +4491,51 @@
         <v>526</v>
       </c>
       <c r="AZ32" s="6">
         <v>17</v>
       </c>
       <c r="BA32" s="6">
         <v>6160</v>
       </c>
       <c r="BB32" s="6">
         <v>4</v>
       </c>
     </row>
     <row r="33" spans="1:54" customHeight="1" ht="21.75">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1991151/610861</t>
           </r>
         </is>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3"/>
       <c r="E33" s="3"/>
       <c r="F33" s="3"/>
       <c r="G33" s="3"/>
       <c r="H33" s="3"/>
       <c r="I33" s="3"/>
       <c r="J33" s="3"/>
       <c r="K33" s="3"/>
       <c r="L33" s="3"/>
@@ -4573,226 +4573,226 @@
       <c r="AR33" s="3"/>
       <c r="AS33" s="3"/>
       <c r="AT33" s="3"/>
       <c r="AU33" s="3"/>
       <c r="AV33" s="3"/>
       <c r="AW33" s="3"/>
       <c r="AX33" s="3"/>
       <c r="AY33" s="3"/>
       <c r="AZ33" s="3"/>
       <c r="BA33" s="3"/>
       <c r="BB33" s="3"/>
     </row>
     <row r="36" spans="1:54">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Nutzung von Derbholz</t>
+            <t xml:space="preserve">merchantable timber harvested</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #114</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:54" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="39" spans="1:54">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Eigentum (2 Klassen)</t>
+            <t xml:space="preserve">ownership (2 categories)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #94</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:54" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="42" spans="1:54">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Nadelholz, Laubholz</t>
+            <t xml:space="preserve">conifers and broadleaves</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #96</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:54" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="45" spans="1:54">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Kanton</t>
+            <t xml:space="preserve">canton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:54" customHeight="1" ht="29">
       <c r="A46" s="1" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="48" spans="1:54">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:54" customHeight="1" ht="29">
       <c r="A49" s="1" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="51" spans="1:54">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:54" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
         <v>59</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BB1"/>
     <mergeCell ref="A2:BB2"/>