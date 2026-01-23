--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,412 +14,412 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
-    <t>NFI4–NFI5</t>
-[...5 lines deleted...]
-    <t>ownership (2 categories) · conifers and broadleaves</t>
+    <t>IFN4–IFN5</t>
+  </si>
+  <si>
+    <t>utilizzazione del legno commerciabile</t>
+  </si>
+  <si>
+    <t>proprietà (2 classi) · conifere e latifoglie</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">: regione economica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1000 m³/yr</t>
+      <t xml:space="preserve">: 1000 m³/anno</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>change 2009/17–2018/26</t>
-[...56 lines deleted...]
-    <t>1000 m³/yr</t>
+    <t>variazione 2009/17–2018/26</t>
+  </si>
+  <si>
+    <t>regione economica</t>
+  </si>
+  <si>
+    <t>Giura Ovest</t>
+  </si>
+  <si>
+    <t>Giura Est</t>
+  </si>
+  <si>
+    <t>Altopiano Ovest</t>
+  </si>
+  <si>
+    <t>Altopiano Centro</t>
+  </si>
+  <si>
+    <t>Altopiano Est</t>
+  </si>
+  <si>
+    <t>Prealpi Ovest</t>
+  </si>
+  <si>
+    <t>Prealpi Centro</t>
+  </si>
+  <si>
+    <t>Prealpi Est</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Centro</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Est</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Est</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>proprietà (2 classi)</t>
+  </si>
+  <si>
+    <t>conifere e latifoglie</t>
+  </si>
+  <si>
+    <t>1000 m³/anno</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>conifers</t>
-[...14 lines deleted...]
-    <t>private</t>
+    <t>conifere</t>
+  </si>
+  <si>
+    <t>latifoglie</t>
+  </si>
+  <si>
+    <t>non determinabile</t>
+  </si>
+  <si>
+    <t>totale</t>
+  </si>
+  <si>
+    <t>pubblica</t>
+  </si>
+  <si>
+    <t>privata</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1991154/610864</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">merchantable timber harvested</t>
+      <t xml:space="preserve">utilizzazione del legno commerciabile</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #114</t>
     </r>
   </si>
   <si>
-    <t>Wood volume of the stem without bark and stump and the branches with bark ≥7 cm in diameter (limit for merchantable wood) of all trees and shrubs with a diameter at breast height (dbh) ≥12 cm that were harvested between two inventories and were alive during the earlier inventory. The target variable "merchantable timber harvested" is an approximation of the amount of usable wood. It comes closest to the volume of timber harvested recorded in the Swiss Forest Statistics.</t>
+    <t>Volume di legno del fusto senza corteccia e senza ceppaia e dei rami con corteccia di almeno 7 cm di diametro (limite del legno commerciabile) di tutti gli alberi e arbusti di almeno 12 cm di diametro a petto d'uomo (DPU) utilizzati tra due inventari e vivi al momento dell'inventario precedente. L'utilizzazione di legno commerciabile è una stima della quantità di legno valorizzabile. Essa è la più vicina all'utilizzazione secondo la statistica forestale.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ownership (2 categories)</t>
+      <t xml:space="preserve">proprietà (2 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #94</t>
     </r>
   </si>
   <si>
-    <t>Forest ownership, classified according to the two categories: 'public' and 'private'. Reference: Forest Service Survey (MID 365: Eigentum)</t>
+    <t>Condizioni di proprietà del bosco, caratterizzate attraverso le due classi «pubblico» e «privato». Fonte: inchiesta presso il servizio forestale (MID 365: Eigentum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">conifers and broadleaves</t>
+      <t xml:space="preserve">conifere e latifoglie</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #96</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) in two classes (conifers or broadleaves). Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) raggruppate in due classi (conifere, latifoglie). Fonte: rilievo sul terreno (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">regione economica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -771,81 +771,81 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AF52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="9" max="9" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="11" max="11" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="17" max="17" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="19" max="19" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="21" max="21" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="21" max="21" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="23" max="23" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="23" max="23" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="25" max="25" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="25" max="25" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="27" max="27" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="27" max="27" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="29" max="29" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="29" max="29" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="31" max="31" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="31" max="31" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:32">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:32">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:32">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:32">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:32">
       <c r="A5" t="s">
@@ -2984,51 +2984,51 @@
         <v>134</v>
       </c>
       <c r="AD32" s="6">
         <v>30</v>
       </c>
       <c r="AE32" s="6">
         <v>5957</v>
       </c>
       <c r="AF32" s="6">
         <v>5</v>
       </c>
     </row>
     <row r="33" spans="1:32" customHeight="1" ht="21.75">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1991154/610864</t>
           </r>
         </is>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3"/>
       <c r="E33" s="3"/>
       <c r="F33" s="3"/>
       <c r="G33" s="3"/>
       <c r="H33" s="3"/>
       <c r="I33" s="3"/>
       <c r="J33" s="3"/>
       <c r="K33" s="3"/>
       <c r="L33" s="3"/>
@@ -3044,226 +3044,226 @@
       <c r="V33" s="3"/>
       <c r="W33" s="3"/>
       <c r="X33" s="3"/>
       <c r="Y33" s="3"/>
       <c r="Z33" s="3"/>
       <c r="AA33" s="3"/>
       <c r="AB33" s="3"/>
       <c r="AC33" s="3"/>
       <c r="AD33" s="3"/>
       <c r="AE33" s="3"/>
       <c r="AF33" s="3"/>
     </row>
     <row r="36" spans="1:32">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">merchantable timber harvested</t>
+            <t xml:space="preserve">utilizzazione del legno commerciabile</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #114</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:32" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">ownership (2 categories)</t>
+            <t xml:space="preserve">proprietà (2 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #94</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:32" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="42" spans="1:32">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">conifers and broadleaves</t>
+            <t xml:space="preserve">conifere e latifoglie</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #96</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:32" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="45" spans="1:32">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">regione economica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:32" customHeight="1" ht="29">
       <c r="A46" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="48" spans="1:32">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:32" customHeight="1" ht="29">
       <c r="A49" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="51" spans="1:32">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:32" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
         <v>48</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AF1"/>
     <mergeCell ref="A2:AF2"/>