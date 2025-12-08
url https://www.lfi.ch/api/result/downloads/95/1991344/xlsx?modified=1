--- v0 (2025-10-10)
+++ v1 (2025-12-08)
@@ -14,368 +14,368 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>silvicultural treatment since the last inventory</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>waldbaulicher Eingriff seit der Vorinventur</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Wirtschaftsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">Einheit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...54 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Wirtschaftsregion</t>
+  </si>
+  <si>
+    <t>Jura West</t>
+  </si>
+  <si>
+    <t>Jura Ost</t>
+  </si>
+  <si>
+    <t>Mittelland West</t>
+  </si>
+  <si>
+    <t>Mittelland Mitte</t>
+  </si>
+  <si>
+    <t>Mittelland Ost</t>
+  </si>
+  <si>
+    <t>Voralpen West</t>
+  </si>
+  <si>
+    <t>Voralpen Mitte</t>
+  </si>
+  <si>
+    <t>Voralpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Nordwest</t>
+  </si>
+  <si>
+    <t>Alpen Mitte</t>
+  </si>
+  <si>
+    <t>Alpen Nordost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>treatment</t>
-[...5 lines deleted...]
-    <t>total</t>
+    <t>Eingriff</t>
+  </si>
+  <si>
+    <t>kein Eingriff</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1991344/611054</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">silvicultural treatment since the last inventory</t>
+      <t xml:space="preserve">waldbaulicher Eingriff seit der Vorinventur</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2739</t>
     </r>
   </si>
   <si>
-    <t>Indication as to whether a silvicultural treatment took place since the last inventory. Reference: Forest Service Survey (MID 611: Art alle Eingriffe seit Referenzdatum)</t>
+    <t>Angabe, ob seit der letzten Inventur ein waldbaulicher Eingriff stattgefunden hat. Grundlage: Forstdienstbefragung (MID 611: Art alle Eingriffe seit Referenzdatum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">Wirtschaftsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -727,51 +727,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="59.985" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -1386,51 +1386,51 @@
         <v>100.0</v>
       </c>
       <c r="AC16" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AD16" s="6">
         <v>100.0</v>
       </c>
       <c r="AE16" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="17" spans="1:31" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1991344/611054</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
@@ -1446,191 +1446,191 @@
       <c r="U17" s="3"/>
       <c r="V17" s="3"/>
       <c r="W17" s="3"/>
       <c r="X17" s="3"/>
       <c r="Y17" s="3"/>
       <c r="Z17" s="3"/>
       <c r="AA17" s="3"/>
       <c r="AB17" s="3"/>
       <c r="AC17" s="3"/>
       <c r="AD17" s="3"/>
       <c r="AE17" s="3"/>
     </row>
     <row r="20" spans="1:31">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:31" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="23" spans="1:31">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">silvicultural treatment since the last inventory</t>
+            <t xml:space="preserve">waldbaulicher Eingriff seit der Vorinventur</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2739</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:31" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="26" spans="1:31">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">Wirtschaftsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:31" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="29" spans="1:31">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:31" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="32" spans="1:31">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:31" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>41</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>