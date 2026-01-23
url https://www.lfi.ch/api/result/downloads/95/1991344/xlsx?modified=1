--- v1 (2025-12-08)
+++ v2 (2026-01-23)
@@ -14,368 +14,368 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>waldbaulicher Eingriff seit der Vorinventur</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>intervento selvicolturale dall'ultimo inventario</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Wirtschaftsregion</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione economica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">unità</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...54 lines deleted...]
-    <t>Schweiz</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione economica</t>
+  </si>
+  <si>
+    <t>Giura Ovest</t>
+  </si>
+  <si>
+    <t>Giura Est</t>
+  </si>
+  <si>
+    <t>Altopiano Ovest</t>
+  </si>
+  <si>
+    <t>Altopiano Centro</t>
+  </si>
+  <si>
+    <t>Altopiano Est</t>
+  </si>
+  <si>
+    <t>Prealpi Ovest</t>
+  </si>
+  <si>
+    <t>Prealpi Centro</t>
+  </si>
+  <si>
+    <t>Prealpi Est</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Centro</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Est</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Est</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Eingriff</t>
-[...5 lines deleted...]
-    <t>Total</t>
+    <t>intervento</t>
+  </si>
+  <si>
+    <t>nessun intervento</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1991344/611054</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">waldbaulicher Eingriff seit der Vorinventur</t>
+      <t xml:space="preserve">intervento selvicolturale dall'ultimo inventario</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2739</t>
     </r>
   </si>
   <si>
-    <t>Angabe, ob seit der letzten Inventur ein waldbaulicher Eingriff stattgefunden hat. Grundlage: Forstdienstbefragung (MID 611: Art alle Eingriffe seit Referenzdatum)</t>
+    <t>Indicazione, se è stato eseguito un intervento selvicolturale a partire dall'ultimo inventario. Fonte: inchiesta presso il servizio forestale (MID 611: Art alle Eingriffe seit Referenzdatum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wirtschaftsregion</t>
+      <t xml:space="preserve">regione economica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
+    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -727,51 +727,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="59.985" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -1386,51 +1386,51 @@
         <v>100.0</v>
       </c>
       <c r="AC16" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AD16" s="6">
         <v>100.0</v>
       </c>
       <c r="AE16" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="17" spans="1:31" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1991344/611054</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
@@ -1446,191 +1446,191 @@
       <c r="U17" s="3"/>
       <c r="V17" s="3"/>
       <c r="W17" s="3"/>
       <c r="X17" s="3"/>
       <c r="Y17" s="3"/>
       <c r="Z17" s="3"/>
       <c r="AA17" s="3"/>
       <c r="AB17" s="3"/>
       <c r="AC17" s="3"/>
       <c r="AD17" s="3"/>
       <c r="AE17" s="3"/>
     </row>
     <row r="20" spans="1:31">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:31" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="23" spans="1:31">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">waldbaulicher Eingriff seit der Vorinventur</t>
+            <t xml:space="preserve">intervento selvicolturale dall'ultimo inventario</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2739</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:31" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="26" spans="1:31">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wirtschaftsregion</t>
+            <t xml:space="preserve">regione economica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:31" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="29" spans="1:31">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:31" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="32" spans="1:31">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:31" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>41</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>