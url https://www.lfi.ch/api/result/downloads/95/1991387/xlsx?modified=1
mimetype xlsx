--- v0 (2025-11-19)
+++ v1 (2026-01-23)
@@ -14,394 +14,394 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>reserve type · diameter at breast height (in 20 cm classes)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>numero di microhabitat sugli alberi vivi in piedi</t>
+  </si>
+  <si>
+    <t>tipo di riserva (2023) · diametro a petto d'uomo (classi di 20 cm)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: production region</t>
+      <t xml:space="preserve">: regione di produzione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: n/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...26 lines deleted...]
-    <t>diameter at breast height (in 20 cm classes)</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione di produzione</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Prealpi</t>
+  </si>
+  <si>
+    <t>Alpi</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>tipo di riserva (2023)</t>
+  </si>
+  <si>
+    <t>diametro a petto d'uomo (classi di 20 cm)</t>
   </si>
   <si>
     <t>n/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>12-20 cm</t>
   </si>
   <si>
     <t>21-40 cm</t>
   </si>
   <si>
     <t>41-60 cm</t>
   </si>
   <si>
     <t>61-80 cm</t>
   </si>
   <si>
     <t>&gt;80 cm</t>
   </si>
   <si>
-    <t>total</t>
-[...8 lines deleted...]
-    <t>other forest</t>
+    <t>totale</t>
+  </si>
+  <si>
+    <t>riserva forestale naturale</t>
+  </si>
+  <si>
+    <t>riserva forestale speciale</t>
+  </si>
+  <si>
+    <t>altro bosco</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1991387/611097</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">number of microhabitats on standing living trees</t>
+      <t xml:space="preserve">numero di microhabitat sugli alberi vivi in piedi</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #401</t>
     </r>
   </si>
   <si>
-    <t>Number of microhabitats on standing living trees and shrubs ≥12 cm in diameter at breast height (dbh). Microhabitats are defined as: fungal fruiting bodies; areas on the stem where moss, lichen or ivy covers more than 10%; woodpecker breeding cavity; shallow tree cavity; wide crack; bark pocket; fresh break; dendrotelm; canker or burr; buttress-root concavity; deep tree cavity; area of exposed bare wood larger than a hand; stag-headedness; resin flow; insect damage (foot of trunk /trunk/stem); &gt;20% dead branches.</t>
+    <t>Numero di microhabitat sugli alberi vivi in piedi di almeno 12 cm di diametro a petto d'uomo (DPU). Vengono considerati microhabitat: corpi fruttiferi fungini; tronco ricoperto per più del 10% da muschi, licheni o edera; cavità di nidificazione di picidi; cavità poco profonda dell'albero; ampia fessura; tasca nella corteccia; fusto o branca spezzata con durame esposto; dendrotelma; tumore o cancro; cavità nei contrafforti radicali; cavità profonda dell'albero; scortecciamento a partire dalla dimensione di una mano; cima secca; flusso di resina; danni da insetti (base del tronco/tronco/fusto); rami morti &gt;20%.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reserve type</t>
+      <t xml:space="preserve">tipo di riserva (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2707</t>
     </r>
   </si>
   <si>
-    <t>Type of forest reserve («natural forest reserve», «special forest reserve“ or «other forest»), based on the forest reserves as designated by the cantons (as of 2023) and the forest/non-forest decision of the respective Inventory. Reference: GIS data from FOEN, 2023, and Field Survey (MID 816) or – if the forest is inaccessible – aerial photo interpretation</t>
+    <t>Tipo di riserva forestale (riserva forestale naturale, riserva forestale speciale, altra foresta), in base alle riserve forestali definite dai cantoni (2023) e alla decisione bosco/non bosco nel rispettivo inventario. Fonte: dati GIS dell'UFAM (2023), nonché rilievo sul terreno (MID 816) oppure - nel caso di un bosco inaccessibile - interpretazione di foto aeree</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">diameter at breast height (in 20 cm classes)</t>
+      <t xml:space="preserve">diametro a petto d'uomo (classi di 20 cm)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2540</t>
     </r>
   </si>
   <si>
-    <t>Diameter at breast height (dbh) of trees and shrubs ≥12 cm – in classes of 20 cm. Reference: Field Survey (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
+    <t>Diametro a petto d'uomo (DPU) degli alberi e arbusti a partire da 12 cm di DPU in classi da 20 cm. Fonte: rilievo sul terreno (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">production region</t>
+      <t xml:space="preserve">regione di produzione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
+    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -753,52 +753,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:N67"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="51.702" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:14">
@@ -2392,268 +2392,268 @@
         <v>403</v>
       </c>
       <c r="L47" s="6">
         <v>4</v>
       </c>
       <c r="M47" s="6">
         <v>347</v>
       </c>
       <c r="N47" s="6">
         <v>2</v>
       </c>
     </row>
     <row r="48" spans="1:14" customHeight="1" ht="21.75">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1991387/611097</t>
           </r>
         </is>
       </c>
       <c r="C48" s="3"/>
       <c r="D48" s="3"/>
       <c r="E48" s="3"/>
       <c r="F48" s="3"/>
       <c r="G48" s="3"/>
       <c r="H48" s="3"/>
       <c r="I48" s="3"/>
       <c r="J48" s="3"/>
       <c r="K48" s="3"/>
       <c r="L48" s="3"/>
       <c r="M48" s="3"/>
       <c r="N48" s="3"/>
     </row>
     <row r="51" spans="1:14">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">number of microhabitats on standing living trees</t>
+            <t xml:space="preserve">numero di microhabitat sugli alberi vivi in piedi</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #401</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:14" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="54" spans="1:14">
       <c r="A54" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reserve type</t>
+            <t xml:space="preserve">tipo di riserva (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2707</t>
           </r>
         </is>
       </c>
     </row>
     <row r="55" spans="1:14" customHeight="1" ht="29">
       <c r="A55" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="57" spans="1:14">
       <c r="A57" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">diameter at breast height (in 20 cm classes)</t>
+            <t xml:space="preserve">diametro a petto d'uomo (classi di 20 cm)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2540</t>
           </r>
         </is>
       </c>
     </row>
     <row r="58" spans="1:14" customHeight="1" ht="29">
       <c r="A58" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="60" spans="1:14">
       <c r="A60" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">production region</t>
+            <t xml:space="preserve">regione di produzione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="61" spans="1:14" customHeight="1" ht="29">
       <c r="A61" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="63" spans="1:14">
       <c r="A63" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="64" spans="1:14" customHeight="1" ht="29">
       <c r="A64" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="66" spans="1:14">
       <c r="A66" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="67" spans="1:14" customHeight="1" ht="29">
       <c r="A67" s="1" t="s">
         <v>42</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>