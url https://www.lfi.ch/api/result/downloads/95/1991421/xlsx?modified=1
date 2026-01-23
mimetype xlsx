--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,375 +14,375 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
-    <t>NFI4</t>
-[...5 lines deleted...]
-    <t>trafficability of forest road</t>
+    <t>IFN4</t>
+  </si>
+  <si>
+    <t>lunghezza delle strade forestali (IFN4) nel bosco di protezione</t>
+  </si>
+  <si>
+    <t>viabilità della strada</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">: regione economica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 m</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4-km grid</t>
+      <t xml:space="preserve">: reticolo 1,4 x 1,4 km</t>
     </r>
   </si>
   <si>
-    <t>state 2009/17</t>
-[...47 lines deleted...]
-    <t>Switzerland</t>
+    <t>stato 2009/17</t>
+  </si>
+  <si>
+    <t>regione economica</t>
+  </si>
+  <si>
+    <t>Giura Ovest</t>
+  </si>
+  <si>
+    <t>Giura Est</t>
+  </si>
+  <si>
+    <t>Altopiano Ovest</t>
+  </si>
+  <si>
+    <t>Altopiano Centro</t>
+  </si>
+  <si>
+    <t>Altopiano Est</t>
+  </si>
+  <si>
+    <t>Prealpi Ovest</t>
+  </si>
+  <si>
+    <t>Prealpi Centro</t>
+  </si>
+  <si>
+    <t>Prealpi Est</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Centro</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Est</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Est</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>1000 m</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>18 t, 2-axle truck</t>
-[...11 lines deleted...]
-    <t>total</t>
+    <t>camion di 18 t a 2 assi</t>
+  </si>
+  <si>
+    <t>camion di 26 t a 3 assi</t>
+  </si>
+  <si>
+    <t>camion di 28 - 32 t a 4 assi</t>
+  </si>
+  <si>
+    <t>camion di 40 - 44 t a 5 assi almeno</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1991421/611131</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">length of forest roads (NFI4) in protection forest</t>
+      <t xml:space="preserve">lunghezza delle strade forestali (IFN4) nel bosco di protezione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #345</t>
     </r>
   </si>
   <si>
     <t>Länge der im LFI4 erhobenen Waldstrassen, die im Schutzwaldperimeter und gleichzeitig innerhalb der LFI-Waldmaske liegen. Der Schutzwaldperimeter wurde vom Bundesamt für Umwelt (BAFU) als GIS-Datei zur Verfügung gestellt (Stand 2013). Die Waldstrassenlänge wird im Wald zu 100% gezählt, am Waldrand und in aufgelösten Bestockungen dagegen nur zu 50%. Zu den Waldstrassen des LFI4 zählen nur die zum Zeitpunkt der LFI4-Erhebung explizit verfügbaren Strassen-/Streckenabschnitte.
 Da es sich um eine Vollerhebung sämtlicher Strassen handelt, ist die Angabe eines Standardfehlers nicht nötig (es gibt keine stichprobenbedingte Unsicherheit).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">trafficability of forest road</t>
+      <t xml:space="preserve">viabilità della strada</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2239</t>
     </r>
   </si>
   <si>
     <t>Die Befahrbarkeit der Strasse gibt an, mit welchem Lastwagentyp eine Strasse befahren werden kann. Dabei sind Achsenzahl und Gesamtgewicht des LKW für die Klassierung ausschlaggebend.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">regione economica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4-km grid</t>
+      <t xml:space="preserve">reticolo 1,4 x 1,4 km</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #410</t>
     </r>
   </si>
   <si>
-    <t>NFI's sampling grid with a mesh size of 1.4 km. The 1.4-km grid is the grid size covering all the previous terrestrial Inventories, which is why it is also called the base grid.</t>
+    <t>Reticolo di campionamento dell'IFN a maglia quadrata con una distanza di 1,4 km. Il reticolo 1,4 x 1,4 km rappresenta il reticolo terrestre comune a tutti gli inventari fin'ora eseguiti, per cui viene denominato come reticolo di base.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -734,51 +734,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="37.562" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="10.426" bestFit="true" customWidth="true" style="0"/>
@@ -1583,51 +1583,51 @@
         <v>407</v>
       </c>
       <c r="AC18" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AD18" s="6">
         <v>4083</v>
       </c>
       <c r="AE18" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="19" spans="1:31" customHeight="1" ht="21.75">
       <c r="A19" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1991421/611131</t>
           </r>
         </is>
       </c>
       <c r="B19" s="3"/>
       <c r="C19" s="3"/>
       <c r="D19" s="3"/>
       <c r="E19" s="3"/>
       <c r="F19" s="3"/>
       <c r="G19" s="3"/>
       <c r="H19" s="3"/>
       <c r="I19" s="3"/>
       <c r="J19" s="3"/>
       <c r="K19" s="3"/>
@@ -1643,191 +1643,191 @@
       <c r="U19" s="3"/>
       <c r="V19" s="3"/>
       <c r="W19" s="3"/>
       <c r="X19" s="3"/>
       <c r="Y19" s="3"/>
       <c r="Z19" s="3"/>
       <c r="AA19" s="3"/>
       <c r="AB19" s="3"/>
       <c r="AC19" s="3"/>
       <c r="AD19" s="3"/>
       <c r="AE19" s="3"/>
     </row>
     <row r="22" spans="1:31">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">length of forest roads (NFI4) in protection forest</t>
+            <t xml:space="preserve">lunghezza delle strade forestali (IFN4) nel bosco di protezione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #345</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:31" customHeight="1" ht="29">
       <c r="A23" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="25" spans="1:31">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">trafficability of forest road</t>
+            <t xml:space="preserve">viabilità della strada</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2239</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:31" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="28" spans="1:31">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">regione economica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:31" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="31" spans="1:31">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:31" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="34" spans="1:31">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4-km grid</t>
+            <t xml:space="preserve">reticolo 1,4 x 1,4 km</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #410</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:31" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>43</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>