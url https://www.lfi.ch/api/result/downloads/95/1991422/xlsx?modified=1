--- v0 (2025-10-10)
+++ v1 (2026-01-23)
@@ -14,351 +14,351 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
-    <t>NFI4</t>
-[...5 lines deleted...]
-    <t>trafficability of forest road</t>
+    <t>IFN4</t>
+  </si>
+  <si>
+    <t>longueur des routes forestières (IFN4) dans la f. protectrice</t>
+  </si>
+  <si>
+    <t>viabilité de la route</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">découpage régional</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: région de forêt protectrice</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unité</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 m</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">ensemble analysé</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...30 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">réseau</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: réseau 1,4 km</t>
+    </r>
+  </si>
+  <si>
+    <t>état 2009/17</t>
+  </si>
+  <si>
+    <t>région de forêt protectrice</t>
+  </si>
+  <si>
+    <t>Plateau/Jura</t>
+  </si>
+  <si>
+    <t>Nord des Alpes ouest</t>
+  </si>
+  <si>
+    <t>Nord des Alpes est</t>
+  </si>
+  <si>
+    <t>Sud-ouest des Alpes</t>
+  </si>
+  <si>
+    <t>Sud-est des Alpes</t>
+  </si>
+  <si>
+    <t>Sud des Alpes</t>
+  </si>
+  <si>
+    <t>Suisse</t>
   </si>
   <si>
     <t>1000 m</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>18 t, 2-axle truck</t>
-[...8 lines deleted...]
-    <t>40 - 44 t, min. 5-axle truck</t>
+    <t>camion de 18 t à 4 essieux</t>
+  </si>
+  <si>
+    <t>camion de 26 t à 3 essieux</t>
+  </si>
+  <si>
+    <t>camion de 28 - 44 t à 4 essieux</t>
+  </si>
+  <si>
+    <t>camion de 40 - 44 t à 5 essieux au moins</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1991422/611132</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">length of forest roads (NFI4) in protection forest</t>
+      <t xml:space="preserve">longueur des routes forestières (IFN4) dans la f. protectrice</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #345</t>
     </r>
   </si>
   <si>
     <t>Länge der im LFI4 erhobenen Waldstrassen, die im Schutzwaldperimeter und gleichzeitig innerhalb der LFI-Waldmaske liegen. Der Schutzwaldperimeter wurde vom Bundesamt für Umwelt (BAFU) als GIS-Datei zur Verfügung gestellt (Stand 2013). Die Waldstrassenlänge wird im Wald zu 100% gezählt, am Waldrand und in aufgelösten Bestockungen dagegen nur zu 50%. Zu den Waldstrassen des LFI4 zählen nur die zum Zeitpunkt der LFI4-Erhebung explizit verfügbaren Strassen-/Streckenabschnitte.
 Da es sich um eine Vollerhebung sämtlicher Strassen handelt, ist die Angabe eines Standardfehlers nicht nötig (es gibt keine stichprobenbedingte Unsicherheit).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">trafficability of forest road</t>
+      <t xml:space="preserve">viabilité de la route</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2239</t>
     </r>
   </si>
   <si>
     <t>Die Befahrbarkeit der Strasse gibt an, mit welchem Lastwagentyp eine Strasse befahren werden kann. Dabei sind Achsenzahl und Gesamtgewicht des LKW für die Klassierung ausschlaggebend.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">région de forêt protectrice</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Découpage de la Suisse utilisé dans l'IFN pour analyser des forêts protectrices. Les six régions de forêts protectrices ont été formées à partir des régions économiques en regroupant certaines régions selon des critères environnementaux et statistiques.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Forêt couverte à moins des deux tiers d'arbustes et accessible à pied.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4-km grid</t>
+      <t xml:space="preserve">réseau 1,4 km</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #410</t>
     </r>
   </si>
   <si>
-    <t>NFI's sampling grid with a mesh size of 1.4 km. The 1.4-km grid is the grid size covering all the previous terrestrial Inventories, which is why it is also called the base grid.</t>
+    <t>Réseau d'échantillonnage de l'IFN avec un maillage de 1,4 km. Le réseau 1,4 km est commun à tous les inventaires terrestres précédents, c'est pourquoi il est également appelé réseau de base.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -710,51 +710,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="37.562" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1159,235 +1159,235 @@
         <v>407</v>
       </c>
       <c r="M18" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N18" s="6">
         <v>4083</v>
       </c>
       <c r="O18" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="19" spans="1:15" customHeight="1" ht="21.75">
       <c r="A19" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1991422/611132</t>
           </r>
         </is>
       </c>
       <c r="B19" s="3"/>
       <c r="C19" s="3"/>
       <c r="D19" s="3"/>
       <c r="E19" s="3"/>
       <c r="F19" s="3"/>
       <c r="G19" s="3"/>
       <c r="H19" s="3"/>
       <c r="I19" s="3"/>
       <c r="J19" s="3"/>
       <c r="K19" s="3"/>
       <c r="L19" s="3"/>
       <c r="M19" s="3"/>
       <c r="N19" s="3"/>
       <c r="O19" s="3"/>
     </row>
     <row r="22" spans="1:15">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">length of forest roads (NFI4) in protection forest</t>
+            <t xml:space="preserve">longueur des routes forestières (IFN4) dans la f. protectrice</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #345</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:15" customHeight="1" ht="29">
       <c r="A23" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="25" spans="1:15">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">trafficability of forest road</t>
+            <t xml:space="preserve">viabilité de la route</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2239</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:15" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="28" spans="1:15">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">région de forêt protectrice</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:15" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="31" spans="1:15">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:15" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4-km grid</t>
+            <t xml:space="preserve">réseau 1,4 km</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #410</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:15" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>