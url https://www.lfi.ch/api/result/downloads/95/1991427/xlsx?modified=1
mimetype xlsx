--- v0 (2025-10-10)
+++ v1 (2026-01-23)
@@ -12,426 +12,429 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
-[...7 lines deleted...]
-    <t>trafficability of forest road · forest road width</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
+  <si>
+    <t>LFI4</t>
+  </si>
+  <si>
+    <t>Waldstrassenlänge (LFI4) im Schutzwald geteilt durch Schutzwaldfläche (Waldmaske)</t>
+  </si>
+  <si>
+    <t>Befahrbarkeit der Strasse · Strassenbreite</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">: Schutzwaldregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: m/ha, column total</t>
+      <t xml:space="preserve">: m/ha, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4-km grid</t>
+      <t xml:space="preserve">: 1,4-km-Netz</t>
     </r>
   </si>
   <si>
-    <t>state 2009/17</t>
-[...29 lines deleted...]
-    <t>forest road width</t>
+    <t>Zustand 2009/17</t>
+  </si>
+  <si>
+    <t>Schutzwaldregion</t>
+  </si>
+  <si>
+    <t>Jura + Mittelland</t>
+  </si>
+  <si>
+    <t>Nordalpen West</t>
+  </si>
+  <si>
+    <t>Nordalpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>Befahrbarkeit der Strasse</t>
+  </si>
+  <si>
+    <t>Strassenbreite</t>
   </si>
   <si>
     <t>m/ha</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>Wert nicht ermittelt</t>
+  </si>
+  <si>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>2.5 - 2.9 m</t>
   </si>
   <si>
     <t>3.0 - 3.4 m</t>
   </si>
   <si>
-    <t>3.50 m and larger</t>
-[...14 lines deleted...]
-    <t>40 - 44 t, min. 5-axle truck</t>
+    <t>3.50 m und breiter</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>2-achsiger LKW mit 18 t</t>
+  </si>
+  <si>
+    <t>3-achsiger LKW mit 26 t</t>
+  </si>
+  <si>
+    <t>4-achsiger LKW mit 28 - 32 t</t>
+  </si>
+  <si>
+    <t>min. 5-achsiger LKW mit 40 - 44 t</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1991427/611137</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">length of forest roads (NFI4) in protection forest</t>
+      <t xml:space="preserve">Waldstrassenlänge (LFI4) im Schutzwald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #345</t>
     </r>
   </si>
   <si>
     <t>Länge der im LFI4 erhobenen Waldstrassen, die im Schutzwaldperimeter und gleichzeitig innerhalb der LFI-Waldmaske liegen. Der Schutzwaldperimeter wurde vom Bundesamt für Umwelt (BAFU) als GIS-Datei zur Verfügung gestellt (Stand 2013). Die Waldstrassenlänge wird im Wald zu 100% gezählt, am Waldrand und in aufgelösten Bestockungen dagegen nur zu 50%. Zu den Waldstrassen des LFI4 zählen nur die zum Zeitpunkt der LFI4-Erhebung explizit verfügbaren Strassen-/Streckenabschnitte.
 Da es sich um eine Vollerhebung sämtlicher Strassen handelt, ist die Angabe eines Standardfehlers nicht nötig (es gibt keine stichprobenbedingte Unsicherheit).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">area of protection forest (forest-cover map)</t>
+      <t xml:space="preserve">Schutzwaldfläche (Waldmaske)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #346</t>
     </r>
   </si>
   <si>
     <t>Fläche des Schutzwaldes innerhalb der Waldmaske des LFI. Die Kriterien für die Definition von Wald bei der Herstellung der Waldmaske wie auch bei der Abgrenzung des Schutzwaldes «Silvaprotect-CH» sind nur annähernd vergleichbar mit denjenigen für den LFI-Waldentscheid, der jeweils im Rahmen der Feldaufnahme auf den Probeflächen durchgeführt wird.Die verwendete Waldmaske basiert auf dem Vegetationshöhenmodell mit Stand 2017. Die Schutzwaldausscheidung beruht auf den Daten von SilvaProtect-CH mit Stand 2013."</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">trafficability of forest road</t>
+      <t xml:space="preserve">Befahrbarkeit der Strasse</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2239</t>
     </r>
   </si>
   <si>
     <t>Die Befahrbarkeit der Strasse gibt an, mit welchem Lastwagentyp eine Strasse befahren werden kann. Dabei sind Achsenzahl und Gesamtgewicht des LKW für die Klassierung ausschlaggebend.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest road width</t>
+      <t xml:space="preserve">Strassenbreite</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2238</t>
     </r>
   </si>
   <si>
     <t>Die Strassenbreite gibt an, wie breit der betreffende Strecken-/Strassenabschnitt ist. Lastwagenstrassen im Schweizer Wald müssen, um in der Erschliessungserhebung erfasst zu werden, eine Mindestbreite von 2.50 m aufweisen. Im Rahmen der Försterumfrage des LFI4 wurden zusätzliche Informationen erhoben. Dabei steht nicht die lastwagenbefahrbare Strasse nach LFI mit 10 t Achslast und einer Mindestbreite von 2.50 m  im Fokus, sondern die für die Holzabfuhr relevante Strasse mit mindestens 3 m Fahrbahnbreite und genügender Tragfähigkeit für Fahrzeuge mit einem Gesamtgewicht ab 26 t.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">Schutzwaldregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4-km grid</t>
+      <t xml:space="preserve">1,4-km-Netz</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #410</t>
     </r>
   </si>
   <si>
-    <t>NFI's sampling grid with a mesh size of 1.4 km. The 1.4-km grid is the grid size covering all the previous terrestrial Inventories, which is why it is also called the base grid.</t>
+    <t>Stichprobennetz des LFI mit einer Maschenweite von 1,4 km. Beim 1,4-km-Netz handelt es sich um das gemeinsame Netz aller bisherigen terrestrischen Inventuren, weshalb es auch als Basisnetz bezeichnet wird.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -783,52 +786,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P65"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="37.562" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -948,1784 +951,1784 @@
       </c>
       <c r="K12" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>18</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>19</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>18</v>
       </c>
       <c r="P12" s="4" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" s="5" t="s">
         <v>20</v>
       </c>
       <c r="B13" s="5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C13" s="6">
         <v>0.0</v>
       </c>
       <c r="D13" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E13" s="6">
         <v>0.0</v>
       </c>
       <c r="F13" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G13" s="6">
         <v>0.0</v>
       </c>
       <c r="H13" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I13" s="6">
         <v>0.0</v>
       </c>
       <c r="J13" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K13" s="6">
         <v>0.0</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M13" s="6">
         <v>0.0</v>
       </c>
       <c r="N13" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O13" s="6">
         <v>0.0</v>
       </c>
       <c r="P13" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" s="5"/>
       <c r="B14" s="5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C14" s="6">
         <v>0.0</v>
       </c>
       <c r="D14" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E14" s="6">
         <v>0.0</v>
       </c>
       <c r="F14" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G14" s="6">
         <v>0.0</v>
       </c>
       <c r="H14" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I14" s="6">
         <v>0.0</v>
       </c>
       <c r="J14" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K14" s="6">
         <v>0.0</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M14" s="6">
         <v>0.0</v>
       </c>
       <c r="N14" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O14" s="6">
         <v>0.0</v>
       </c>
       <c r="P14" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" s="5"/>
       <c r="B15" s="5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C15" s="6">
         <v>0.0</v>
       </c>
       <c r="D15" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E15" s="6">
         <v>0.0</v>
       </c>
       <c r="F15" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G15" s="6">
         <v>0.0</v>
       </c>
       <c r="H15" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I15" s="6">
         <v>0.0</v>
       </c>
       <c r="J15" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K15" s="6">
         <v>0.0</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M15" s="6">
         <v>0.0</v>
       </c>
       <c r="N15" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O15" s="6">
         <v>0.0</v>
       </c>
       <c r="P15" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" s="5"/>
       <c r="B16" s="5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C16" s="6">
         <v>0.0</v>
       </c>
       <c r="D16" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E16" s="6">
         <v>0.0</v>
       </c>
       <c r="F16" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G16" s="6">
         <v>0.0</v>
       </c>
       <c r="H16" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I16" s="6">
         <v>0.0</v>
       </c>
       <c r="J16" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K16" s="6">
         <v>0.0</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M16" s="6">
         <v>0.0</v>
       </c>
       <c r="N16" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O16" s="6">
         <v>0.0</v>
       </c>
       <c r="P16" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" s="5"/>
       <c r="B17" s="5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C17" s="6">
         <v>0.0</v>
       </c>
       <c r="D17" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E17" s="6">
         <v>0.0</v>
       </c>
       <c r="F17" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G17" s="6">
         <v>0.0</v>
       </c>
       <c r="H17" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I17" s="6">
         <v>0.0</v>
       </c>
       <c r="J17" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K17" s="6">
         <v>0.0</v>
       </c>
       <c r="L17" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M17" s="6">
         <v>0.0</v>
       </c>
       <c r="N17" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O17" s="6">
         <v>0.0</v>
       </c>
       <c r="P17" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" s="5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B18" s="5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C18" s="6">
         <v>0.0</v>
       </c>
       <c r="D18" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E18" s="6">
         <v>0.0</v>
       </c>
       <c r="F18" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G18" s="6">
         <v>0.0</v>
       </c>
       <c r="H18" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I18" s="6">
         <v>0.0</v>
       </c>
       <c r="J18" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K18" s="6">
         <v>0.0</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M18" s="6">
         <v>0.0</v>
       </c>
       <c r="N18" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O18" s="6">
         <v>0.0</v>
       </c>
       <c r="P18" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" s="5"/>
       <c r="B19" s="5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C19" s="6">
         <v>1.7</v>
       </c>
       <c r="D19" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E19" s="6">
         <v>0.7</v>
       </c>
       <c r="F19" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G19" s="6">
         <v>0.8</v>
       </c>
       <c r="H19" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I19" s="6">
         <v>0.6</v>
       </c>
       <c r="J19" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K19" s="6">
         <v>2.7</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M19" s="6">
         <v>1.5</v>
       </c>
       <c r="N19" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O19" s="6">
         <v>1.3</v>
       </c>
       <c r="P19" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" s="5"/>
       <c r="B20" s="5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C20" s="6">
         <v>0.0</v>
       </c>
       <c r="D20" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E20" s="6">
         <v>0.0</v>
       </c>
       <c r="F20" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G20" s="6">
         <v>0.0</v>
       </c>
       <c r="H20" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I20" s="6">
         <v>0.0</v>
       </c>
       <c r="J20" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K20" s="6">
         <v>0.0</v>
       </c>
       <c r="L20" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M20" s="6">
         <v>0.0</v>
       </c>
       <c r="N20" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O20" s="6">
         <v>0.0</v>
       </c>
       <c r="P20" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" s="5"/>
       <c r="B21" s="5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C21" s="6">
         <v>0.0</v>
       </c>
       <c r="D21" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E21" s="6">
         <v>0.0</v>
       </c>
       <c r="F21" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G21" s="6">
         <v>0.0</v>
       </c>
       <c r="H21" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I21" s="6">
         <v>0.0</v>
       </c>
       <c r="J21" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K21" s="6">
         <v>0.0</v>
       </c>
       <c r="L21" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M21" s="6">
         <v>0.0</v>
       </c>
       <c r="N21" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O21" s="6">
         <v>0.0</v>
       </c>
       <c r="P21" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" s="5"/>
       <c r="B22" s="5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C22" s="6">
         <v>1.7</v>
       </c>
       <c r="D22" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E22" s="6">
         <v>0.7</v>
       </c>
       <c r="F22" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G22" s="6">
         <v>0.8</v>
       </c>
       <c r="H22" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I22" s="6">
         <v>0.6</v>
       </c>
       <c r="J22" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K22" s="6">
         <v>2.7</v>
       </c>
       <c r="L22" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M22" s="6">
         <v>1.5</v>
       </c>
       <c r="N22" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O22" s="6">
         <v>1.3</v>
       </c>
       <c r="P22" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" s="5" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B23" s="5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C23" s="6">
         <v>0.0</v>
       </c>
       <c r="D23" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E23" s="6">
         <v>0.0</v>
       </c>
       <c r="F23" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G23" s="6">
         <v>0.0</v>
       </c>
       <c r="H23" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I23" s="6">
         <v>0.0</v>
       </c>
       <c r="J23" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K23" s="6">
         <v>0.0</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M23" s="6">
         <v>0.0</v>
       </c>
       <c r="N23" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O23" s="6">
         <v>0.0</v>
       </c>
       <c r="P23" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" s="5"/>
       <c r="B24" s="5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C24" s="6">
         <v>0.0</v>
       </c>
       <c r="D24" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E24" s="6">
         <v>0.0</v>
       </c>
       <c r="F24" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G24" s="6">
         <v>0.0</v>
       </c>
       <c r="H24" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I24" s="6">
         <v>0.0</v>
       </c>
       <c r="J24" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K24" s="6">
         <v>0.0</v>
       </c>
       <c r="L24" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M24" s="6">
         <v>0.0</v>
       </c>
       <c r="N24" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O24" s="6">
         <v>0.0</v>
       </c>
       <c r="P24" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" s="5"/>
       <c r="B25" s="5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C25" s="6">
         <v>1.6</v>
       </c>
       <c r="D25" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E25" s="6">
         <v>3.2</v>
       </c>
       <c r="F25" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G25" s="6">
         <v>1.7</v>
       </c>
       <c r="H25" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I25" s="6">
         <v>6.6</v>
       </c>
       <c r="J25" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K25" s="6">
         <v>3.9</v>
       </c>
       <c r="L25" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M25" s="6">
         <v>1.1</v>
       </c>
       <c r="N25" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O25" s="6">
         <v>2.9</v>
       </c>
       <c r="P25" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" s="5"/>
       <c r="B26" s="5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C26" s="6">
         <v>0.0</v>
       </c>
       <c r="D26" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E26" s="6">
         <v>0.0</v>
       </c>
       <c r="F26" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G26" s="6">
         <v>0.0</v>
       </c>
       <c r="H26" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I26" s="6">
         <v>0.6</v>
       </c>
       <c r="J26" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K26" s="6">
         <v>0.0</v>
       </c>
       <c r="L26" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M26" s="6">
         <v>0.3</v>
       </c>
       <c r="N26" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O26" s="6">
         <v>0.2</v>
       </c>
       <c r="P26" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" s="5"/>
       <c r="B27" s="5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C27" s="6">
         <v>1.6</v>
       </c>
       <c r="D27" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E27" s="6">
         <v>3.2</v>
       </c>
       <c r="F27" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G27" s="6">
         <v>1.7</v>
       </c>
       <c r="H27" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I27" s="6">
         <v>7.2</v>
       </c>
       <c r="J27" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K27" s="6">
         <v>4.0</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M27" s="6">
         <v>1.5</v>
       </c>
       <c r="N27" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O27" s="6">
         <v>3.1</v>
       </c>
       <c r="P27" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" s="5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B28" s="5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C28" s="6">
         <v>0.0</v>
       </c>
       <c r="D28" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E28" s="6">
         <v>0.0</v>
       </c>
       <c r="F28" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G28" s="6">
         <v>0.0</v>
       </c>
       <c r="H28" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I28" s="6">
         <v>0.0</v>
       </c>
       <c r="J28" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K28" s="6">
         <v>0.0</v>
       </c>
       <c r="L28" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M28" s="6">
         <v>0.0</v>
       </c>
       <c r="N28" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O28" s="6">
         <v>0.0</v>
       </c>
       <c r="P28" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" s="5"/>
       <c r="B29" s="5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C29" s="6">
         <v>0.0</v>
       </c>
       <c r="D29" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E29" s="6">
         <v>0.0</v>
       </c>
       <c r="F29" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G29" s="6">
         <v>0.0</v>
       </c>
       <c r="H29" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I29" s="6">
         <v>0.0</v>
       </c>
       <c r="J29" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K29" s="6">
         <v>0.0</v>
       </c>
       <c r="L29" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M29" s="6">
         <v>0.0</v>
       </c>
       <c r="N29" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O29" s="6">
         <v>0.0</v>
       </c>
       <c r="P29" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" s="5"/>
       <c r="B30" s="5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C30" s="6">
         <v>4.9</v>
       </c>
       <c r="D30" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E30" s="6">
         <v>4.0</v>
       </c>
       <c r="F30" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G30" s="6">
         <v>2.7</v>
       </c>
       <c r="H30" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I30" s="6">
         <v>1.7</v>
       </c>
       <c r="J30" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K30" s="6">
         <v>1.8</v>
       </c>
       <c r="L30" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M30" s="6">
         <v>0.7</v>
       </c>
       <c r="N30" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O30" s="6">
         <v>2.3</v>
       </c>
       <c r="P30" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" s="5"/>
       <c r="B31" s="5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C31" s="6">
         <v>0.1</v>
       </c>
       <c r="D31" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E31" s="6">
         <v>0.2</v>
       </c>
       <c r="F31" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G31" s="6">
         <v>0.0</v>
       </c>
       <c r="H31" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I31" s="6">
         <v>0.5</v>
       </c>
       <c r="J31" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K31" s="6">
         <v>0.0</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M31" s="6">
         <v>0.4</v>
       </c>
       <c r="N31" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O31" s="6">
         <v>0.2</v>
       </c>
       <c r="P31" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" s="5"/>
       <c r="B32" s="5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C32" s="6">
         <v>5.0</v>
       </c>
       <c r="D32" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E32" s="6">
         <v>4.2</v>
       </c>
       <c r="F32" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G32" s="6">
         <v>2.7</v>
       </c>
       <c r="H32" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I32" s="6">
         <v>2.2</v>
       </c>
       <c r="J32" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K32" s="6">
         <v>1.8</v>
       </c>
       <c r="L32" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M32" s="6">
         <v>1.1</v>
       </c>
       <c r="N32" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O32" s="6">
         <v>2.5</v>
       </c>
       <c r="P32" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" s="5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B33" s="5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C33" s="6">
         <v>0.0</v>
       </c>
       <c r="D33" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E33" s="6">
         <v>0.0</v>
       </c>
       <c r="F33" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G33" s="6">
         <v>0.0</v>
       </c>
       <c r="H33" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I33" s="6">
         <v>0.0</v>
       </c>
       <c r="J33" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K33" s="6">
         <v>0.0</v>
       </c>
       <c r="L33" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M33" s="6">
         <v>0.0</v>
       </c>
       <c r="N33" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O33" s="6">
         <v>0.0</v>
       </c>
       <c r="P33" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" s="5"/>
       <c r="B34" s="5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C34" s="6">
         <v>0.0</v>
       </c>
       <c r="D34" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E34" s="6">
         <v>0.0</v>
       </c>
       <c r="F34" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G34" s="6">
         <v>0.0</v>
       </c>
       <c r="H34" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I34" s="6">
         <v>0.0</v>
       </c>
       <c r="J34" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K34" s="6">
         <v>0.0</v>
       </c>
       <c r="L34" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M34" s="6">
         <v>0.0</v>
       </c>
       <c r="N34" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O34" s="6">
         <v>0.0</v>
       </c>
       <c r="P34" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" s="5"/>
       <c r="B35" s="5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C35" s="6">
         <v>22.1</v>
       </c>
       <c r="D35" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E35" s="6">
         <v>6.7</v>
       </c>
       <c r="F35" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G35" s="6">
         <v>4.9</v>
       </c>
       <c r="H35" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I35" s="6">
         <v>2.6</v>
       </c>
       <c r="J35" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K35" s="6">
         <v>0.7</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M35" s="6">
         <v>0.2</v>
       </c>
       <c r="N35" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O35" s="6">
         <v>4.5</v>
       </c>
       <c r="P35" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" s="5"/>
       <c r="B36" s="5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C36" s="6">
         <v>2.6</v>
       </c>
       <c r="D36" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E36" s="6">
         <v>0.4</v>
       </c>
       <c r="F36" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G36" s="6">
         <v>0.5</v>
       </c>
       <c r="H36" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I36" s="6">
         <v>1.2</v>
       </c>
       <c r="J36" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K36" s="6">
         <v>0.2</v>
       </c>
       <c r="L36" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M36" s="6">
         <v>0.1</v>
       </c>
       <c r="N36" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O36" s="6">
         <v>0.6</v>
       </c>
       <c r="P36" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" s="5"/>
       <c r="B37" s="5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C37" s="6">
         <v>24.8</v>
       </c>
       <c r="D37" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E37" s="6">
         <v>7.1</v>
       </c>
       <c r="F37" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G37" s="6">
         <v>5.4</v>
       </c>
       <c r="H37" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I37" s="6">
         <v>3.8</v>
       </c>
       <c r="J37" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K37" s="6">
         <v>0.9</v>
       </c>
       <c r="L37" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M37" s="6">
         <v>0.2</v>
       </c>
       <c r="N37" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O37" s="6">
         <v>5.1</v>
       </c>
       <c r="P37" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" s="5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B38" s="5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C38" s="6">
         <v>0.0</v>
       </c>
       <c r="D38" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E38" s="6">
         <v>0.0</v>
       </c>
       <c r="F38" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G38" s="6">
         <v>0.0</v>
       </c>
       <c r="H38" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I38" s="6">
         <v>0.0</v>
       </c>
       <c r="J38" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K38" s="6">
         <v>0.0</v>
       </c>
       <c r="L38" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M38" s="6">
         <v>0.0</v>
       </c>
       <c r="N38" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O38" s="6">
         <v>0.0</v>
       </c>
       <c r="P38" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" s="5"/>
       <c r="B39" s="5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C39" s="6">
         <v>1.7</v>
       </c>
       <c r="D39" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E39" s="6">
         <v>0.7</v>
       </c>
       <c r="F39" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G39" s="6">
         <v>0.8</v>
       </c>
       <c r="H39" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I39" s="6">
         <v>0.6</v>
       </c>
       <c r="J39" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K39" s="6">
         <v>2.7</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M39" s="6">
         <v>1.5</v>
       </c>
       <c r="N39" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O39" s="6">
         <v>1.3</v>
       </c>
       <c r="P39" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" s="5"/>
       <c r="B40" s="5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C40" s="6">
         <v>28.6</v>
       </c>
       <c r="D40" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E40" s="6">
         <v>13.9</v>
       </c>
       <c r="F40" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G40" s="6">
         <v>9.3</v>
       </c>
       <c r="H40" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I40" s="6">
         <v>10.9</v>
       </c>
       <c r="J40" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K40" s="6">
         <v>6.4</v>
       </c>
       <c r="L40" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M40" s="6">
         <v>2.0</v>
       </c>
       <c r="N40" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O40" s="6">
         <v>9.7</v>
       </c>
       <c r="P40" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" s="5"/>
       <c r="B41" s="5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C41" s="6">
         <v>2.7</v>
       </c>
       <c r="D41" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E41" s="6">
         <v>0.6</v>
       </c>
       <c r="F41" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G41" s="6">
         <v>0.6</v>
       </c>
       <c r="H41" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I41" s="6">
         <v>2.3</v>
       </c>
       <c r="J41" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K41" s="6">
         <v>0.3</v>
       </c>
       <c r="L41" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M41" s="6">
         <v>0.8</v>
       </c>
       <c r="N41" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O41" s="6">
         <v>1.1</v>
       </c>
       <c r="P41" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" s="5"/>
       <c r="B42" s="5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C42" s="6">
         <v>33.0</v>
       </c>
       <c r="D42" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E42" s="6">
         <v>15.2</v>
       </c>
       <c r="F42" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G42" s="6">
         <v>10.7</v>
       </c>
       <c r="H42" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I42" s="6">
         <v>13.7</v>
       </c>
       <c r="J42" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K42" s="6">
         <v>9.4</v>
       </c>
       <c r="L42" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M42" s="6">
         <v>4.3</v>
       </c>
       <c r="N42" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O42" s="6">
         <v>12.1</v>
       </c>
       <c r="P42" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="43" spans="1:16" customHeight="1" ht="21.75">
       <c r="A43" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1991427/611137</t>
           </r>
         </is>
       </c>
       <c r="C43" s="3"/>
       <c r="D43" s="3"/>
       <c r="E43" s="3"/>
       <c r="F43" s="3"/>
       <c r="G43" s="3"/>
       <c r="H43" s="3"/>
       <c r="I43" s="3"/>
       <c r="J43" s="3"/>
       <c r="K43" s="3"/>
       <c r="L43" s="3"/>
       <c r="M43" s="3"/>
       <c r="N43" s="3"/>
       <c r="O43" s="3"/>
       <c r="P43" s="3"/>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">length of forest roads (NFI4) in protection forest</t>
+            <t xml:space="preserve">Waldstrassenlänge (LFI4) im Schutzwald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #345</t>
           </r>
         </is>
       </c>
     </row>
     <row r="47" spans="1:16" customHeight="1" ht="29">
       <c r="A47" s="1" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">area of protection forest (forest-cover map)</t>
+            <t xml:space="preserve">Schutzwaldfläche (Waldmaske)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #346</t>
           </r>
         </is>
       </c>
     </row>
     <row r="50" spans="1:16" customHeight="1" ht="29">
       <c r="A50" s="1" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">trafficability of forest road</t>
+            <t xml:space="preserve">Befahrbarkeit der Strasse</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2239</t>
           </r>
         </is>
       </c>
     </row>
     <row r="53" spans="1:16" customHeight="1" ht="29">
       <c r="A53" s="1" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest road width</t>
+            <t xml:space="preserve">Strassenbreite</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2238</t>
           </r>
         </is>
       </c>
     </row>
     <row r="56" spans="1:16" customHeight="1" ht="29">
       <c r="A56" s="1" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">Schutzwaldregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="59" spans="1:16" customHeight="1" ht="29">
       <c r="A59" s="1" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="62" spans="1:16" customHeight="1" ht="29">
       <c r="A62" s="1" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4-km grid</t>
+            <t xml:space="preserve">1,4-km-Netz</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #410</t>
           </r>
         </is>
       </c>
     </row>
     <row r="65" spans="1:16" customHeight="1" ht="29">
       <c r="A65" s="1" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>
     <mergeCell ref="A3:P3"/>
     <mergeCell ref="A4:P4"/>
     <mergeCell ref="A5:P5"/>
     <mergeCell ref="A6:P6"/>
     <mergeCell ref="A7:P7"/>
     <mergeCell ref="A8:P8"/>
     <mergeCell ref="C10:P10"/>
     <mergeCell ref="C11:D11"/>
     <mergeCell ref="E11:F11"/>
     <mergeCell ref="G11:H11"/>
     <mergeCell ref="I11:J11"/>
     <mergeCell ref="K11:L11"/>
     <mergeCell ref="M11:N11"/>
     <mergeCell ref="O11:P11"/>
     <mergeCell ref="A13:A17"/>
     <mergeCell ref="A18:A22"/>
     <mergeCell ref="A23:A27"/>
     <mergeCell ref="A28:A32"/>
     <mergeCell ref="A33:A37"/>