--- v1 (2026-01-23)
+++ v2 (2026-01-23)
@@ -12,429 +12,426 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
-[...7 lines deleted...]
-    <t>Befahrbarkeit der Strasse · Strassenbreite</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
+  <si>
+    <t>IFN4</t>
+  </si>
+  <si>
+    <t>lunghezza delle strade forestali (IFN4) nel bosco di protezione diviso per superficie del bosco di protezione (cartina d. copertura for.)</t>
+  </si>
+  <si>
+    <t>viabilità della strada · larghezza della strada</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: Schutzwaldregion</t>
+      <t xml:space="preserve">: regione dei boschi di protezione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: m/ha, Spaltentotal</t>
+      <t xml:space="preserve">: m/ha, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz</t>
+      <t xml:space="preserve">: reticolo 1,4 x 1,4 km</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2009/17</t>
-[...29 lines deleted...]
-    <t>Strassenbreite</t>
+    <t>stato 2009/17</t>
+  </si>
+  <si>
+    <t>regione dei boschi di protezione</t>
+  </si>
+  <si>
+    <t>Giura/Altopiano</t>
+  </si>
+  <si>
+    <t>Alpi nordoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi nordorientali</t>
+  </si>
+  <si>
+    <t>Alpi sudoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi sudorientali</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>viabilità della strada</t>
+  </si>
+  <si>
+    <t>larghezza della strada</t>
   </si>
   <si>
     <t>m/ha</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>Wert nicht ermittelt</t>
-[...2 lines deleted...]
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>2.5 - 2.9 m</t>
   </si>
   <si>
     <t>3.0 - 3.4 m</t>
   </si>
   <si>
-    <t>3.50 m und breiter</t>
-[...14 lines deleted...]
-    <t>min. 5-achsiger LKW mit 40 - 44 t</t>
+    <t>3.50 m e oltre</t>
+  </si>
+  <si>
+    <t>totale</t>
+  </si>
+  <si>
+    <t>camion di 18 t a 2 assi</t>
+  </si>
+  <si>
+    <t>camion di 26 t a 3 assi</t>
+  </si>
+  <si>
+    <t>camion di 28 - 32 t a 4 assi</t>
+  </si>
+  <si>
+    <t>camion di 40 - 44 t a 5 assi almeno</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1991427/611137</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldstrassenlänge (LFI4) im Schutzwald</t>
+      <t xml:space="preserve">lunghezza delle strade forestali (IFN4) nel bosco di protezione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #345</t>
     </r>
   </si>
   <si>
     <t>Länge der im LFI4 erhobenen Waldstrassen, die im Schutzwaldperimeter und gleichzeitig innerhalb der LFI-Waldmaske liegen. Der Schutzwaldperimeter wurde vom Bundesamt für Umwelt (BAFU) als GIS-Datei zur Verfügung gestellt (Stand 2013). Die Waldstrassenlänge wird im Wald zu 100% gezählt, am Waldrand und in aufgelösten Bestockungen dagegen nur zu 50%. Zu den Waldstrassen des LFI4 zählen nur die zum Zeitpunkt der LFI4-Erhebung explizit verfügbaren Strassen-/Streckenabschnitte.
 Da es sich um eine Vollerhebung sämtlicher Strassen handelt, ist die Angabe eines Standardfehlers nicht nötig (es gibt keine stichprobenbedingte Unsicherheit).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwaldfläche (Waldmaske)</t>
+      <t xml:space="preserve">superficie del bosco di protezione (cartina d. copertura for.)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #346</t>
     </r>
   </si>
   <si>
     <t>Fläche des Schutzwaldes innerhalb der Waldmaske des LFI. Die Kriterien für die Definition von Wald bei der Herstellung der Waldmaske wie auch bei der Abgrenzung des Schutzwaldes «Silvaprotect-CH» sind nur annähernd vergleichbar mit denjenigen für den LFI-Waldentscheid, der jeweils im Rahmen der Feldaufnahme auf den Probeflächen durchgeführt wird.Die verwendete Waldmaske basiert auf dem Vegetationshöhenmodell mit Stand 2017. Die Schutzwaldausscheidung beruht auf den Daten von SilvaProtect-CH mit Stand 2013."</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Befahrbarkeit der Strasse</t>
+      <t xml:space="preserve">viabilità della strada</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2239</t>
     </r>
   </si>
   <si>
     <t>Die Befahrbarkeit der Strasse gibt an, mit welchem Lastwagentyp eine Strasse befahren werden kann. Dabei sind Achsenzahl und Gesamtgewicht des LKW für die Klassierung ausschlaggebend.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Strassenbreite</t>
+      <t xml:space="preserve">larghezza della strada</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2238</t>
     </r>
   </si>
   <si>
     <t>Die Strassenbreite gibt an, wie breit der betreffende Strecken-/Strassenabschnitt ist. Lastwagenstrassen im Schweizer Wald müssen, um in der Erschliessungserhebung erfasst zu werden, eine Mindestbreite von 2.50 m aufweisen. Im Rahmen der Försterumfrage des LFI4 wurden zusätzliche Informationen erhoben. Dabei steht nicht die lastwagenbefahrbare Strasse nach LFI mit 10 t Achslast und einer Mindestbreite von 2.50 m  im Fokus, sondern die für die Holzabfuhr relevante Strasse mit mindestens 3 m Fahrbahnbreite und genügender Tragfähigkeit für Fahrzeuge mit einem Gesamtgewicht ab 26 t.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwaldregion</t>
+      <t xml:space="preserve">regione dei boschi di protezione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
+    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz</t>
+      <t xml:space="preserve">reticolo 1,4 x 1,4 km</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #410</t>
     </r>
   </si>
   <si>
-    <t>Stichprobennetz des LFI mit einer Maschenweite von 1,4 km. Beim 1,4-km-Netz handelt es sich um das gemeinsame Netz aller bisherigen terrestrischen Inventuren, weshalb es auch als Basisnetz bezeichnet wird.</t>
+    <t>Reticolo di campionamento dell'IFN a maglia quadrata con una distanza di 1,4 km. Il reticolo 1,4 x 1,4 km rappresenta il reticolo terrestre comune a tutti gli inventari fin'ora eseguiti, per cui viene denominato come reticolo di base.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -786,52 +783,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P65"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="39.99" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="29.279" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -951,1784 +948,1784 @@
       </c>
       <c r="K12" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>18</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>19</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>18</v>
       </c>
       <c r="P12" s="4" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" s="5" t="s">
         <v>20</v>
       </c>
       <c r="B13" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C13" s="6">
         <v>0.0</v>
       </c>
       <c r="D13" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E13" s="6">
         <v>0.0</v>
       </c>
       <c r="F13" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G13" s="6">
         <v>0.0</v>
       </c>
       <c r="H13" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I13" s="6">
         <v>0.0</v>
       </c>
       <c r="J13" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K13" s="6">
         <v>0.0</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M13" s="6">
         <v>0.0</v>
       </c>
       <c r="N13" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O13" s="6">
         <v>0.0</v>
       </c>
       <c r="P13" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" s="5"/>
       <c r="B14" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C14" s="6">
         <v>0.0</v>
       </c>
       <c r="D14" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E14" s="6">
         <v>0.0</v>
       </c>
       <c r="F14" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G14" s="6">
         <v>0.0</v>
       </c>
       <c r="H14" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I14" s="6">
         <v>0.0</v>
       </c>
       <c r="J14" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K14" s="6">
         <v>0.0</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M14" s="6">
         <v>0.0</v>
       </c>
       <c r="N14" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O14" s="6">
         <v>0.0</v>
       </c>
       <c r="P14" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" s="5"/>
       <c r="B15" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C15" s="6">
         <v>0.0</v>
       </c>
       <c r="D15" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E15" s="6">
         <v>0.0</v>
       </c>
       <c r="F15" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G15" s="6">
         <v>0.0</v>
       </c>
       <c r="H15" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I15" s="6">
         <v>0.0</v>
       </c>
       <c r="J15" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K15" s="6">
         <v>0.0</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M15" s="6">
         <v>0.0</v>
       </c>
       <c r="N15" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O15" s="6">
         <v>0.0</v>
       </c>
       <c r="P15" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" s="5"/>
       <c r="B16" s="5" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C16" s="6">
         <v>0.0</v>
       </c>
       <c r="D16" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E16" s="6">
         <v>0.0</v>
       </c>
       <c r="F16" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G16" s="6">
         <v>0.0</v>
       </c>
       <c r="H16" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I16" s="6">
         <v>0.0</v>
       </c>
       <c r="J16" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K16" s="6">
         <v>0.0</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M16" s="6">
         <v>0.0</v>
       </c>
       <c r="N16" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O16" s="6">
         <v>0.0</v>
       </c>
       <c r="P16" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" s="5"/>
       <c r="B17" s="5" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C17" s="6">
         <v>0.0</v>
       </c>
       <c r="D17" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E17" s="6">
         <v>0.0</v>
       </c>
       <c r="F17" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G17" s="6">
         <v>0.0</v>
       </c>
       <c r="H17" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I17" s="6">
         <v>0.0</v>
       </c>
       <c r="J17" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K17" s="6">
         <v>0.0</v>
       </c>
       <c r="L17" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M17" s="6">
         <v>0.0</v>
       </c>
       <c r="N17" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O17" s="6">
         <v>0.0</v>
       </c>
       <c r="P17" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" s="5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B18" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C18" s="6">
         <v>0.0</v>
       </c>
       <c r="D18" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E18" s="6">
         <v>0.0</v>
       </c>
       <c r="F18" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G18" s="6">
         <v>0.0</v>
       </c>
       <c r="H18" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I18" s="6">
         <v>0.0</v>
       </c>
       <c r="J18" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K18" s="6">
         <v>0.0</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M18" s="6">
         <v>0.0</v>
       </c>
       <c r="N18" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O18" s="6">
         <v>0.0</v>
       </c>
       <c r="P18" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" s="5"/>
       <c r="B19" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C19" s="6">
         <v>1.7</v>
       </c>
       <c r="D19" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E19" s="6">
         <v>0.7</v>
       </c>
       <c r="F19" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G19" s="6">
         <v>0.8</v>
       </c>
       <c r="H19" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I19" s="6">
         <v>0.6</v>
       </c>
       <c r="J19" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K19" s="6">
         <v>2.7</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M19" s="6">
         <v>1.5</v>
       </c>
       <c r="N19" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O19" s="6">
         <v>1.3</v>
       </c>
       <c r="P19" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" s="5"/>
       <c r="B20" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C20" s="6">
         <v>0.0</v>
       </c>
       <c r="D20" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E20" s="6">
         <v>0.0</v>
       </c>
       <c r="F20" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G20" s="6">
         <v>0.0</v>
       </c>
       <c r="H20" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I20" s="6">
         <v>0.0</v>
       </c>
       <c r="J20" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K20" s="6">
         <v>0.0</v>
       </c>
       <c r="L20" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M20" s="6">
         <v>0.0</v>
       </c>
       <c r="N20" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O20" s="6">
         <v>0.0</v>
       </c>
       <c r="P20" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" s="5"/>
       <c r="B21" s="5" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C21" s="6">
         <v>0.0</v>
       </c>
       <c r="D21" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E21" s="6">
         <v>0.0</v>
       </c>
       <c r="F21" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G21" s="6">
         <v>0.0</v>
       </c>
       <c r="H21" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I21" s="6">
         <v>0.0</v>
       </c>
       <c r="J21" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K21" s="6">
         <v>0.0</v>
       </c>
       <c r="L21" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M21" s="6">
         <v>0.0</v>
       </c>
       <c r="N21" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O21" s="6">
         <v>0.0</v>
       </c>
       <c r="P21" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" s="5"/>
       <c r="B22" s="5" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C22" s="6">
         <v>1.7</v>
       </c>
       <c r="D22" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E22" s="6">
         <v>0.7</v>
       </c>
       <c r="F22" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G22" s="6">
         <v>0.8</v>
       </c>
       <c r="H22" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I22" s="6">
         <v>0.6</v>
       </c>
       <c r="J22" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K22" s="6">
         <v>2.7</v>
       </c>
       <c r="L22" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M22" s="6">
         <v>1.5</v>
       </c>
       <c r="N22" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O22" s="6">
         <v>1.3</v>
       </c>
       <c r="P22" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" s="5" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B23" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C23" s="6">
         <v>0.0</v>
       </c>
       <c r="D23" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E23" s="6">
         <v>0.0</v>
       </c>
       <c r="F23" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G23" s="6">
         <v>0.0</v>
       </c>
       <c r="H23" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I23" s="6">
         <v>0.0</v>
       </c>
       <c r="J23" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K23" s="6">
         <v>0.0</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M23" s="6">
         <v>0.0</v>
       </c>
       <c r="N23" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O23" s="6">
         <v>0.0</v>
       </c>
       <c r="P23" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" s="5"/>
       <c r="B24" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C24" s="6">
         <v>0.0</v>
       </c>
       <c r="D24" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E24" s="6">
         <v>0.0</v>
       </c>
       <c r="F24" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G24" s="6">
         <v>0.0</v>
       </c>
       <c r="H24" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I24" s="6">
         <v>0.0</v>
       </c>
       <c r="J24" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K24" s="6">
         <v>0.0</v>
       </c>
       <c r="L24" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M24" s="6">
         <v>0.0</v>
       </c>
       <c r="N24" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O24" s="6">
         <v>0.0</v>
       </c>
       <c r="P24" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" s="5"/>
       <c r="B25" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C25" s="6">
         <v>1.6</v>
       </c>
       <c r="D25" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E25" s="6">
         <v>3.2</v>
       </c>
       <c r="F25" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G25" s="6">
         <v>1.7</v>
       </c>
       <c r="H25" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I25" s="6">
         <v>6.6</v>
       </c>
       <c r="J25" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K25" s="6">
         <v>3.9</v>
       </c>
       <c r="L25" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M25" s="6">
         <v>1.1</v>
       </c>
       <c r="N25" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O25" s="6">
         <v>2.9</v>
       </c>
       <c r="P25" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" s="5"/>
       <c r="B26" s="5" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C26" s="6">
         <v>0.0</v>
       </c>
       <c r="D26" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E26" s="6">
         <v>0.0</v>
       </c>
       <c r="F26" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G26" s="6">
         <v>0.0</v>
       </c>
       <c r="H26" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I26" s="6">
         <v>0.6</v>
       </c>
       <c r="J26" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K26" s="6">
         <v>0.0</v>
       </c>
       <c r="L26" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M26" s="6">
         <v>0.3</v>
       </c>
       <c r="N26" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O26" s="6">
         <v>0.2</v>
       </c>
       <c r="P26" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" s="5"/>
       <c r="B27" s="5" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C27" s="6">
         <v>1.6</v>
       </c>
       <c r="D27" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E27" s="6">
         <v>3.2</v>
       </c>
       <c r="F27" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G27" s="6">
         <v>1.7</v>
       </c>
       <c r="H27" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I27" s="6">
         <v>7.2</v>
       </c>
       <c r="J27" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K27" s="6">
         <v>4.0</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M27" s="6">
         <v>1.5</v>
       </c>
       <c r="N27" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O27" s="6">
         <v>3.1</v>
       </c>
       <c r="P27" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" s="5" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B28" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C28" s="6">
         <v>0.0</v>
       </c>
       <c r="D28" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E28" s="6">
         <v>0.0</v>
       </c>
       <c r="F28" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G28" s="6">
         <v>0.0</v>
       </c>
       <c r="H28" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I28" s="6">
         <v>0.0</v>
       </c>
       <c r="J28" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K28" s="6">
         <v>0.0</v>
       </c>
       <c r="L28" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M28" s="6">
         <v>0.0</v>
       </c>
       <c r="N28" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O28" s="6">
         <v>0.0</v>
       </c>
       <c r="P28" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" s="5"/>
       <c r="B29" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C29" s="6">
         <v>0.0</v>
       </c>
       <c r="D29" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E29" s="6">
         <v>0.0</v>
       </c>
       <c r="F29" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G29" s="6">
         <v>0.0</v>
       </c>
       <c r="H29" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I29" s="6">
         <v>0.0</v>
       </c>
       <c r="J29" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K29" s="6">
         <v>0.0</v>
       </c>
       <c r="L29" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M29" s="6">
         <v>0.0</v>
       </c>
       <c r="N29" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O29" s="6">
         <v>0.0</v>
       </c>
       <c r="P29" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" s="5"/>
       <c r="B30" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C30" s="6">
         <v>4.9</v>
       </c>
       <c r="D30" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E30" s="6">
         <v>4.0</v>
       </c>
       <c r="F30" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G30" s="6">
         <v>2.7</v>
       </c>
       <c r="H30" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I30" s="6">
         <v>1.7</v>
       </c>
       <c r="J30" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K30" s="6">
         <v>1.8</v>
       </c>
       <c r="L30" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M30" s="6">
         <v>0.7</v>
       </c>
       <c r="N30" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O30" s="6">
         <v>2.3</v>
       </c>
       <c r="P30" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" s="5"/>
       <c r="B31" s="5" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C31" s="6">
         <v>0.1</v>
       </c>
       <c r="D31" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E31" s="6">
         <v>0.2</v>
       </c>
       <c r="F31" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G31" s="6">
         <v>0.0</v>
       </c>
       <c r="H31" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I31" s="6">
         <v>0.5</v>
       </c>
       <c r="J31" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K31" s="6">
         <v>0.0</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M31" s="6">
         <v>0.4</v>
       </c>
       <c r="N31" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O31" s="6">
         <v>0.2</v>
       </c>
       <c r="P31" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" s="5"/>
       <c r="B32" s="5" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C32" s="6">
         <v>5.0</v>
       </c>
       <c r="D32" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E32" s="6">
         <v>4.2</v>
       </c>
       <c r="F32" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G32" s="6">
         <v>2.7</v>
       </c>
       <c r="H32" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I32" s="6">
         <v>2.2</v>
       </c>
       <c r="J32" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K32" s="6">
         <v>1.8</v>
       </c>
       <c r="L32" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M32" s="6">
         <v>1.1</v>
       </c>
       <c r="N32" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O32" s="6">
         <v>2.5</v>
       </c>
       <c r="P32" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" s="5" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="B33" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C33" s="6">
         <v>0.0</v>
       </c>
       <c r="D33" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E33" s="6">
         <v>0.0</v>
       </c>
       <c r="F33" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G33" s="6">
         <v>0.0</v>
       </c>
       <c r="H33" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I33" s="6">
         <v>0.0</v>
       </c>
       <c r="J33" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K33" s="6">
         <v>0.0</v>
       </c>
       <c r="L33" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M33" s="6">
         <v>0.0</v>
       </c>
       <c r="N33" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O33" s="6">
         <v>0.0</v>
       </c>
       <c r="P33" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" s="5"/>
       <c r="B34" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C34" s="6">
         <v>0.0</v>
       </c>
       <c r="D34" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E34" s="6">
         <v>0.0</v>
       </c>
       <c r="F34" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G34" s="6">
         <v>0.0</v>
       </c>
       <c r="H34" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I34" s="6">
         <v>0.0</v>
       </c>
       <c r="J34" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K34" s="6">
         <v>0.0</v>
       </c>
       <c r="L34" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M34" s="6">
         <v>0.0</v>
       </c>
       <c r="N34" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O34" s="6">
         <v>0.0</v>
       </c>
       <c r="P34" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" s="5"/>
       <c r="B35" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C35" s="6">
         <v>22.1</v>
       </c>
       <c r="D35" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E35" s="6">
         <v>6.7</v>
       </c>
       <c r="F35" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G35" s="6">
         <v>4.9</v>
       </c>
       <c r="H35" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I35" s="6">
         <v>2.6</v>
       </c>
       <c r="J35" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K35" s="6">
         <v>0.7</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M35" s="6">
         <v>0.2</v>
       </c>
       <c r="N35" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O35" s="6">
         <v>4.5</v>
       </c>
       <c r="P35" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" s="5"/>
       <c r="B36" s="5" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C36" s="6">
         <v>2.6</v>
       </c>
       <c r="D36" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E36" s="6">
         <v>0.4</v>
       </c>
       <c r="F36" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G36" s="6">
         <v>0.5</v>
       </c>
       <c r="H36" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I36" s="6">
         <v>1.2</v>
       </c>
       <c r="J36" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K36" s="6">
         <v>0.2</v>
       </c>
       <c r="L36" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M36" s="6">
         <v>0.1</v>
       </c>
       <c r="N36" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O36" s="6">
         <v>0.6</v>
       </c>
       <c r="P36" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" s="5"/>
       <c r="B37" s="5" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C37" s="6">
         <v>24.8</v>
       </c>
       <c r="D37" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E37" s="6">
         <v>7.1</v>
       </c>
       <c r="F37" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G37" s="6">
         <v>5.4</v>
       </c>
       <c r="H37" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I37" s="6">
         <v>3.8</v>
       </c>
       <c r="J37" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K37" s="6">
         <v>0.9</v>
       </c>
       <c r="L37" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M37" s="6">
         <v>0.2</v>
       </c>
       <c r="N37" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O37" s="6">
         <v>5.1</v>
       </c>
       <c r="P37" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" s="5" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B38" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C38" s="6">
         <v>0.0</v>
       </c>
       <c r="D38" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E38" s="6">
         <v>0.0</v>
       </c>
       <c r="F38" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G38" s="6">
         <v>0.0</v>
       </c>
       <c r="H38" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I38" s="6">
         <v>0.0</v>
       </c>
       <c r="J38" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K38" s="6">
         <v>0.0</v>
       </c>
       <c r="L38" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M38" s="6">
         <v>0.0</v>
       </c>
       <c r="N38" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O38" s="6">
         <v>0.0</v>
       </c>
       <c r="P38" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" s="5"/>
       <c r="B39" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C39" s="6">
         <v>1.7</v>
       </c>
       <c r="D39" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E39" s="6">
         <v>0.7</v>
       </c>
       <c r="F39" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G39" s="6">
         <v>0.8</v>
       </c>
       <c r="H39" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I39" s="6">
         <v>0.6</v>
       </c>
       <c r="J39" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K39" s="6">
         <v>2.7</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M39" s="6">
         <v>1.5</v>
       </c>
       <c r="N39" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O39" s="6">
         <v>1.3</v>
       </c>
       <c r="P39" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" s="5"/>
       <c r="B40" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C40" s="6">
         <v>28.6</v>
       </c>
       <c r="D40" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E40" s="6">
         <v>13.9</v>
       </c>
       <c r="F40" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G40" s="6">
         <v>9.3</v>
       </c>
       <c r="H40" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I40" s="6">
         <v>10.9</v>
       </c>
       <c r="J40" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K40" s="6">
         <v>6.4</v>
       </c>
       <c r="L40" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M40" s="6">
         <v>2.0</v>
       </c>
       <c r="N40" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O40" s="6">
         <v>9.7</v>
       </c>
       <c r="P40" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" s="5"/>
       <c r="B41" s="5" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C41" s="6">
         <v>2.7</v>
       </c>
       <c r="D41" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E41" s="6">
         <v>0.6</v>
       </c>
       <c r="F41" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G41" s="6">
         <v>0.6</v>
       </c>
       <c r="H41" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I41" s="6">
         <v>2.3</v>
       </c>
       <c r="J41" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K41" s="6">
         <v>0.3</v>
       </c>
       <c r="L41" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M41" s="6">
         <v>0.8</v>
       </c>
       <c r="N41" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O41" s="6">
         <v>1.1</v>
       </c>
       <c r="P41" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" s="5"/>
       <c r="B42" s="5" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C42" s="6">
         <v>33.0</v>
       </c>
       <c r="D42" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E42" s="6">
         <v>15.2</v>
       </c>
       <c r="F42" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G42" s="6">
         <v>10.7</v>
       </c>
       <c r="H42" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I42" s="6">
         <v>13.7</v>
       </c>
       <c r="J42" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K42" s="6">
         <v>9.4</v>
       </c>
       <c r="L42" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M42" s="6">
         <v>4.3</v>
       </c>
       <c r="N42" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O42" s="6">
         <v>12.1</v>
       </c>
       <c r="P42" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="43" spans="1:16" customHeight="1" ht="21.75">
       <c r="A43" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1991427/611137</t>
           </r>
         </is>
       </c>
       <c r="C43" s="3"/>
       <c r="D43" s="3"/>
       <c r="E43" s="3"/>
       <c r="F43" s="3"/>
       <c r="G43" s="3"/>
       <c r="H43" s="3"/>
       <c r="I43" s="3"/>
       <c r="J43" s="3"/>
       <c r="K43" s="3"/>
       <c r="L43" s="3"/>
       <c r="M43" s="3"/>
       <c r="N43" s="3"/>
       <c r="O43" s="3"/>
       <c r="P43" s="3"/>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldstrassenlänge (LFI4) im Schutzwald</t>
+            <t xml:space="preserve">lunghezza delle strade forestali (IFN4) nel bosco di protezione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #345</t>
           </r>
         </is>
       </c>
     </row>
     <row r="47" spans="1:16" customHeight="1" ht="29">
       <c r="A47" s="1" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwaldfläche (Waldmaske)</t>
+            <t xml:space="preserve">superficie del bosco di protezione (cartina d. copertura for.)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #346</t>
           </r>
         </is>
       </c>
     </row>
     <row r="50" spans="1:16" customHeight="1" ht="29">
       <c r="A50" s="1" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Befahrbarkeit der Strasse</t>
+            <t xml:space="preserve">viabilità della strada</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2239</t>
           </r>
         </is>
       </c>
     </row>
     <row r="53" spans="1:16" customHeight="1" ht="29">
       <c r="A53" s="1" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Strassenbreite</t>
+            <t xml:space="preserve">larghezza della strada</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2238</t>
           </r>
         </is>
       </c>
     </row>
     <row r="56" spans="1:16" customHeight="1" ht="29">
       <c r="A56" s="1" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwaldregion</t>
+            <t xml:space="preserve">regione dei boschi di protezione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="59" spans="1:16" customHeight="1" ht="29">
       <c r="A59" s="1" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="62" spans="1:16" customHeight="1" ht="29">
       <c r="A62" s="1" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz</t>
+            <t xml:space="preserve">reticolo 1,4 x 1,4 km</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #410</t>
           </r>
         </is>
       </c>
     </row>
     <row r="65" spans="1:16" customHeight="1" ht="29">
       <c r="A65" s="1" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>
     <mergeCell ref="A3:P3"/>
     <mergeCell ref="A4:P4"/>
     <mergeCell ref="A5:P5"/>
     <mergeCell ref="A6:P6"/>
     <mergeCell ref="A7:P7"/>
     <mergeCell ref="A8:P8"/>
     <mergeCell ref="C10:P10"/>
     <mergeCell ref="C11:D11"/>
     <mergeCell ref="E11:F11"/>
     <mergeCell ref="G11:H11"/>
     <mergeCell ref="I11:J11"/>
     <mergeCell ref="K11:L11"/>
     <mergeCell ref="M11:N11"/>
     <mergeCell ref="O11:P11"/>
     <mergeCell ref="A13:A17"/>
     <mergeCell ref="A18:A22"/>
     <mergeCell ref="A23:A27"/>
     <mergeCell ref="A28:A32"/>
     <mergeCell ref="A33:A37"/>