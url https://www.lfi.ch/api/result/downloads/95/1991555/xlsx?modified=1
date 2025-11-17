--- v0 (2025-11-17)
+++ v1 (2025-11-17)
@@ -12,425 +12,422 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
-[...7 lines deleted...]
-    <t>Schutzwald gegen Lawinen (2022) · Grössenklasse (Jungwald; 5 Klassen) · NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
+  <si>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>number of trees assessed for browsing (no extrapolation)</t>
+  </si>
+  <si>
+    <t>protection forest against avalanches (2022) · size classe (young forest; 5 classes) · altitudinal vegetation belts (NaiS; 6 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: biogeografische Region</t>
+      <t xml:space="preserve">: biogeographical region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: Stk.</t>
+      <t xml:space="preserve">: n</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: bestockbarer zugänglicher Wald ohne Gebüschwald LFI2-LFI5</t>
+      <t xml:space="preserve">: stockable and accessible forest without shrub forest NFI2-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...20 lines deleted...]
-    <t>Stk.</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>protection forest against avalanches (2022)</t>
+  </si>
+  <si>
+    <t>inside</t>
+  </si>
+  <si>
+    <t>outside</t>
+  </si>
+  <si>
+    <t>total</t>
+  </si>
+  <si>
+    <t>size classe (young forest; 5 classes)</t>
+  </si>
+  <si>
+    <t>altitudinal vegetation belts (NaiS; 6 classes)</t>
+  </si>
+  <si>
+    <t>n</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>kein Angabe</t>
-[...2 lines deleted...]
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>obersubalpin</t>
-[...29 lines deleted...]
-    <t>BHD 8-11.9 cm</t>
+    <t>upper subalpine</t>
+  </si>
+  <si>
+    <t>subalpine</t>
+  </si>
+  <si>
+    <t>high-montane</t>
+  </si>
+  <si>
+    <t>lower and upper montane</t>
+  </si>
+  <si>
+    <t>submontane</t>
+  </si>
+  <si>
+    <t>hyperinsubric and colline</t>
+  </si>
+  <si>
+    <t>height 10-39 cm</t>
+  </si>
+  <si>
+    <t>height 40-129 cm</t>
+  </si>
+  <si>
+    <t>DBH 0-3.9 cm</t>
+  </si>
+  <si>
+    <t>DBH 4-7.9 cm</t>
+  </si>
+  <si>
+    <t>DBH 8-11.9 cm</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1991555/611266</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Anzahl auf Verbiss beurteilte Bäume (ohne Hochrechnung)</t>
+      <t xml:space="preserve">number of trees assessed for browsing (no extrapolation)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #431</t>
     </r>
   </si>
   <si>
-    <t>Tatsächliche Anzahl Nadel- und Laubbäume, die bei der Feldaufnahme auf Verbiss beurteilt worden sind (keine Hochrechnung).</t>
+    <t>Actual number of conifers and broadleaves assessed for browsing during the field survey (no extrapolation).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwald gegen Lawinen (2022)</t>
+      <t xml:space="preserve">protective forest against avalanches (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2645</t>
     </r>
   </si>
   <si>
-    <t>Fläche innerhalb/ausserhalb des Schutzwalds gegen Lawinen, den die Kantone nach den harmonisierten Kriterien von SilvaProtect-CH im Jahr 2022 ausgeschieden hatten. Grundlage: GIS-Daten BAFU, 2022</t>
+    <t>Area in/outside a forest that provides protection against avalanches which the cantons designated «protective forest» according to the harmonised criteria of SilvaProtect-CH in 2022. Reference: GIS data from FOEN, 2022</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Grössenklasse (Jungwald; 5 Klassen)</t>
+      <t xml:space="preserve">size classe (young forest; 5 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2623</t>
     </r>
   </si>
   <si>
-    <t>Grösse der Jungwaldpflanzen von 10 cm Höhe bis 11,9 cm Brusthöhendurchmesser (BHD) in fünf Klassen (zwei Höhenklassen, drei BHD-Klassen). Grundlage: Feldaufnahme (MID 507: Jungwaldklasse)</t>
+    <t>Size of young forest plants ≥10 cm in height and ≤11.9 cm in diameter at breast height (dbh) – in five size classes (two height and three dbh classes). Reference: Field Survey (MID 507: Jungwaldklasse)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+      <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2633</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005), reduziert auf sechs Klassen. Die Variable stellt eine Vereinfachung der NaiS-Vegetationshöhenstufen in zehn Klassen (NAISHSTKOMB) dar, indem die Klassen «hyperinsubrisch», «kollin» und «kollin mit Buche» zur Klasse «hyperinsubrisch und kollin» und die Stufen «untermontan», «obermontan» und «unter-/obermontan» zur Stufe «unter- und obermontan» zusammengezogen wurden. Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind. </t>
+    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005), reduced to six classes. The variable represents a simplification of the NaiS altitudinal vegetation belts with ten classes (NAISHSTKOMB) in which the classes «hyperinsubric» and «colline» are merged with «colline with beech» to form the class «hyperinsubric and colline» and the class «lower montane» with «upper montane» and «lower/upper montane» to form the class «lower and upper montane». The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeografische Region</t>
+      <t xml:space="preserve">biogeographical region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
+    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bestockbarer zugänglicher Wald ohne Gebüschwald LFI2-LFI5</t>
+      <t xml:space="preserve">stockable and accessible forest without shrub forest NFI2-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2615</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den vier Inventuren LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war, zu Fuss aufgesucht werden konnte und bestockbar war, also nicht von Waldstrassen, Erholungsanlagen, Bächen, Lawinenzügen u.dgl. besetzt war.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the four inventories NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026), was accessible on foot and could be stocked, i.e. did not contain forest roads, recreational facilities, streams, avalanche paths, etc.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -782,57 +779,57 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:H91"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="46.989" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="57.557" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
@@ -891,1682 +888,1682 @@
       </c>
       <c r="C12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="4" t="s">
         <v>15</v>
       </c>
       <c r="G12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="H12" s="4" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B13" s="5" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C13" s="6">
         <v>0</v>
       </c>
       <c r="D13" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E13" s="6">
         <v>0</v>
       </c>
       <c r="F13" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G13" s="6">
         <v>0</v>
       </c>
       <c r="H13" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="5"/>
       <c r="B14" s="5" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C14" s="6">
         <v>0</v>
       </c>
       <c r="D14" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E14" s="6">
         <v>0</v>
       </c>
       <c r="F14" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G14" s="6">
         <v>0</v>
       </c>
       <c r="H14" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="5"/>
       <c r="B15" s="5" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C15" s="6">
         <v>0</v>
       </c>
       <c r="D15" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E15" s="6">
         <v>0</v>
       </c>
       <c r="F15" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G15" s="6">
         <v>0</v>
       </c>
       <c r="H15" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="5"/>
       <c r="B16" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C16" s="6">
         <v>0</v>
       </c>
       <c r="D16" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E16" s="6">
         <v>0</v>
       </c>
       <c r="F16" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G16" s="6">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="5"/>
       <c r="B17" s="5" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C17" s="6">
         <v>0</v>
       </c>
       <c r="D17" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E17" s="6">
         <v>0</v>
       </c>
       <c r="F17" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G17" s="6">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="5"/>
       <c r="B18" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C18" s="6">
         <v>0</v>
       </c>
       <c r="D18" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E18" s="6">
         <v>0</v>
       </c>
       <c r="F18" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G18" s="6">
         <v>0</v>
       </c>
       <c r="H18" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="5"/>
       <c r="B19" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C19" s="6">
         <v>0</v>
       </c>
       <c r="D19" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E19" s="6">
         <v>0</v>
       </c>
       <c r="F19" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G19" s="6">
         <v>0</v>
       </c>
       <c r="H19" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="5"/>
       <c r="B20" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C20" s="6">
         <v>0</v>
       </c>
       <c r="D20" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E20" s="6">
         <v>0</v>
       </c>
       <c r="F20" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G20" s="6">
         <v>0</v>
       </c>
       <c r="H20" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="5" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B21" s="5" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C21" s="6">
         <v>0</v>
       </c>
       <c r="D21" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E21" s="6">
         <v>0</v>
       </c>
       <c r="F21" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G21" s="6">
         <v>0</v>
       </c>
       <c r="H21" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="5"/>
       <c r="B22" s="5" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C22" s="6">
         <v>0</v>
       </c>
       <c r="D22" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E22" s="6">
         <v>11</v>
       </c>
       <c r="F22" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G22" s="6">
         <v>11</v>
       </c>
       <c r="H22" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="5"/>
       <c r="B23" s="5" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C23" s="6">
         <v>13</v>
       </c>
       <c r="D23" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E23" s="6">
         <v>126</v>
       </c>
       <c r="F23" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G23" s="6">
         <v>139</v>
       </c>
       <c r="H23" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="5"/>
       <c r="B24" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C24" s="6">
         <v>69</v>
       </c>
       <c r="D24" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E24" s="6">
         <v>641</v>
       </c>
       <c r="F24" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G24" s="6">
         <v>710</v>
       </c>
       <c r="H24" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="5"/>
       <c r="B25" s="5" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C25" s="6">
         <v>189</v>
       </c>
       <c r="D25" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E25" s="6">
         <v>4041</v>
       </c>
       <c r="F25" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G25" s="6">
         <v>4230</v>
       </c>
       <c r="H25" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="5"/>
       <c r="B26" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C26" s="6">
         <v>0</v>
       </c>
       <c r="D26" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E26" s="6">
         <v>4017</v>
       </c>
       <c r="F26" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G26" s="6">
         <v>4017</v>
       </c>
       <c r="H26" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="5"/>
       <c r="B27" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C27" s="6">
         <v>1</v>
       </c>
       <c r="D27" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E27" s="6">
         <v>526</v>
       </c>
       <c r="F27" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G27" s="6">
         <v>527</v>
       </c>
       <c r="H27" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="5"/>
       <c r="B28" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C28" s="6">
         <v>272</v>
       </c>
       <c r="D28" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E28" s="6">
         <v>9362</v>
       </c>
       <c r="F28" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G28" s="6">
         <v>9634</v>
       </c>
       <c r="H28" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="5" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B29" s="5" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C29" s="6">
         <v>0</v>
       </c>
       <c r="D29" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E29" s="6">
         <v>0</v>
       </c>
       <c r="F29" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G29" s="6">
         <v>0</v>
       </c>
       <c r="H29" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="5"/>
       <c r="B30" s="5" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C30" s="6">
         <v>5</v>
       </c>
       <c r="D30" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E30" s="6">
         <v>21</v>
       </c>
       <c r="F30" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G30" s="6">
         <v>26</v>
       </c>
       <c r="H30" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="5"/>
       <c r="B31" s="5" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C31" s="6">
         <v>16</v>
       </c>
       <c r="D31" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E31" s="6">
         <v>180</v>
       </c>
       <c r="F31" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G31" s="6">
         <v>196</v>
       </c>
       <c r="H31" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="5"/>
       <c r="B32" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C32" s="6">
         <v>90</v>
       </c>
       <c r="D32" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E32" s="6">
         <v>389</v>
       </c>
       <c r="F32" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G32" s="6">
         <v>479</v>
       </c>
       <c r="H32" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="5"/>
       <c r="B33" s="5" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C33" s="6">
         <v>83</v>
       </c>
       <c r="D33" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E33" s="6">
         <v>3563</v>
       </c>
       <c r="F33" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G33" s="6">
         <v>3646</v>
       </c>
       <c r="H33" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="5"/>
       <c r="B34" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C34" s="6">
         <v>0</v>
       </c>
       <c r="D34" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E34" s="6">
         <v>3158</v>
       </c>
       <c r="F34" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G34" s="6">
         <v>3158</v>
       </c>
       <c r="H34" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="5"/>
       <c r="B35" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C35" s="6">
         <v>2</v>
       </c>
       <c r="D35" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E35" s="6">
         <v>249</v>
       </c>
       <c r="F35" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G35" s="6">
         <v>251</v>
       </c>
       <c r="H35" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="5"/>
       <c r="B36" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C36" s="6">
         <v>196</v>
       </c>
       <c r="D36" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E36" s="6">
         <v>7560</v>
       </c>
       <c r="F36" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G36" s="6">
         <v>7756</v>
       </c>
       <c r="H36" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B37" s="5" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C37" s="6">
         <v>0</v>
       </c>
       <c r="D37" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E37" s="6">
         <v>0</v>
       </c>
       <c r="F37" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G37" s="6">
         <v>0</v>
       </c>
       <c r="H37" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" s="5"/>
       <c r="B38" s="5" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C38" s="6">
         <v>0</v>
       </c>
       <c r="D38" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E38" s="6">
         <v>0</v>
       </c>
       <c r="F38" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G38" s="6">
         <v>0</v>
       </c>
       <c r="H38" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" s="5"/>
       <c r="B39" s="5" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C39" s="6">
         <v>0</v>
       </c>
       <c r="D39" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E39" s="6">
         <v>0</v>
       </c>
       <c r="F39" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G39" s="6">
         <v>0</v>
       </c>
       <c r="H39" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="5"/>
       <c r="B40" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C40" s="6">
         <v>0</v>
       </c>
       <c r="D40" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E40" s="6">
         <v>0</v>
       </c>
       <c r="F40" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G40" s="6">
         <v>0</v>
       </c>
       <c r="H40" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" s="5"/>
       <c r="B41" s="5" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C41" s="6">
         <v>0</v>
       </c>
       <c r="D41" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E41" s="6">
         <v>0</v>
       </c>
       <c r="F41" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G41" s="6">
         <v>0</v>
       </c>
       <c r="H41" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="5"/>
       <c r="B42" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C42" s="6">
         <v>0</v>
       </c>
       <c r="D42" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E42" s="6">
         <v>0</v>
       </c>
       <c r="F42" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G42" s="6">
         <v>0</v>
       </c>
       <c r="H42" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" s="5"/>
       <c r="B43" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C43" s="6">
         <v>0</v>
       </c>
       <c r="D43" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E43" s="6">
         <v>0</v>
       </c>
       <c r="F43" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G43" s="6">
         <v>0</v>
       </c>
       <c r="H43" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="5"/>
       <c r="B44" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C44" s="6">
         <v>0</v>
       </c>
       <c r="D44" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E44" s="6">
         <v>0</v>
       </c>
       <c r="F44" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G44" s="6">
         <v>0</v>
       </c>
       <c r="H44" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="5" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B45" s="5" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C45" s="6">
         <v>0</v>
       </c>
       <c r="D45" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E45" s="6">
         <v>0</v>
       </c>
       <c r="F45" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G45" s="6">
         <v>0</v>
       </c>
       <c r="H45" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" s="5"/>
       <c r="B46" s="5" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C46" s="6">
         <v>0</v>
       </c>
       <c r="D46" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E46" s="6">
         <v>0</v>
       </c>
       <c r="F46" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G46" s="6">
         <v>0</v>
       </c>
       <c r="H46" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" s="5"/>
       <c r="B47" s="5" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C47" s="6">
         <v>0</v>
       </c>
       <c r="D47" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E47" s="6">
         <v>0</v>
       </c>
       <c r="F47" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G47" s="6">
         <v>0</v>
       </c>
       <c r="H47" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" s="5"/>
       <c r="B48" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C48" s="6">
         <v>0</v>
       </c>
       <c r="D48" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E48" s="6">
         <v>0</v>
       </c>
       <c r="F48" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G48" s="6">
         <v>0</v>
       </c>
       <c r="H48" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" s="5"/>
       <c r="B49" s="5" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C49" s="6">
         <v>0</v>
       </c>
       <c r="D49" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E49" s="6">
         <v>0</v>
       </c>
       <c r="F49" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G49" s="6">
         <v>0</v>
       </c>
       <c r="H49" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" s="5"/>
       <c r="B50" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C50" s="6">
         <v>0</v>
       </c>
       <c r="D50" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E50" s="6">
         <v>0</v>
       </c>
       <c r="F50" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G50" s="6">
         <v>0</v>
       </c>
       <c r="H50" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" s="5"/>
       <c r="B51" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C51" s="6">
         <v>0</v>
       </c>
       <c r="D51" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E51" s="6">
         <v>0</v>
       </c>
       <c r="F51" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G51" s="6">
         <v>0</v>
       </c>
       <c r="H51" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" s="5"/>
       <c r="B52" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C52" s="6">
         <v>0</v>
       </c>
       <c r="D52" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E52" s="6">
         <v>0</v>
       </c>
       <c r="F52" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G52" s="6">
         <v>0</v>
       </c>
       <c r="H52" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" s="5" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B53" s="5" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C53" s="6">
         <v>0</v>
       </c>
       <c r="D53" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E53" s="6">
         <v>0</v>
       </c>
       <c r="F53" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G53" s="6">
         <v>0</v>
       </c>
       <c r="H53" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" s="5"/>
       <c r="B54" s="5" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C54" s="6">
         <v>0</v>
       </c>
       <c r="D54" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E54" s="6">
         <v>0</v>
       </c>
       <c r="F54" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G54" s="6">
         <v>0</v>
       </c>
       <c r="H54" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" s="5"/>
       <c r="B55" s="5" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C55" s="6">
         <v>0</v>
       </c>
       <c r="D55" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E55" s="6">
         <v>0</v>
       </c>
       <c r="F55" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G55" s="6">
         <v>0</v>
       </c>
       <c r="H55" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" s="5"/>
       <c r="B56" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C56" s="6">
         <v>0</v>
       </c>
       <c r="D56" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E56" s="6">
         <v>0</v>
       </c>
       <c r="F56" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G56" s="6">
         <v>0</v>
       </c>
       <c r="H56" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" s="5"/>
       <c r="B57" s="5" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C57" s="6">
         <v>0</v>
       </c>
       <c r="D57" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E57" s="6">
         <v>0</v>
       </c>
       <c r="F57" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G57" s="6">
         <v>0</v>
       </c>
       <c r="H57" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" s="5"/>
       <c r="B58" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C58" s="6">
         <v>0</v>
       </c>
       <c r="D58" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E58" s="6">
         <v>0</v>
       </c>
       <c r="F58" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G58" s="6">
         <v>0</v>
       </c>
       <c r="H58" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" s="5"/>
       <c r="B59" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C59" s="6">
         <v>0</v>
       </c>
       <c r="D59" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E59" s="6">
         <v>0</v>
       </c>
       <c r="F59" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G59" s="6">
         <v>0</v>
       </c>
       <c r="H59" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" s="5"/>
       <c r="B60" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C60" s="6">
         <v>0</v>
       </c>
       <c r="D60" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E60" s="6">
         <v>0</v>
       </c>
       <c r="F60" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G60" s="6">
         <v>0</v>
       </c>
       <c r="H60" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B61" s="5" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C61" s="6">
         <v>0</v>
       </c>
       <c r="D61" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E61" s="6">
         <v>0</v>
       </c>
       <c r="F61" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G61" s="6">
         <v>0</v>
       </c>
       <c r="H61" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" s="5"/>
       <c r="B62" s="5" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C62" s="6">
         <v>5</v>
       </c>
       <c r="D62" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E62" s="6">
         <v>32</v>
       </c>
       <c r="F62" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G62" s="6">
         <v>37</v>
       </c>
       <c r="H62" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" s="5"/>
       <c r="B63" s="5" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C63" s="6">
         <v>29</v>
       </c>
       <c r="D63" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E63" s="6">
         <v>306</v>
       </c>
       <c r="F63" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G63" s="6">
         <v>335</v>
       </c>
       <c r="H63" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" s="5"/>
       <c r="B64" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C64" s="6">
         <v>159</v>
       </c>
       <c r="D64" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E64" s="6">
         <v>1030</v>
       </c>
       <c r="F64" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G64" s="6">
         <v>1189</v>
       </c>
       <c r="H64" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" s="5"/>
       <c r="B65" s="5" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C65" s="6">
         <v>272</v>
       </c>
       <c r="D65" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E65" s="6">
         <v>7604</v>
       </c>
       <c r="F65" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G65" s="6">
         <v>7876</v>
       </c>
       <c r="H65" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" s="5"/>
       <c r="B66" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C66" s="6">
         <v>0</v>
       </c>
       <c r="D66" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E66" s="6">
         <v>7175</v>
       </c>
       <c r="F66" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G66" s="6">
         <v>7175</v>
       </c>
       <c r="H66" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" s="5"/>
       <c r="B67" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C67" s="6">
         <v>3</v>
       </c>
       <c r="D67" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E67" s="6">
         <v>775</v>
       </c>
       <c r="F67" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G67" s="6">
         <v>778</v>
       </c>
       <c r="H67" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" s="5"/>
       <c r="B68" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C68" s="6">
         <v>468</v>
       </c>
       <c r="D68" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E68" s="6">
         <v>16922</v>
       </c>
       <c r="F68" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G68" s="6">
         <v>17390</v>
       </c>
       <c r="H68" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="69" spans="1:8" customHeight="1" ht="21.75">
       <c r="A69" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1991555/611266</t>
           </r>
         </is>
       </c>
       <c r="C69" s="3"/>
       <c r="D69" s="3"/>
       <c r="E69" s="3"/>
       <c r="F69" s="3"/>
       <c r="G69" s="3"/>
       <c r="H69" s="3"/>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Anzahl auf Verbiss beurteilte Bäume (ohne Hochrechnung)</t>
+            <t xml:space="preserve">number of trees assessed for browsing (no extrapolation)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #431</t>
           </r>
         </is>
       </c>
     </row>
     <row r="73" spans="1:8" customHeight="1" ht="29">
       <c r="A73" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwald gegen Lawinen (2022)</t>
+            <t xml:space="preserve">protective forest against avalanches (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2645</t>
           </r>
         </is>
       </c>
     </row>
     <row r="76" spans="1:8" customHeight="1" ht="29">
       <c r="A76" s="1" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Grössenklasse (Jungwald; 5 Klassen)</t>
+            <t xml:space="preserve">size classe (young forest; 5 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2623</t>
           </r>
         </is>
       </c>
     </row>
     <row r="79" spans="1:8" customHeight="1" ht="29">
       <c r="A79" s="1" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+            <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2633</t>
           </r>
         </is>
       </c>
     </row>
     <row r="82" spans="1:8" customHeight="1" ht="29">
       <c r="A82" s="1" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeografische Region</t>
+            <t xml:space="preserve">biogeographical region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="85" spans="1:8" customHeight="1" ht="29">
       <c r="A85" s="1" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bestockbarer zugänglicher Wald ohne Gebüschwald LFI2-LFI5</t>
+            <t xml:space="preserve">stockable and accessible forest without shrub forest NFI2-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2615</t>
           </r>
         </is>
       </c>
     </row>
     <row r="88" spans="1:8" customHeight="1" ht="29">
       <c r="A88" s="1" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="91" spans="1:8" customHeight="1" ht="29">
       <c r="A91" s="1" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="A3:H3"/>
     <mergeCell ref="A4:H4"/>
     <mergeCell ref="A5:H5"/>
     <mergeCell ref="A6:H6"/>
     <mergeCell ref="A7:H7"/>
     <mergeCell ref="A8:H8"/>
     <mergeCell ref="C10:H10"/>
     <mergeCell ref="C11:D11"/>
     <mergeCell ref="E11:F11"/>
     <mergeCell ref="G11:H11"/>
     <mergeCell ref="A13:A20"/>
     <mergeCell ref="A21:A28"/>
     <mergeCell ref="A29:A36"/>
     <mergeCell ref="A37:A44"/>
     <mergeCell ref="A45:A52"/>
     <mergeCell ref="A53:A60"/>
     <mergeCell ref="A61:A68"/>
     <mergeCell ref="A69:H69"/>
     <mergeCell ref="A72:H72"/>