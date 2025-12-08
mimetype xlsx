--- v0 (2025-10-10)
+++ v1 (2025-12-08)
@@ -12,400 +12,397 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
-[...7 lines deleted...]
-    <t>Befahrbarkeit der Strasse · Strassenbreite</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
+  <si>
+    <t>NFI4</t>
+  </si>
+  <si>
+    <t>length of forest roads (NFI4)</t>
+  </si>
+  <si>
+    <t>trafficability of forest road · forest road width</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: biogeografische Region</t>
+      <t xml:space="preserve">: biogeographical region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 m</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">: accessible forest without shrub forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz</t>
+      <t xml:space="preserve">: 1.4-km grid</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2009/17</t>
-[...2 lines deleted...]
-    <t>biogeografische Region</t>
+    <t>state 2009/17</t>
+  </si>
+  <si>
+    <t>biogeographical region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Mittelland</t>
-[...20 lines deleted...]
-    <t>Strassenbreite</t>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Northern Alps</t>
+  </si>
+  <si>
+    <t>Western Central-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Central-Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>trafficability of forest road</t>
+  </si>
+  <si>
+    <t>forest road width</t>
   </si>
   <si>
     <t>1000 m</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>Wert nicht ermittelt</t>
-[...2 lines deleted...]
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>2.5 - 2.9 m</t>
   </si>
   <si>
     <t>3.0 - 3.4 m</t>
   </si>
   <si>
-    <t>3.50 m und breiter</t>
-[...14 lines deleted...]
-    <t>min. 5-achsiger LKW mit 40 - 44 t</t>
+    <t>3.50 m and larger</t>
+  </si>
+  <si>
+    <t>total</t>
+  </si>
+  <si>
+    <t>18 t, 2-axle truck</t>
+  </si>
+  <si>
+    <t>26 t, 3-axle truck</t>
+  </si>
+  <si>
+    <t>28 - 32 t, 4-axle truck</t>
+  </si>
+  <si>
+    <t>40 - 44 t, min. 5-axle truck</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1991570/611280</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldstrassenlänge (LFI)</t>
+      <t xml:space="preserve">length of forest roads (NFI)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #336</t>
     </r>
   </si>
   <si>
     <t>Länge der im LFI erhobenen Waldstrassen. Die Waldstrassenlänge wird im Wald zu 100% gezählt, am Waldrand und in aufgelösten Bestockungen dagegen nur zu 50%. Zu den LFI-Waldstrassen zählen nur die zum Zeitpunkt der LFI-Erhebung in den aktuellen Erschliessungsdaten explizit verfügbaren Strassen-/Streckenabschnitte.
 Da es sich um eine Vollerhebung sämtlicher Strassen handelt, ist die Angabe eines Standardfehlers nicht nötig (es gibt keine stichprobenbedingte Unsicherheit).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Befahrbarkeit der Strasse</t>
+      <t xml:space="preserve">trafficability of forest road</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2239</t>
     </r>
   </si>
   <si>
     <t>Die Befahrbarkeit der Strasse gibt an, mit welchem Lastwagentyp eine Strasse befahren werden kann. Dabei sind Achsenzahl und Gesamtgewicht des LKW für die Klassierung ausschlaggebend.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Strassenbreite</t>
+      <t xml:space="preserve">forest road width</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2238</t>
     </r>
   </si>
   <si>
     <t>Die Strassenbreite gibt an, wie breit der betreffende Strecken-/Strassenabschnitt ist. Lastwagenstrassen im Schweizer Wald müssen, um in der Erschliessungserhebung erfasst zu werden, eine Mindestbreite von 2.50 m aufweisen. Im Rahmen der Försterumfrage des LFI4 wurden zusätzliche Informationen erhoben. Dabei steht nicht die lastwagenbefahrbare Strasse nach LFI mit 10 t Achslast und einer Mindestbreite von 2.50 m  im Fokus, sondern die für die Holzabfuhr relevante Strasse mit mindestens 3 m Fahrbahnbreite und genügender Tragfähigkeit für Fahrzeuge mit einem Gesamtgewicht ab 26 t.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeografische Region</t>
+      <t xml:space="preserve">biogeographical region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
+    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">accessible forest without shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
+    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz</t>
+      <t xml:space="preserve">1.4-km grid</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #410</t>
     </r>
   </si>
   <si>
-    <t>Stichprobennetz des LFI mit einer Maschenweite von 1,4 km. Beim 1,4-km-Netz handelt es sich um das gemeinsame Netz aller bisherigen terrestrischen Inventuren, weshalb es auch als Basisnetz bezeichnet wird.</t>
+    <t>NFI's sampling grid with a mesh size of 1.4 km. The 1.4-km grid is the grid size covering all the previous terrestrial Inventories, which is why it is also called the base grid.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -757,52 +754,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P62"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="39.99" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="37.562" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -922,1749 +919,1749 @@
       </c>
       <c r="K12" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>18</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>19</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>18</v>
       </c>
       <c r="P12" s="4" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" s="5" t="s">
         <v>20</v>
       </c>
       <c r="B13" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C13" s="6">
         <v>0</v>
       </c>
       <c r="D13" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E13" s="6">
         <v>0</v>
       </c>
       <c r="F13" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G13" s="6">
         <v>0</v>
       </c>
       <c r="H13" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I13" s="6">
         <v>0</v>
       </c>
       <c r="J13" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K13" s="6">
         <v>0</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M13" s="6">
         <v>0</v>
       </c>
       <c r="N13" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O13" s="6">
         <v>0</v>
       </c>
       <c r="P13" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" s="5"/>
       <c r="B14" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C14" s="6">
         <v>0</v>
       </c>
       <c r="D14" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E14" s="6">
         <v>0</v>
       </c>
       <c r="F14" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G14" s="6">
         <v>0</v>
       </c>
       <c r="H14" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I14" s="6">
         <v>0</v>
       </c>
       <c r="J14" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K14" s="6">
         <v>0</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M14" s="6">
         <v>0</v>
       </c>
       <c r="N14" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O14" s="6">
         <v>0</v>
       </c>
       <c r="P14" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" s="5"/>
       <c r="B15" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C15" s="6">
         <v>0</v>
       </c>
       <c r="D15" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E15" s="6">
         <v>0</v>
       </c>
       <c r="F15" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G15" s="6">
         <v>0</v>
       </c>
       <c r="H15" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I15" s="6">
         <v>0</v>
       </c>
       <c r="J15" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K15" s="6">
         <v>0</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M15" s="6">
         <v>0</v>
       </c>
       <c r="N15" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O15" s="6">
         <v>0</v>
       </c>
       <c r="P15" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" s="5"/>
       <c r="B16" s="5" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C16" s="6">
         <v>0</v>
       </c>
       <c r="D16" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E16" s="6">
         <v>0</v>
       </c>
       <c r="F16" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G16" s="6">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I16" s="6">
         <v>0</v>
       </c>
       <c r="J16" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K16" s="6">
         <v>0</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M16" s="6">
         <v>0</v>
       </c>
       <c r="N16" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O16" s="6">
         <v>0</v>
       </c>
       <c r="P16" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" s="5"/>
       <c r="B17" s="5" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C17" s="6">
         <v>0</v>
       </c>
       <c r="D17" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E17" s="6">
         <v>0</v>
       </c>
       <c r="F17" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G17" s="6">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I17" s="6">
         <v>0</v>
       </c>
       <c r="J17" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K17" s="6">
         <v>0</v>
       </c>
       <c r="L17" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M17" s="6">
         <v>0</v>
       </c>
       <c r="N17" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O17" s="6">
         <v>0</v>
       </c>
       <c r="P17" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" s="5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B18" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C18" s="6">
         <v>0</v>
       </c>
       <c r="D18" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E18" s="6">
         <v>0</v>
       </c>
       <c r="F18" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G18" s="6">
         <v>0</v>
       </c>
       <c r="H18" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I18" s="6">
         <v>0</v>
       </c>
       <c r="J18" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K18" s="6">
         <v>0</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M18" s="6">
         <v>0</v>
       </c>
       <c r="N18" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O18" s="6">
         <v>0</v>
       </c>
       <c r="P18" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" s="5"/>
       <c r="B19" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C19" s="6">
         <v>190</v>
       </c>
       <c r="D19" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E19" s="6">
         <v>234</v>
       </c>
       <c r="F19" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G19" s="6">
         <v>129</v>
       </c>
       <c r="H19" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I19" s="6">
         <v>35</v>
       </c>
       <c r="J19" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K19" s="6">
         <v>283</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M19" s="6">
         <v>231</v>
       </c>
       <c r="N19" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O19" s="6">
         <v>1103</v>
       </c>
       <c r="P19" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" s="5"/>
       <c r="B20" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C20" s="6">
         <v>0</v>
       </c>
       <c r="D20" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E20" s="6">
         <v>0</v>
       </c>
       <c r="F20" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G20" s="6">
         <v>0</v>
       </c>
       <c r="H20" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I20" s="6">
         <v>0</v>
       </c>
       <c r="J20" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K20" s="6">
         <v>0</v>
       </c>
       <c r="L20" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M20" s="6">
         <v>0</v>
       </c>
       <c r="N20" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O20" s="6">
         <v>0</v>
       </c>
       <c r="P20" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" s="5"/>
       <c r="B21" s="5" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C21" s="6">
         <v>0</v>
       </c>
       <c r="D21" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E21" s="6">
         <v>0</v>
       </c>
       <c r="F21" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G21" s="6">
         <v>0</v>
       </c>
       <c r="H21" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I21" s="6">
         <v>0</v>
       </c>
       <c r="J21" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K21" s="6">
         <v>0</v>
       </c>
       <c r="L21" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M21" s="6">
         <v>0</v>
       </c>
       <c r="N21" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O21" s="6">
         <v>0</v>
       </c>
       <c r="P21" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" s="5"/>
       <c r="B22" s="5" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C22" s="6">
         <v>190</v>
       </c>
       <c r="D22" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E22" s="6">
         <v>234</v>
       </c>
       <c r="F22" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G22" s="6">
         <v>129</v>
       </c>
       <c r="H22" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I22" s="6">
         <v>35</v>
       </c>
       <c r="J22" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K22" s="6">
         <v>283</v>
       </c>
       <c r="L22" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M22" s="6">
         <v>231</v>
       </c>
       <c r="N22" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O22" s="6">
         <v>1103</v>
       </c>
       <c r="P22" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" s="5" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B23" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C23" s="6">
         <v>0</v>
       </c>
       <c r="D23" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E23" s="6">
         <v>0</v>
       </c>
       <c r="F23" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G23" s="6">
         <v>0</v>
       </c>
       <c r="H23" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I23" s="6">
         <v>0</v>
       </c>
       <c r="J23" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K23" s="6">
         <v>0</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M23" s="6">
         <v>0</v>
       </c>
       <c r="N23" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O23" s="6">
         <v>0</v>
       </c>
       <c r="P23" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" s="5"/>
       <c r="B24" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C24" s="6">
         <v>0</v>
       </c>
       <c r="D24" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E24" s="6">
         <v>0</v>
       </c>
       <c r="F24" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G24" s="6">
         <v>0</v>
       </c>
       <c r="H24" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I24" s="6">
         <v>0</v>
       </c>
       <c r="J24" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K24" s="6">
         <v>0</v>
       </c>
       <c r="L24" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M24" s="6">
         <v>0</v>
       </c>
       <c r="N24" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O24" s="6">
         <v>0</v>
       </c>
       <c r="P24" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" s="5"/>
       <c r="B25" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C25" s="6">
         <v>165</v>
       </c>
       <c r="D25" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E25" s="6">
         <v>120</v>
       </c>
       <c r="F25" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G25" s="6">
         <v>507</v>
       </c>
       <c r="H25" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I25" s="6">
         <v>506</v>
       </c>
       <c r="J25" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K25" s="6">
         <v>439</v>
       </c>
       <c r="L25" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M25" s="6">
         <v>194</v>
       </c>
       <c r="N25" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O25" s="6">
         <v>1931</v>
       </c>
       <c r="P25" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" s="5"/>
       <c r="B26" s="5" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C26" s="6">
         <v>2</v>
       </c>
       <c r="D26" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E26" s="6">
         <v>2</v>
       </c>
       <c r="F26" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G26" s="6">
         <v>8</v>
       </c>
       <c r="H26" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I26" s="6">
         <v>58</v>
       </c>
       <c r="J26" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K26" s="6">
         <v>4</v>
       </c>
       <c r="L26" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M26" s="6">
         <v>42</v>
       </c>
       <c r="N26" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O26" s="6">
         <v>117</v>
       </c>
       <c r="P26" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" s="5"/>
       <c r="B27" s="5" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C27" s="6">
         <v>167</v>
       </c>
       <c r="D27" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E27" s="6">
         <v>122</v>
       </c>
       <c r="F27" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G27" s="6">
         <v>515</v>
       </c>
       <c r="H27" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I27" s="6">
         <v>564</v>
       </c>
       <c r="J27" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K27" s="6">
         <v>443</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M27" s="6">
         <v>236</v>
       </c>
       <c r="N27" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O27" s="6">
         <v>2047</v>
       </c>
       <c r="P27" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" s="5" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B28" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C28" s="6">
         <v>0</v>
       </c>
       <c r="D28" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E28" s="6">
         <v>0</v>
       </c>
       <c r="F28" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G28" s="6">
         <v>0</v>
       </c>
       <c r="H28" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I28" s="6">
         <v>0</v>
       </c>
       <c r="J28" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K28" s="6">
         <v>0</v>
       </c>
       <c r="L28" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M28" s="6">
         <v>0</v>
       </c>
       <c r="N28" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O28" s="6">
         <v>0</v>
       </c>
       <c r="P28" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" s="5"/>
       <c r="B29" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C29" s="6">
         <v>0</v>
       </c>
       <c r="D29" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E29" s="6">
         <v>0</v>
       </c>
       <c r="F29" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G29" s="6">
         <v>0</v>
       </c>
       <c r="H29" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I29" s="6">
         <v>0</v>
       </c>
       <c r="J29" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K29" s="6">
         <v>0</v>
       </c>
       <c r="L29" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M29" s="6">
         <v>0</v>
       </c>
       <c r="N29" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O29" s="6">
         <v>0</v>
       </c>
       <c r="P29" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" s="5"/>
       <c r="B30" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C30" s="6">
         <v>430</v>
       </c>
       <c r="D30" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E30" s="6">
         <v>422</v>
       </c>
       <c r="F30" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G30" s="6">
         <v>720</v>
       </c>
       <c r="H30" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I30" s="6">
         <v>84</v>
       </c>
       <c r="J30" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K30" s="6">
         <v>191</v>
       </c>
       <c r="L30" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M30" s="6">
         <v>110</v>
       </c>
       <c r="N30" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O30" s="6">
         <v>1957</v>
       </c>
       <c r="P30" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" s="5"/>
       <c r="B31" s="5" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C31" s="6">
         <v>5</v>
       </c>
       <c r="D31" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E31" s="6">
         <v>8</v>
       </c>
       <c r="F31" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G31" s="6">
         <v>37</v>
       </c>
       <c r="H31" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I31" s="6">
         <v>32</v>
       </c>
       <c r="J31" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K31" s="6">
         <v>5</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M31" s="6">
         <v>51</v>
       </c>
       <c r="N31" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O31" s="6">
         <v>138</v>
       </c>
       <c r="P31" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" s="5"/>
       <c r="B32" s="5" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C32" s="6">
         <v>435</v>
       </c>
       <c r="D32" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E32" s="6">
         <v>430</v>
       </c>
       <c r="F32" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G32" s="6">
         <v>757</v>
       </c>
       <c r="H32" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I32" s="6">
         <v>116</v>
       </c>
       <c r="J32" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K32" s="6">
         <v>196</v>
       </c>
       <c r="L32" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M32" s="6">
         <v>161</v>
       </c>
       <c r="N32" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O32" s="6">
         <v>2095</v>
       </c>
       <c r="P32" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" s="5" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="B33" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C33" s="6">
         <v>0</v>
       </c>
       <c r="D33" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E33" s="6">
         <v>0</v>
       </c>
       <c r="F33" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G33" s="6">
         <v>0</v>
       </c>
       <c r="H33" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I33" s="6">
         <v>0</v>
       </c>
       <c r="J33" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K33" s="6">
         <v>0</v>
       </c>
       <c r="L33" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M33" s="6">
         <v>0</v>
       </c>
       <c r="N33" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O33" s="6">
         <v>0</v>
       </c>
       <c r="P33" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" s="5"/>
       <c r="B34" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C34" s="6">
         <v>0</v>
       </c>
       <c r="D34" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E34" s="6">
         <v>0</v>
       </c>
       <c r="F34" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G34" s="6">
         <v>0</v>
       </c>
       <c r="H34" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I34" s="6">
         <v>0</v>
       </c>
       <c r="J34" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K34" s="6">
         <v>0</v>
       </c>
       <c r="L34" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M34" s="6">
         <v>0</v>
       </c>
       <c r="N34" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O34" s="6">
         <v>0</v>
       </c>
       <c r="P34" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" s="5"/>
       <c r="B35" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C35" s="6">
         <v>3393</v>
       </c>
       <c r="D35" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E35" s="6">
         <v>6806</v>
       </c>
       <c r="F35" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G35" s="6">
         <v>1228</v>
       </c>
       <c r="H35" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I35" s="6">
         <v>105</v>
       </c>
       <c r="J35" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K35" s="6">
         <v>131</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M35" s="6">
         <v>27</v>
       </c>
       <c r="N35" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O35" s="6">
         <v>11690</v>
       </c>
       <c r="P35" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" s="5"/>
       <c r="B36" s="5" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C36" s="6">
         <v>428</v>
       </c>
       <c r="D36" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E36" s="6">
         <v>474</v>
       </c>
       <c r="F36" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G36" s="6">
         <v>146</v>
       </c>
       <c r="H36" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I36" s="6">
         <v>76</v>
       </c>
       <c r="J36" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K36" s="6">
         <v>28</v>
       </c>
       <c r="L36" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M36" s="6">
         <v>14</v>
       </c>
       <c r="N36" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O36" s="6">
         <v>1167</v>
       </c>
       <c r="P36" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" s="5"/>
       <c r="B37" s="5" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C37" s="6">
         <v>3821</v>
       </c>
       <c r="D37" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E37" s="6">
         <v>7280</v>
       </c>
       <c r="F37" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G37" s="6">
         <v>1374</v>
       </c>
       <c r="H37" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I37" s="6">
         <v>181</v>
       </c>
       <c r="J37" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K37" s="6">
         <v>159</v>
       </c>
       <c r="L37" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M37" s="6">
         <v>41</v>
       </c>
       <c r="N37" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O37" s="6">
         <v>12856</v>
       </c>
       <c r="P37" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" s="5" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B38" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C38" s="6">
         <v>0</v>
       </c>
       <c r="D38" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E38" s="6">
         <v>0</v>
       </c>
       <c r="F38" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G38" s="6">
         <v>0</v>
       </c>
       <c r="H38" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I38" s="6">
         <v>0</v>
       </c>
       <c r="J38" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K38" s="6">
         <v>0</v>
       </c>
       <c r="L38" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M38" s="6">
         <v>0</v>
       </c>
       <c r="N38" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O38" s="6">
         <v>0</v>
       </c>
       <c r="P38" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" s="5"/>
       <c r="B39" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C39" s="6">
         <v>190</v>
       </c>
       <c r="D39" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E39" s="6">
         <v>234</v>
       </c>
       <c r="F39" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G39" s="6">
         <v>129</v>
       </c>
       <c r="H39" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I39" s="6">
         <v>35</v>
       </c>
       <c r="J39" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K39" s="6">
         <v>283</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M39" s="6">
         <v>231</v>
       </c>
       <c r="N39" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O39" s="6">
         <v>1103</v>
       </c>
       <c r="P39" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" s="5"/>
       <c r="B40" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C40" s="6">
         <v>3989</v>
       </c>
       <c r="D40" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E40" s="6">
         <v>7347</v>
       </c>
       <c r="F40" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G40" s="6">
         <v>2454</v>
       </c>
       <c r="H40" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I40" s="6">
         <v>695</v>
       </c>
       <c r="J40" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K40" s="6">
         <v>761</v>
       </c>
       <c r="L40" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M40" s="6">
         <v>331</v>
       </c>
       <c r="N40" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O40" s="6">
         <v>15578</v>
       </c>
       <c r="P40" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" s="5"/>
       <c r="B41" s="5" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C41" s="6">
         <v>435</v>
       </c>
       <c r="D41" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E41" s="6">
         <v>485</v>
       </c>
       <c r="F41" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G41" s="6">
         <v>191</v>
       </c>
       <c r="H41" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I41" s="6">
         <v>166</v>
       </c>
       <c r="J41" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K41" s="6">
         <v>37</v>
       </c>
       <c r="L41" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M41" s="6">
         <v>107</v>
       </c>
       <c r="N41" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O41" s="6">
         <v>1422</v>
       </c>
       <c r="P41" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" s="5"/>
       <c r="B42" s="5" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C42" s="6">
         <v>4614</v>
       </c>
       <c r="D42" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E42" s="6">
         <v>8066</v>
       </c>
       <c r="F42" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G42" s="6">
         <v>2775</v>
       </c>
       <c r="H42" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I42" s="6">
         <v>895</v>
       </c>
       <c r="J42" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K42" s="6">
         <v>1082</v>
       </c>
       <c r="L42" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M42" s="6">
         <v>669</v>
       </c>
       <c r="N42" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O42" s="6">
         <v>18102</v>
       </c>
       <c r="P42" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="43" spans="1:16" customHeight="1" ht="21.75">
       <c r="A43" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1991570/611280</t>
           </r>
         </is>
       </c>
       <c r="C43" s="3"/>
       <c r="D43" s="3"/>
       <c r="E43" s="3"/>
       <c r="F43" s="3"/>
       <c r="G43" s="3"/>
       <c r="H43" s="3"/>
       <c r="I43" s="3"/>
       <c r="J43" s="3"/>
       <c r="K43" s="3"/>
       <c r="L43" s="3"/>
       <c r="M43" s="3"/>
       <c r="N43" s="3"/>
       <c r="O43" s="3"/>
       <c r="P43" s="3"/>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldstrassenlänge (LFI)</t>
+            <t xml:space="preserve">length of forest roads (NFI)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #336</t>
           </r>
         </is>
       </c>
     </row>
     <row r="47" spans="1:16" customHeight="1" ht="29">
       <c r="A47" s="1" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Befahrbarkeit der Strasse</t>
+            <t xml:space="preserve">trafficability of forest road</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2239</t>
           </r>
         </is>
       </c>
     </row>
     <row r="50" spans="1:16" customHeight="1" ht="29">
       <c r="A50" s="1" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Strassenbreite</t>
+            <t xml:space="preserve">forest road width</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2238</t>
           </r>
         </is>
       </c>
     </row>
     <row r="53" spans="1:16" customHeight="1" ht="29">
       <c r="A53" s="1" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeografische Region</t>
+            <t xml:space="preserve">biogeographical region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="56" spans="1:16" customHeight="1" ht="29">
       <c r="A56" s="1" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+            <t xml:space="preserve">accessible forest without shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="59" spans="1:16" customHeight="1" ht="29">
       <c r="A59" s="1" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz</t>
+            <t xml:space="preserve">1.4-km grid</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #410</t>
           </r>
         </is>
       </c>
     </row>
     <row r="62" spans="1:16" customHeight="1" ht="29">
       <c r="A62" s="1" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>
     <mergeCell ref="A3:P3"/>
     <mergeCell ref="A4:P4"/>
     <mergeCell ref="A5:P5"/>
     <mergeCell ref="A6:P6"/>
     <mergeCell ref="A7:P7"/>
     <mergeCell ref="A8:P8"/>
     <mergeCell ref="C10:P10"/>
     <mergeCell ref="C11:D11"/>
     <mergeCell ref="E11:F11"/>
     <mergeCell ref="G11:H11"/>
     <mergeCell ref="I11:J11"/>
     <mergeCell ref="K11:L11"/>
     <mergeCell ref="M11:N11"/>
     <mergeCell ref="O11:P11"/>
     <mergeCell ref="A13:A17"/>
     <mergeCell ref="A18:A22"/>
     <mergeCell ref="A23:A27"/>
     <mergeCell ref="A28:A32"/>
     <mergeCell ref="A33:A37"/>