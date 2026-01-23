--- v1 (2025-12-08)
+++ v2 (2026-01-23)
@@ -14,395 +14,395 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
-    <t>NFI4</t>
-[...5 lines deleted...]
-    <t>trafficability of forest road · forest road width</t>
+    <t>IFN4</t>
+  </si>
+  <si>
+    <t>lunghezza delle strade forestali (IFN4)</t>
+  </si>
+  <si>
+    <t>viabilità della strada · larghezza della strada</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: biogeographical region</t>
+      <t xml:space="preserve">: regione biogeografica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 m</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4-km grid</t>
+      <t xml:space="preserve">: reticolo 1,4 x 1,4 km</t>
     </r>
   </si>
   <si>
-    <t>state 2009/17</t>
-[...29 lines deleted...]
-    <t>forest road width</t>
+    <t>stato 2009/17</t>
+  </si>
+  <si>
+    <t>regione biogeografica</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Versante nord delle Alpi</t>
+  </si>
+  <si>
+    <t>Alpi centrali occidentali</t>
+  </si>
+  <si>
+    <t>Alpi centrali orientali</t>
+  </si>
+  <si>
+    <t>Versante sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>viabilità della strada</t>
+  </si>
+  <si>
+    <t>larghezza della strada</t>
   </si>
   <si>
     <t>1000 m</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>2.5 - 2.9 m</t>
   </si>
   <si>
     <t>3.0 - 3.4 m</t>
   </si>
   <si>
-    <t>3.50 m and larger</t>
-[...14 lines deleted...]
-    <t>40 - 44 t, min. 5-axle truck</t>
+    <t>3.50 m e oltre</t>
+  </si>
+  <si>
+    <t>totale</t>
+  </si>
+  <si>
+    <t>camion di 18 t a 2 assi</t>
+  </si>
+  <si>
+    <t>camion di 26 t a 3 assi</t>
+  </si>
+  <si>
+    <t>camion di 28 - 32 t a 4 assi</t>
+  </si>
+  <si>
+    <t>camion di 40 - 44 t a 5 assi almeno</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1991570/611280</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">length of forest roads (NFI)</t>
+      <t xml:space="preserve">lunghezza delle strade forestali (IFN)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #336</t>
     </r>
   </si>
   <si>
     <t>Länge der im LFI erhobenen Waldstrassen. Die Waldstrassenlänge wird im Wald zu 100% gezählt, am Waldrand und in aufgelösten Bestockungen dagegen nur zu 50%. Zu den LFI-Waldstrassen zählen nur die zum Zeitpunkt der LFI-Erhebung in den aktuellen Erschliessungsdaten explizit verfügbaren Strassen-/Streckenabschnitte.
 Da es sich um eine Vollerhebung sämtlicher Strassen handelt, ist die Angabe eines Standardfehlers nicht nötig (es gibt keine stichprobenbedingte Unsicherheit).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">trafficability of forest road</t>
+      <t xml:space="preserve">viabilità della strada</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2239</t>
     </r>
   </si>
   <si>
     <t>Die Befahrbarkeit der Strasse gibt an, mit welchem Lastwagentyp eine Strasse befahren werden kann. Dabei sind Achsenzahl und Gesamtgewicht des LKW für die Klassierung ausschlaggebend.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest road width</t>
+      <t xml:space="preserve">larghezza della strada</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2238</t>
     </r>
   </si>
   <si>
     <t>Die Strassenbreite gibt an, wie breit der betreffende Strecken-/Strassenabschnitt ist. Lastwagenstrassen im Schweizer Wald müssen, um in der Erschliessungserhebung erfasst zu werden, eine Mindestbreite von 2.50 m aufweisen. Im Rahmen der Försterumfrage des LFI4 wurden zusätzliche Informationen erhoben. Dabei steht nicht die lastwagenbefahrbare Strasse nach LFI mit 10 t Achslast und einer Mindestbreite von 2.50 m  im Fokus, sondern die für die Holzabfuhr relevante Strasse mit mindestens 3 m Fahrbahnbreite und genügender Tragfähigkeit für Fahrzeuge mit einem Gesamtgewicht ab 26 t.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeographical region</t>
+      <t xml:space="preserve">regione biogeografica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
+    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4-km grid</t>
+      <t xml:space="preserve">reticolo 1,4 x 1,4 km</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #410</t>
     </r>
   </si>
   <si>
-    <t>NFI's sampling grid with a mesh size of 1.4 km. The 1.4-km grid is the grid size covering all the previous terrestrial Inventories, which is why it is also called the base grid.</t>
+    <t>Reticolo di campionamento dell'IFN a maglia quadrata con una distanza di 1,4 km. Il reticolo 1,4 x 1,4 km rappresenta il reticolo terrestre comune a tutti gli inventari fin'ora eseguiti, per cui viene denominato come reticolo di base.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -754,52 +754,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P62"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="37.562" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="29.279" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -2379,270 +2379,270 @@
         <v>669</v>
       </c>
       <c r="N42" s="6" t="s">
         <v>21</v>
       </c>
       <c r="O42" s="6">
         <v>18102</v>
       </c>
       <c r="P42" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="43" spans="1:16" customHeight="1" ht="21.75">
       <c r="A43" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1991570/611280</t>
           </r>
         </is>
       </c>
       <c r="C43" s="3"/>
       <c r="D43" s="3"/>
       <c r="E43" s="3"/>
       <c r="F43" s="3"/>
       <c r="G43" s="3"/>
       <c r="H43" s="3"/>
       <c r="I43" s="3"/>
       <c r="J43" s="3"/>
       <c r="K43" s="3"/>
       <c r="L43" s="3"/>
       <c r="M43" s="3"/>
       <c r="N43" s="3"/>
       <c r="O43" s="3"/>
       <c r="P43" s="3"/>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">length of forest roads (NFI)</t>
+            <t xml:space="preserve">lunghezza delle strade forestali (IFN)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #336</t>
           </r>
         </is>
       </c>
     </row>
     <row r="47" spans="1:16" customHeight="1" ht="29">
       <c r="A47" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">trafficability of forest road</t>
+            <t xml:space="preserve">viabilità della strada</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2239</t>
           </r>
         </is>
       </c>
     </row>
     <row r="50" spans="1:16" customHeight="1" ht="29">
       <c r="A50" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest road width</t>
+            <t xml:space="preserve">larghezza della strada</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2238</t>
           </r>
         </is>
       </c>
     </row>
     <row r="53" spans="1:16" customHeight="1" ht="29">
       <c r="A53" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeographical region</t>
+            <t xml:space="preserve">regione biogeografica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="56" spans="1:16" customHeight="1" ht="29">
       <c r="A56" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="59" spans="1:16" customHeight="1" ht="29">
       <c r="A59" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4-km grid</t>
+            <t xml:space="preserve">reticolo 1,4 x 1,4 km</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #410</t>
           </r>
         </is>
       </c>
     </row>
     <row r="62" spans="1:16" customHeight="1" ht="29">
       <c r="A62" s="1" t="s">
         <v>42</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>