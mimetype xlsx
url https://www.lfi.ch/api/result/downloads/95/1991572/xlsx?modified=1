--- v0 (2025-10-10)
+++ v1 (2026-01-23)
@@ -14,395 +14,395 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
-    <t>NFI4</t>
-[...5 lines deleted...]
-    <t>trafficability of forest road · forest road width</t>
+    <t>IFN4</t>
+  </si>
+  <si>
+    <t>lunghezza delle strade forestali (IFN4)</t>
+  </si>
+  <si>
+    <t>viabilità della strada · larghezza della strada</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">: regione dei boschi di protezione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 m</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4-km grid</t>
+      <t xml:space="preserve">: reticolo 1,4 x 1,4 km</t>
     </r>
   </si>
   <si>
-    <t>state 2009/17</t>
-[...29 lines deleted...]
-    <t>forest road width</t>
+    <t>stato 2009/17</t>
+  </si>
+  <si>
+    <t>regione dei boschi di protezione</t>
+  </si>
+  <si>
+    <t>Giura/Altopiano</t>
+  </si>
+  <si>
+    <t>Alpi nordoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi nordorientali</t>
+  </si>
+  <si>
+    <t>Alpi sudoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi sudorientali</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>viabilità della strada</t>
+  </si>
+  <si>
+    <t>larghezza della strada</t>
   </si>
   <si>
     <t>1000 m</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>2.5 - 2.9 m</t>
   </si>
   <si>
     <t>3.0 - 3.4 m</t>
   </si>
   <si>
-    <t>3.50 m and larger</t>
-[...14 lines deleted...]
-    <t>40 - 44 t, min. 5-axle truck</t>
+    <t>3.50 m e oltre</t>
+  </si>
+  <si>
+    <t>totale</t>
+  </si>
+  <si>
+    <t>camion di 18 t a 2 assi</t>
+  </si>
+  <si>
+    <t>camion di 26 t a 3 assi</t>
+  </si>
+  <si>
+    <t>camion di 28 - 32 t a 4 assi</t>
+  </si>
+  <si>
+    <t>camion di 40 - 44 t a 5 assi almeno</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1991572/611282</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">length of forest roads (NFI)</t>
+      <t xml:space="preserve">lunghezza delle strade forestali (IFN)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #336</t>
     </r>
   </si>
   <si>
     <t>Länge der im LFI erhobenen Waldstrassen. Die Waldstrassenlänge wird im Wald zu 100% gezählt, am Waldrand und in aufgelösten Bestockungen dagegen nur zu 50%. Zu den LFI-Waldstrassen zählen nur die zum Zeitpunkt der LFI-Erhebung in den aktuellen Erschliessungsdaten explizit verfügbaren Strassen-/Streckenabschnitte.
 Da es sich um eine Vollerhebung sämtlicher Strassen handelt, ist die Angabe eines Standardfehlers nicht nötig (es gibt keine stichprobenbedingte Unsicherheit).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">trafficability of forest road</t>
+      <t xml:space="preserve">viabilità della strada</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2239</t>
     </r>
   </si>
   <si>
     <t>Die Befahrbarkeit der Strasse gibt an, mit welchem Lastwagentyp eine Strasse befahren werden kann. Dabei sind Achsenzahl und Gesamtgewicht des LKW für die Klassierung ausschlaggebend.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest road width</t>
+      <t xml:space="preserve">larghezza della strada</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2238</t>
     </r>
   </si>
   <si>
     <t>Die Strassenbreite gibt an, wie breit der betreffende Strecken-/Strassenabschnitt ist. Lastwagenstrassen im Schweizer Wald müssen, um in der Erschliessungserhebung erfasst zu werden, eine Mindestbreite von 2.50 m aufweisen. Im Rahmen der Försterumfrage des LFI4 wurden zusätzliche Informationen erhoben. Dabei steht nicht die lastwagenbefahrbare Strasse nach LFI mit 10 t Achslast und einer Mindestbreite von 2.50 m  im Fokus, sondern die für die Holzabfuhr relevante Strasse mit mindestens 3 m Fahrbahnbreite und genügender Tragfähigkeit für Fahrzeuge mit einem Gesamtgewicht ab 26 t.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">regione dei boschi di protezione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4-km grid</t>
+      <t xml:space="preserve">reticolo 1,4 x 1,4 km</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #410</t>
     </r>
   </si>
   <si>
-    <t>NFI's sampling grid with a mesh size of 1.4 km. The 1.4-km grid is the grid size covering all the previous terrestrial Inventories, which is why it is also called the base grid.</t>
+    <t>Reticolo di campionamento dell'IFN a maglia quadrata con una distanza di 1,4 km. Il reticolo 1,4 x 1,4 km rappresenta il reticolo terrestre comune a tutti gli inventari fin'ora eseguiti, per cui viene denominato come reticolo di base.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -754,52 +754,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P62"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="37.562" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="29.279" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -2379,270 +2379,270 @@
         <v>620</v>
       </c>
       <c r="N42" s="6" t="s">
         <v>21</v>
       </c>
       <c r="O42" s="6">
         <v>18102</v>
       </c>
       <c r="P42" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="43" spans="1:16" customHeight="1" ht="21.75">
       <c r="A43" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1991572/611282</t>
           </r>
         </is>
       </c>
       <c r="C43" s="3"/>
       <c r="D43" s="3"/>
       <c r="E43" s="3"/>
       <c r="F43" s="3"/>
       <c r="G43" s="3"/>
       <c r="H43" s="3"/>
       <c r="I43" s="3"/>
       <c r="J43" s="3"/>
       <c r="K43" s="3"/>
       <c r="L43" s="3"/>
       <c r="M43" s="3"/>
       <c r="N43" s="3"/>
       <c r="O43" s="3"/>
       <c r="P43" s="3"/>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">length of forest roads (NFI)</t>
+            <t xml:space="preserve">lunghezza delle strade forestali (IFN)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #336</t>
           </r>
         </is>
       </c>
     </row>
     <row r="47" spans="1:16" customHeight="1" ht="29">
       <c r="A47" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">trafficability of forest road</t>
+            <t xml:space="preserve">viabilità della strada</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2239</t>
           </r>
         </is>
       </c>
     </row>
     <row r="50" spans="1:16" customHeight="1" ht="29">
       <c r="A50" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest road width</t>
+            <t xml:space="preserve">larghezza della strada</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2238</t>
           </r>
         </is>
       </c>
     </row>
     <row r="53" spans="1:16" customHeight="1" ht="29">
       <c r="A53" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">regione dei boschi di protezione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="56" spans="1:16" customHeight="1" ht="29">
       <c r="A56" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="59" spans="1:16" customHeight="1" ht="29">
       <c r="A59" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4-km grid</t>
+            <t xml:space="preserve">reticolo 1,4 x 1,4 km</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #410</t>
           </r>
         </is>
       </c>
     </row>
     <row r="62" spans="1:16" customHeight="1" ht="29">
       <c r="A62" s="1" t="s">
         <v>42</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>