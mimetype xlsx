--- v0 (2025-10-10)
+++ v1 (2026-01-23)
@@ -14,441 +14,441 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>protection forest against hillslope debris flows/landslides (2022) · size classe (young forest; 5 classes) · main tree species in young forest (counting)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>numero di alberi con rilievo della brucatura (senza estrapol.)</t>
+  </si>
+  <si>
+    <t>bosco di protezione contro colate di fango/smottamenti (2022) · classe di dimensione (bosco giovane; 5 classi) · specie arborea principale del bosco giovane (conteggio)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: canton</t>
+      <t xml:space="preserve">: cantone</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: n</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: stockable and accessible forest without shrub forest NFI2-NFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN2-IFN5 (area boscabile)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...17 lines deleted...]
-    <t>main tree species in young forest (counting)</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>bosco di protezione contro colate di fango/smottamenti (2022)</t>
+  </si>
+  <si>
+    <t>all'interno</t>
+  </si>
+  <si>
+    <t>all'esterno</t>
+  </si>
+  <si>
+    <t>totale</t>
+  </si>
+  <si>
+    <t>classe di dimensione (bosco giovane; 5 classi)</t>
+  </si>
+  <si>
+    <t>specie arborea principale del bosco giovane (conteggio)</t>
   </si>
   <si>
     <t>n</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>spruce</t>
-[...50 lines deleted...]
-    <t>DBH 8-11.9 cm</t>
+    <t>abete rosso</t>
+  </si>
+  <si>
+    <t>abete bianco</t>
+  </si>
+  <si>
+    <t>pino</t>
+  </si>
+  <si>
+    <t>larice</t>
+  </si>
+  <si>
+    <t>cembro</t>
+  </si>
+  <si>
+    <t>altre conifere</t>
+  </si>
+  <si>
+    <t>faggio</t>
+  </si>
+  <si>
+    <t>acero</t>
+  </si>
+  <si>
+    <t>frassino</t>
+  </si>
+  <si>
+    <t>quercia</t>
+  </si>
+  <si>
+    <t>castagno</t>
+  </si>
+  <si>
+    <t>altre latifoglie</t>
+  </si>
+  <si>
+    <t>specie non rilevate in tutti gli inventari</t>
+  </si>
+  <si>
+    <t>altezza 10-39 cm</t>
+  </si>
+  <si>
+    <t>altezza 40-129 cm</t>
+  </si>
+  <si>
+    <t>DPU 0-3.9 cm</t>
+  </si>
+  <si>
+    <t>DPU 4-7.9 cm</t>
+  </si>
+  <si>
+    <t>DPU 8-11.9 cm</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1991603/611313</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">number of trees assessed for browsing (no extrapolation)</t>
+      <t xml:space="preserve">numero di alberi con rilievo della brucatura (senza estrapol.)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #431</t>
     </r>
   </si>
   <si>
-    <t>Actual number of conifers and broadleaves assessed for browsing during the field survey (no extrapolation).</t>
+    <t>Numero effettivo di alberi di conifere e latifoglie che sono stati esaminati in relazione alla brucatura durante il rilievo su terreno (senza estrapolazione).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest against hillslope debris flows/landslides (2022)</t>
+      <t xml:space="preserve">bosco di protezione contro colate di fango/smottamenti (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2644</t>
     </r>
   </si>
   <si>
-    <t>Area in/outside a forest that provides protection against hillslope debris flows/landslides which the cantons designated «protective forest» according to the harmonised criteria of SilvaProtect-CH in 2022. Reference: GIS data from FOEN, 2022</t>
+    <t>Superficie all'interno/all'esterno del bosco di protezione contro colate di fango/smottamenti, che i Cantoni hanno definito in base ai criteri armonizzati di SilvaProtect-CH nell'anno 2022. Fonte: dati GIS dell'UFAM, 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">size classe (young forest; 5 classes)</t>
+      <t xml:space="preserve">classe di dimensione (bosco giovane; 5 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2623</t>
     </r>
   </si>
   <si>
-    <t>Size of young forest plants ≥10 cm in height and ≤11.9 cm in diameter at breast height (dbh) – in five size classes (two height and three dbh classes). Reference: Field Survey (MID 507: Jungwaldklasse)</t>
+    <t>Dimensione delle piante del bosco giovane da 10 cm di altezza a 11,9 cm di diametro a petto d'uomo (DPU), in cinque classi (due classi di altezza, tre classi di diametro). Fonte: rilievo sul terreno (MID 1051: Jungwaldpflanzenart - Zählung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">main tree species in young forest (counting)</t>
+      <t xml:space="preserve">specie arborea principale del bosco giovane (conteggio)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2625</t>
     </r>
   </si>
   <si>
-    <t>Species of young forest plants ≥10 cm in height and ≤11.9 cm in diameter at breast height (dbh) with individual classes for the ten most important species or species groups in Switzerland («main tree species»), as well as the classes «other conifers», «other broadleaves» and «species not assessed in all inventories». The main tree species are spruce (Picea spp.), fir (Abies spp.), pine (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), larch (Larix spp. ), Arolla pine (Pinus cembra), beech (Fagus sylvatica), maple (Acer spp.), ash (Fraxinus spp.), oak (Quercus spp.) and chestnut (Castanea sativa). Reference: Field Survey (MID 1051: Jungwaldpflanzenart - Zählung)</t>
+    <t>Specie delle piante del bosco giovane da 10 cm di altezza fino a 11,9 cm di diametro a petto d'uomo (DPU) raggruppate nelle 10 specie arboree o generi arborei più importanti in Svizzera («specie arboree principali») rispettivamente nelle classi «altre conifere», «altre latifoglie» e «specie non rilevate in tutti gli inventari». Vengono considerate specie arboree principali: abete rosso (Picea spp.), abete bianco (Abies spp.), pino (Pinus sylverstris, P. nigra, P. strobus, P. mugo subsp. uncinata), larice (Larix spp.), cembro (Pinus cembra), faggio (Fagus sylvatica), acero (Acer spp.), frassino (Fraxinus spp.), quercia (Quercus spp.) e castagno (Castanea sativa). Fonte: rilievo sul terreno (MID 1051: Jungwaldpflanzenart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">canton</t>
+      <t xml:space="preserve">cantone</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
+    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">stockable and accessible forest without shrub forest NFI2-NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN2-IFN5 (area boscabile)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2615</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the four inventories NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026), was accessible on foot and could be stocked, i.e. did not contain forest roads, recreational facilities, streams, avalanche paths, etc.</t>
+    <t>Bosco che nei quattro inventari IFN2 (1993-1995), IFN3 (2004-2006), IFN4 (2009-2017) e IFN5 (2018-2026) era coperto per meno di due terzi da arbusti, era accessibile a piedi ed era potenzialmente boscabile, cioè non era occupato da strade forestali, strutture ricreative, torrenti, canali valangari, ecc.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -800,52 +800,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:H140"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="46.989" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="57.557" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="68.269" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
@@ -3451,297 +3451,297 @@
         <v>15711</v>
       </c>
       <c r="F117" s="6" t="s">
         <v>17</v>
       </c>
       <c r="G117" s="6">
         <v>17390</v>
       </c>
       <c r="H117" s="6" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="118" spans="1:8" customHeight="1" ht="21.75">
       <c r="A118" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1991603/611313</t>
           </r>
         </is>
       </c>
       <c r="C118" s="3"/>
       <c r="D118" s="3"/>
       <c r="E118" s="3"/>
       <c r="F118" s="3"/>
       <c r="G118" s="3"/>
       <c r="H118" s="3"/>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">number of trees assessed for browsing (no extrapolation)</t>
+            <t xml:space="preserve">numero di alberi con rilievo della brucatura (senza estrapol.)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #431</t>
           </r>
         </is>
       </c>
     </row>
     <row r="122" spans="1:8" customHeight="1" ht="29">
       <c r="A122" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest against hillslope debris flows/landslides (2022)</t>
+            <t xml:space="preserve">bosco di protezione contro colate di fango/smottamenti (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2644</t>
           </r>
         </is>
       </c>
     </row>
     <row r="125" spans="1:8" customHeight="1" ht="29">
       <c r="A125" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">size classe (young forest; 5 classes)</t>
+            <t xml:space="preserve">classe di dimensione (bosco giovane; 5 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2623</t>
           </r>
         </is>
       </c>
     </row>
     <row r="128" spans="1:8" customHeight="1" ht="29">
       <c r="A128" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">main tree species in young forest (counting)</t>
+            <t xml:space="preserve">specie arborea principale del bosco giovane (conteggio)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2625</t>
           </r>
         </is>
       </c>
     </row>
     <row r="131" spans="1:8" customHeight="1" ht="29">
       <c r="A131" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">canton</t>
+            <t xml:space="preserve">cantone</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="134" spans="1:8" customHeight="1" ht="29">
       <c r="A134" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">stockable and accessible forest without shrub forest NFI2-NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN2-IFN5 (area boscabile)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2615</t>
           </r>
         </is>
       </c>
     </row>
     <row r="137" spans="1:8" customHeight="1" ht="29">
       <c r="A137" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="140" spans="1:8" customHeight="1" ht="29">
       <c r="A140" s="1" t="s">
         <v>50</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>