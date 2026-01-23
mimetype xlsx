--- v1 (2026-01-23)
+++ v2 (2026-01-23)
@@ -12,443 +12,446 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
-[...7 lines deleted...]
-    <t>bosco di protezione contro colate di fango/smottamenti (2022) · classe di dimensione (bosco giovane; 5 classi) · specie arborea principale del bosco giovane (conteggio)</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
+  <si>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Anzahl auf Verbiss beurteilte Bäume (ohne Hochrechnung)</t>
+  </si>
+  <si>
+    <t>Schutzwald gegen Hangmuren/Rutschungen (2022) · Grössenklasse (Jungwald; 5 Klassen) · Hauptbaumart im Jungwald (Zählung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: cantone</t>
+      <t xml:space="preserve">: Kanton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: n</t>
+      <t xml:space="preserve">: Stk.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN2-IFN5 (area boscabile)</t>
+      <t xml:space="preserve">: bestockbarer zugänglicher Wald ohne Gebüschwald LFI2-LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...20 lines deleted...]
-    <t>n</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Schutzwald gegen Hangmuren/Rutschungen (2022)</t>
+  </si>
+  <si>
+    <t>innerhalb</t>
+  </si>
+  <si>
+    <t>ausserhalb</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Grössenklasse (Jungwald; 5 Klassen)</t>
+  </si>
+  <si>
+    <t>Hauptbaumart im Jungwald (Zählung)</t>
+  </si>
+  <si>
+    <t>Stk.</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>kein Angabe</t>
+  </si>
+  <si>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>abete rosso</t>
-[...50 lines deleted...]
-    <t>DPU 8-11.9 cm</t>
+    <t>Fichte</t>
+  </si>
+  <si>
+    <t>Tanne</t>
+  </si>
+  <si>
+    <t>Föhre</t>
+  </si>
+  <si>
+    <t>Lärche</t>
+  </si>
+  <si>
+    <t>Arve</t>
+  </si>
+  <si>
+    <t>übrige Nadelhölzer</t>
+  </si>
+  <si>
+    <t>Buche</t>
+  </si>
+  <si>
+    <t>Ahorn</t>
+  </si>
+  <si>
+    <t>Esche</t>
+  </si>
+  <si>
+    <t>Eiche</t>
+  </si>
+  <si>
+    <t>Kastanie</t>
+  </si>
+  <si>
+    <t>übrige Laubhölzer</t>
+  </si>
+  <si>
+    <t>nicht in allen Inventuren erhobene Arten</t>
+  </si>
+  <si>
+    <t>Höhe 10-39 cm</t>
+  </si>
+  <si>
+    <t>Höhe 40-129 cm</t>
+  </si>
+  <si>
+    <t>BHD 0-3.9 cm</t>
+  </si>
+  <si>
+    <t>BHD 4-7.9 cm</t>
+  </si>
+  <si>
+    <t>BHD 8-11.9 cm</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1991603/611313</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">numero di alberi con rilievo della brucatura (senza estrapol.)</t>
+      <t xml:space="preserve">Anzahl auf Verbiss beurteilte Bäume (ohne Hochrechnung)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #431</t>
     </r>
   </si>
   <si>
-    <t>Numero effettivo di alberi di conifere e latifoglie che sono stati esaminati in relazione alla brucatura durante il rilievo su terreno (senza estrapolazione).</t>
+    <t>Tatsächliche Anzahl Nadel- und Laubbäume, die bei der Feldaufnahme auf Verbiss beurteilt worden sind (keine Hochrechnung).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco di protezione contro colate di fango/smottamenti (2022)</t>
+      <t xml:space="preserve">Schutzwald gegen Hangmuren/Rutschungen (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2644</t>
     </r>
   </si>
   <si>
-    <t>Superficie all'interno/all'esterno del bosco di protezione contro colate di fango/smottamenti, che i Cantoni hanno definito in base ai criteri armonizzati di SilvaProtect-CH nell'anno 2022. Fonte: dati GIS dell'UFAM, 2022.</t>
+    <t>Fläche innerhalb/ausserhalb des Schutzwalds gegen Hangmuren/Rutschungen, den die Kantone nach den harmonisierten Kriterien von SilvaProtect-CH im Jahr 2022 ausgeschieden hatten. Grundlage: GIS-Daten BAFU, 2022</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">classe di dimensione (bosco giovane; 5 classi)</t>
+      <t xml:space="preserve">Grössenklasse (Jungwald; 5 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2623</t>
     </r>
   </si>
   <si>
-    <t>Dimensione delle piante del bosco giovane da 10 cm di altezza a 11,9 cm di diametro a petto d'uomo (DPU), in cinque classi (due classi di altezza, tre classi di diametro). Fonte: rilievo sul terreno (MID 1051: Jungwaldpflanzenart - Zählung)</t>
+    <t>Grösse der Jungwaldpflanzen von 10 cm Höhe bis 11,9 cm Brusthöhendurchmesser (BHD) in fünf Klassen (zwei Höhenklassen, drei BHD-Klassen). Grundlage: Feldaufnahme (MID 507: Jungwaldklasse)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">specie arborea principale del bosco giovane (conteggio)</t>
+      <t xml:space="preserve">Hauptbaumart im Jungwald (Zählung)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2625</t>
     </r>
   </si>
   <si>
-    <t>Specie delle piante del bosco giovane da 10 cm di altezza fino a 11,9 cm di diametro a petto d'uomo (DPU) raggruppate nelle 10 specie arboree o generi arborei più importanti in Svizzera («specie arboree principali») rispettivamente nelle classi «altre conifere», «altre latifoglie» e «specie non rilevate in tutti gli inventari». Vengono considerate specie arboree principali: abete rosso (Picea spp.), abete bianco (Abies spp.), pino (Pinus sylverstris, P. nigra, P. strobus, P. mugo subsp. uncinata), larice (Larix spp.), cembro (Pinus cembra), faggio (Fagus sylvatica), acero (Acer spp.), frassino (Fraxinus spp.), quercia (Quercus spp.) e castagno (Castanea sativa). Fonte: rilievo sul terreno (MID 1051: Jungwaldpflanzenart)</t>
+    <t>Art der Jungwaldpflanzen von 10 cm Höhe bis 11,9 cm Brusthöhendurchmesser (BHD) mit einzelnen Klassen für die zehn wichtigsten Arten bzw. Artengruppen der Schweiz («Hauptbaumarten») und den Klassen «übrige Nadelhölzer», «übrige Laubhölzer» und «nicht in allen Inventuren erhobene Arten». Als Hauptbaumarten gelten: Fichte (Picea spp.), Tanne (Abies spp.), Föhre (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), Lärche (Larix spp.), Arve (Pinus cembra), Buche (Fagus sylvatica), Ahorn (Acer spp.), Esche (Fraxinus spp.), Eiche (Quercus spp.) und Kastanie (Castanea sativa). Grundlage: Feldaufnahme (MID 1051: Jungwaldpflanzenart - Zählung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">cantone</t>
+      <t xml:space="preserve">Kanton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
+    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN2-IFN5 (area boscabile)</t>
+      <t xml:space="preserve">bestockbarer zugänglicher Wald ohne Gebüschwald LFI2-LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2615</t>
     </r>
   </si>
   <si>
-    <t>Bosco che nei quattro inventari IFN2 (1993-1995), IFN3 (2004-2006), IFN4 (2009-2017) e IFN5 (2018-2026) era coperto per meno di due terzi da arbusti, era accessibile a piedi ed era potenzialmente boscabile, cioè non era occupato da strade forestali, strutture ricreative, torrenti, canali valangari, ecc.</t>
+    <t>Wald, der in den vier Inventuren LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war, zu Fuss aufgesucht werden konnte und bestockbar war, also nicht von Waldstrassen, Erholungsanlagen, Bächen, Lawinenzügen u.dgl. besetzt war.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -800,57 +803,57 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:H140"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="57.557" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="6.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
@@ -909,2858 +912,2858 @@
       </c>
       <c r="C12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="4" t="s">
         <v>15</v>
       </c>
       <c r="G12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="H12" s="4" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B13" s="5" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C13" s="6">
         <v>0</v>
       </c>
       <c r="D13" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E13" s="6">
         <v>0</v>
       </c>
       <c r="F13" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G13" s="6">
         <v>0</v>
       </c>
       <c r="H13" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="5"/>
       <c r="B14" s="5" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C14" s="6">
         <v>0</v>
       </c>
       <c r="D14" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E14" s="6">
         <v>0</v>
       </c>
       <c r="F14" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G14" s="6">
         <v>0</v>
       </c>
       <c r="H14" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="5"/>
       <c r="B15" s="5" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C15" s="6">
         <v>0</v>
       </c>
       <c r="D15" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E15" s="6">
         <v>0</v>
       </c>
       <c r="F15" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G15" s="6">
         <v>0</v>
       </c>
       <c r="H15" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="5"/>
       <c r="B16" s="5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C16" s="6">
         <v>0</v>
       </c>
       <c r="D16" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E16" s="6">
         <v>0</v>
       </c>
       <c r="F16" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G16" s="6">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="5"/>
       <c r="B17" s="5" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C17" s="6">
         <v>0</v>
       </c>
       <c r="D17" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E17" s="6">
         <v>0</v>
       </c>
       <c r="F17" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G17" s="6">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="5"/>
       <c r="B18" s="5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C18" s="6">
         <v>0</v>
       </c>
       <c r="D18" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E18" s="6">
         <v>0</v>
       </c>
       <c r="F18" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G18" s="6">
         <v>0</v>
       </c>
       <c r="H18" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="5"/>
       <c r="B19" s="5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C19" s="6">
         <v>0</v>
       </c>
       <c r="D19" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E19" s="6">
         <v>0</v>
       </c>
       <c r="F19" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G19" s="6">
         <v>0</v>
       </c>
       <c r="H19" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="5"/>
       <c r="B20" s="5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C20" s="6">
         <v>0</v>
       </c>
       <c r="D20" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E20" s="6">
         <v>0</v>
       </c>
       <c r="F20" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G20" s="6">
         <v>0</v>
       </c>
       <c r="H20" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="5"/>
       <c r="B21" s="5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C21" s="6">
         <v>0</v>
       </c>
       <c r="D21" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E21" s="6">
         <v>0</v>
       </c>
       <c r="F21" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G21" s="6">
         <v>0</v>
       </c>
       <c r="H21" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="5"/>
       <c r="B22" s="5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C22" s="6">
         <v>0</v>
       </c>
       <c r="D22" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E22" s="6">
         <v>0</v>
       </c>
       <c r="F22" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G22" s="6">
         <v>0</v>
       </c>
       <c r="H22" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="5"/>
       <c r="B23" s="5" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C23" s="6">
         <v>0</v>
       </c>
       <c r="D23" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E23" s="6">
         <v>0</v>
       </c>
       <c r="F23" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G23" s="6">
         <v>0</v>
       </c>
       <c r="H23" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="5"/>
       <c r="B24" s="5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C24" s="6">
         <v>0</v>
       </c>
       <c r="D24" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E24" s="6">
         <v>0</v>
       </c>
       <c r="F24" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G24" s="6">
         <v>0</v>
       </c>
       <c r="H24" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="5"/>
       <c r="B25" s="5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C25" s="6">
         <v>0</v>
       </c>
       <c r="D25" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E25" s="6">
         <v>0</v>
       </c>
       <c r="F25" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G25" s="6">
         <v>0</v>
       </c>
       <c r="H25" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="5"/>
       <c r="B26" s="5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C26" s="6">
         <v>0</v>
       </c>
       <c r="D26" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E26" s="6">
         <v>0</v>
       </c>
       <c r="F26" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G26" s="6">
         <v>0</v>
       </c>
       <c r="H26" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="5"/>
       <c r="B27" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C27" s="6">
         <v>0</v>
       </c>
       <c r="D27" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E27" s="6">
         <v>0</v>
       </c>
       <c r="F27" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G27" s="6">
         <v>0</v>
       </c>
       <c r="H27" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B28" s="5" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C28" s="6">
         <v>0</v>
       </c>
       <c r="D28" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E28" s="6">
         <v>0</v>
       </c>
       <c r="F28" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G28" s="6">
         <v>0</v>
       </c>
       <c r="H28" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="5"/>
       <c r="B29" s="5" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C29" s="6">
         <v>41</v>
       </c>
       <c r="D29" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E29" s="6">
         <v>475</v>
       </c>
       <c r="F29" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G29" s="6">
         <v>516</v>
       </c>
       <c r="H29" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="5"/>
       <c r="B30" s="5" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C30" s="6">
         <v>11</v>
       </c>
       <c r="D30" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E30" s="6">
         <v>629</v>
       </c>
       <c r="F30" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G30" s="6">
         <v>640</v>
       </c>
       <c r="H30" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="5"/>
       <c r="B31" s="5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C31" s="6">
         <v>0</v>
       </c>
       <c r="D31" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E31" s="6">
         <v>7</v>
       </c>
       <c r="F31" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G31" s="6">
         <v>7</v>
       </c>
       <c r="H31" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="5"/>
       <c r="B32" s="5" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C32" s="6">
         <v>0</v>
       </c>
       <c r="D32" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E32" s="6">
         <v>4</v>
       </c>
       <c r="F32" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G32" s="6">
         <v>4</v>
       </c>
       <c r="H32" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="5"/>
       <c r="B33" s="5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C33" s="6">
         <v>0</v>
       </c>
       <c r="D33" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E33" s="6">
         <v>7</v>
       </c>
       <c r="F33" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G33" s="6">
         <v>7</v>
       </c>
       <c r="H33" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="5"/>
       <c r="B34" s="5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C34" s="6">
         <v>3</v>
       </c>
       <c r="D34" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E34" s="6">
         <v>11</v>
       </c>
       <c r="F34" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G34" s="6">
         <v>14</v>
       </c>
       <c r="H34" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="5"/>
       <c r="B35" s="5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C35" s="6">
         <v>206</v>
       </c>
       <c r="D35" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E35" s="6">
         <v>1846</v>
       </c>
       <c r="F35" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G35" s="6">
         <v>2052</v>
       </c>
       <c r="H35" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="5"/>
       <c r="B36" s="5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C36" s="6">
         <v>166</v>
       </c>
       <c r="D36" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E36" s="6">
         <v>2650</v>
       </c>
       <c r="F36" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G36" s="6">
         <v>2816</v>
       </c>
       <c r="H36" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="5"/>
       <c r="B37" s="5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C37" s="6">
         <v>370</v>
       </c>
       <c r="D37" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E37" s="6">
         <v>1993</v>
       </c>
       <c r="F37" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G37" s="6">
         <v>2363</v>
       </c>
       <c r="H37" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" s="5"/>
       <c r="B38" s="5" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C38" s="6">
         <v>22</v>
       </c>
       <c r="D38" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E38" s="6">
         <v>349</v>
       </c>
       <c r="F38" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G38" s="6">
         <v>371</v>
       </c>
       <c r="H38" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" s="5"/>
       <c r="B39" s="5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C39" s="6">
         <v>2</v>
       </c>
       <c r="D39" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E39" s="6">
         <v>9</v>
       </c>
       <c r="F39" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G39" s="6">
         <v>11</v>
       </c>
       <c r="H39" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="5"/>
       <c r="B40" s="5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C40" s="6">
         <v>161</v>
       </c>
       <c r="D40" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E40" s="6">
         <v>672</v>
       </c>
       <c r="F40" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G40" s="6">
         <v>833</v>
       </c>
       <c r="H40" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" s="5"/>
       <c r="B41" s="5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C41" s="6">
         <v>0</v>
       </c>
       <c r="D41" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E41" s="6">
         <v>0</v>
       </c>
       <c r="F41" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G41" s="6">
         <v>0</v>
       </c>
       <c r="H41" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="5"/>
       <c r="B42" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C42" s="6">
         <v>982</v>
       </c>
       <c r="D42" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E42" s="6">
         <v>8652</v>
       </c>
       <c r="F42" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G42" s="6">
         <v>9634</v>
       </c>
       <c r="H42" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" s="5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B43" s="5" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C43" s="6">
         <v>0</v>
       </c>
       <c r="D43" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E43" s="6">
         <v>0</v>
       </c>
       <c r="F43" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G43" s="6">
         <v>0</v>
       </c>
       <c r="H43" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="5"/>
       <c r="B44" s="5" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C44" s="6">
         <v>71</v>
       </c>
       <c r="D44" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E44" s="6">
         <v>857</v>
       </c>
       <c r="F44" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G44" s="6">
         <v>928</v>
       </c>
       <c r="H44" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="5"/>
       <c r="B45" s="5" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C45" s="6">
         <v>1</v>
       </c>
       <c r="D45" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E45" s="6">
         <v>523</v>
       </c>
       <c r="F45" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G45" s="6">
         <v>524</v>
       </c>
       <c r="H45" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" s="5"/>
       <c r="B46" s="5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C46" s="6">
         <v>0</v>
       </c>
       <c r="D46" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E46" s="6">
         <v>35</v>
       </c>
       <c r="F46" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G46" s="6">
         <v>35</v>
       </c>
       <c r="H46" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" s="5"/>
       <c r="B47" s="5" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C47" s="6">
         <v>4</v>
       </c>
       <c r="D47" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E47" s="6">
         <v>20</v>
       </c>
       <c r="F47" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G47" s="6">
         <v>24</v>
       </c>
       <c r="H47" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" s="5"/>
       <c r="B48" s="5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C48" s="6">
         <v>1</v>
       </c>
       <c r="D48" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E48" s="6">
         <v>14</v>
       </c>
       <c r="F48" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G48" s="6">
         <v>15</v>
       </c>
       <c r="H48" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" s="5"/>
       <c r="B49" s="5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C49" s="6">
         <v>0</v>
       </c>
       <c r="D49" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E49" s="6">
         <v>3</v>
       </c>
       <c r="F49" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G49" s="6">
         <v>3</v>
       </c>
       <c r="H49" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" s="5"/>
       <c r="B50" s="5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C50" s="6">
         <v>374</v>
       </c>
       <c r="D50" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E50" s="6">
         <v>2753</v>
       </c>
       <c r="F50" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G50" s="6">
         <v>3127</v>
       </c>
       <c r="H50" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" s="5"/>
       <c r="B51" s="5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C51" s="6">
         <v>86</v>
       </c>
       <c r="D51" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E51" s="6">
         <v>1265</v>
       </c>
       <c r="F51" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G51" s="6">
         <v>1351</v>
       </c>
       <c r="H51" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" s="5"/>
       <c r="B52" s="5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C52" s="6">
         <v>96</v>
       </c>
       <c r="D52" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E52" s="6">
         <v>727</v>
       </c>
       <c r="F52" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G52" s="6">
         <v>823</v>
       </c>
       <c r="H52" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" s="5"/>
       <c r="B53" s="5" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C53" s="6">
         <v>11</v>
       </c>
       <c r="D53" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E53" s="6">
         <v>52</v>
       </c>
       <c r="F53" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G53" s="6">
         <v>63</v>
       </c>
       <c r="H53" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" s="5"/>
       <c r="B54" s="5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C54" s="6">
         <v>2</v>
       </c>
       <c r="D54" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E54" s="6">
         <v>3</v>
       </c>
       <c r="F54" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G54" s="6">
         <v>5</v>
       </c>
       <c r="H54" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" s="5"/>
       <c r="B55" s="5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C55" s="6">
         <v>51</v>
       </c>
       <c r="D55" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E55" s="6">
         <v>807</v>
       </c>
       <c r="F55" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G55" s="6">
         <v>858</v>
       </c>
       <c r="H55" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" s="5"/>
       <c r="B56" s="5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C56" s="6">
         <v>0</v>
       </c>
       <c r="D56" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E56" s="6">
         <v>0</v>
       </c>
       <c r="F56" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G56" s="6">
         <v>0</v>
       </c>
       <c r="H56" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" s="5"/>
       <c r="B57" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C57" s="6">
         <v>697</v>
       </c>
       <c r="D57" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E57" s="6">
         <v>7059</v>
       </c>
       <c r="F57" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G57" s="6">
         <v>7756</v>
       </c>
       <c r="H57" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" s="5" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B58" s="5" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C58" s="6">
         <v>0</v>
       </c>
       <c r="D58" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E58" s="6">
         <v>0</v>
       </c>
       <c r="F58" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G58" s="6">
         <v>0</v>
       </c>
       <c r="H58" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" s="5"/>
       <c r="B59" s="5" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C59" s="6">
         <v>0</v>
       </c>
       <c r="D59" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E59" s="6">
         <v>0</v>
       </c>
       <c r="F59" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G59" s="6">
         <v>0</v>
       </c>
       <c r="H59" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" s="5"/>
       <c r="B60" s="5" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C60" s="6">
         <v>0</v>
       </c>
       <c r="D60" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E60" s="6">
         <v>0</v>
       </c>
       <c r="F60" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G60" s="6">
         <v>0</v>
       </c>
       <c r="H60" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" s="5"/>
       <c r="B61" s="5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C61" s="6">
         <v>0</v>
       </c>
       <c r="D61" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E61" s="6">
         <v>0</v>
       </c>
       <c r="F61" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G61" s="6">
         <v>0</v>
       </c>
       <c r="H61" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" s="5"/>
       <c r="B62" s="5" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C62" s="6">
         <v>0</v>
       </c>
       <c r="D62" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E62" s="6">
         <v>0</v>
       </c>
       <c r="F62" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G62" s="6">
         <v>0</v>
       </c>
       <c r="H62" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" s="5"/>
       <c r="B63" s="5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C63" s="6">
         <v>0</v>
       </c>
       <c r="D63" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E63" s="6">
         <v>0</v>
       </c>
       <c r="F63" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G63" s="6">
         <v>0</v>
       </c>
       <c r="H63" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" s="5"/>
       <c r="B64" s="5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C64" s="6">
         <v>0</v>
       </c>
       <c r="D64" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E64" s="6">
         <v>0</v>
       </c>
       <c r="F64" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G64" s="6">
         <v>0</v>
       </c>
       <c r="H64" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" s="5"/>
       <c r="B65" s="5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C65" s="6">
         <v>0</v>
       </c>
       <c r="D65" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E65" s="6">
         <v>0</v>
       </c>
       <c r="F65" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G65" s="6">
         <v>0</v>
       </c>
       <c r="H65" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" s="5"/>
       <c r="B66" s="5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C66" s="6">
         <v>0</v>
       </c>
       <c r="D66" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E66" s="6">
         <v>0</v>
       </c>
       <c r="F66" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G66" s="6">
         <v>0</v>
       </c>
       <c r="H66" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" s="5"/>
       <c r="B67" s="5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C67" s="6">
         <v>0</v>
       </c>
       <c r="D67" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E67" s="6">
         <v>0</v>
       </c>
       <c r="F67" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G67" s="6">
         <v>0</v>
       </c>
       <c r="H67" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" s="5"/>
       <c r="B68" s="5" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C68" s="6">
         <v>0</v>
       </c>
       <c r="D68" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E68" s="6">
         <v>0</v>
       </c>
       <c r="F68" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G68" s="6">
         <v>0</v>
       </c>
       <c r="H68" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" s="5"/>
       <c r="B69" s="5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C69" s="6">
         <v>0</v>
       </c>
       <c r="D69" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E69" s="6">
         <v>0</v>
       </c>
       <c r="F69" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G69" s="6">
         <v>0</v>
       </c>
       <c r="H69" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" s="5"/>
       <c r="B70" s="5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C70" s="6">
         <v>0</v>
       </c>
       <c r="D70" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E70" s="6">
         <v>0</v>
       </c>
       <c r="F70" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G70" s="6">
         <v>0</v>
       </c>
       <c r="H70" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" s="5"/>
       <c r="B71" s="5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C71" s="6">
         <v>0</v>
       </c>
       <c r="D71" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E71" s="6">
         <v>0</v>
       </c>
       <c r="F71" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G71" s="6">
         <v>0</v>
       </c>
       <c r="H71" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" s="5"/>
       <c r="B72" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C72" s="6">
         <v>0</v>
       </c>
       <c r="D72" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E72" s="6">
         <v>0</v>
       </c>
       <c r="F72" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G72" s="6">
         <v>0</v>
       </c>
       <c r="H72" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" s="5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B73" s="5" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C73" s="6">
         <v>0</v>
       </c>
       <c r="D73" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E73" s="6">
         <v>0</v>
       </c>
       <c r="F73" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G73" s="6">
         <v>0</v>
       </c>
       <c r="H73" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" s="5"/>
       <c r="B74" s="5" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C74" s="6">
         <v>0</v>
       </c>
       <c r="D74" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E74" s="6">
         <v>0</v>
       </c>
       <c r="F74" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G74" s="6">
         <v>0</v>
       </c>
       <c r="H74" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" s="5"/>
       <c r="B75" s="5" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C75" s="6">
         <v>0</v>
       </c>
       <c r="D75" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E75" s="6">
         <v>0</v>
       </c>
       <c r="F75" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G75" s="6">
         <v>0</v>
       </c>
       <c r="H75" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" s="5"/>
       <c r="B76" s="5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C76" s="6">
         <v>0</v>
       </c>
       <c r="D76" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E76" s="6">
         <v>0</v>
       </c>
       <c r="F76" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G76" s="6">
         <v>0</v>
       </c>
       <c r="H76" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" s="5"/>
       <c r="B77" s="5" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C77" s="6">
         <v>0</v>
       </c>
       <c r="D77" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E77" s="6">
         <v>0</v>
       </c>
       <c r="F77" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G77" s="6">
         <v>0</v>
       </c>
       <c r="H77" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" s="5"/>
       <c r="B78" s="5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C78" s="6">
         <v>0</v>
       </c>
       <c r="D78" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E78" s="6">
         <v>0</v>
       </c>
       <c r="F78" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G78" s="6">
         <v>0</v>
       </c>
       <c r="H78" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" s="5"/>
       <c r="B79" s="5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C79" s="6">
         <v>0</v>
       </c>
       <c r="D79" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E79" s="6">
         <v>0</v>
       </c>
       <c r="F79" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G79" s="6">
         <v>0</v>
       </c>
       <c r="H79" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" s="5"/>
       <c r="B80" s="5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C80" s="6">
         <v>0</v>
       </c>
       <c r="D80" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E80" s="6">
         <v>0</v>
       </c>
       <c r="F80" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G80" s="6">
         <v>0</v>
       </c>
       <c r="H80" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" s="5"/>
       <c r="B81" s="5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C81" s="6">
         <v>0</v>
       </c>
       <c r="D81" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E81" s="6">
         <v>0</v>
       </c>
       <c r="F81" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G81" s="6">
         <v>0</v>
       </c>
       <c r="H81" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" s="5"/>
       <c r="B82" s="5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C82" s="6">
         <v>0</v>
       </c>
       <c r="D82" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E82" s="6">
         <v>0</v>
       </c>
       <c r="F82" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G82" s="6">
         <v>0</v>
       </c>
       <c r="H82" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" s="5"/>
       <c r="B83" s="5" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C83" s="6">
         <v>0</v>
       </c>
       <c r="D83" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E83" s="6">
         <v>0</v>
       </c>
       <c r="F83" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G83" s="6">
         <v>0</v>
       </c>
       <c r="H83" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" s="5"/>
       <c r="B84" s="5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C84" s="6">
         <v>0</v>
       </c>
       <c r="D84" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E84" s="6">
         <v>0</v>
       </c>
       <c r="F84" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G84" s="6">
         <v>0</v>
       </c>
       <c r="H84" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" s="5"/>
       <c r="B85" s="5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C85" s="6">
         <v>0</v>
       </c>
       <c r="D85" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E85" s="6">
         <v>0</v>
       </c>
       <c r="F85" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G85" s="6">
         <v>0</v>
       </c>
       <c r="H85" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" s="5"/>
       <c r="B86" s="5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C86" s="6">
         <v>0</v>
       </c>
       <c r="D86" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E86" s="6">
         <v>0</v>
       </c>
       <c r="F86" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G86" s="6">
         <v>0</v>
       </c>
       <c r="H86" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" s="5"/>
       <c r="B87" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C87" s="6">
         <v>0</v>
       </c>
       <c r="D87" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E87" s="6">
         <v>0</v>
       </c>
       <c r="F87" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G87" s="6">
         <v>0</v>
       </c>
       <c r="H87" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" s="5" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B88" s="5" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C88" s="6">
         <v>0</v>
       </c>
       <c r="D88" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E88" s="6">
         <v>0</v>
       </c>
       <c r="F88" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G88" s="6">
         <v>0</v>
       </c>
       <c r="H88" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" s="5"/>
       <c r="B89" s="5" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C89" s="6">
         <v>0</v>
       </c>
       <c r="D89" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E89" s="6">
         <v>0</v>
       </c>
       <c r="F89" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G89" s="6">
         <v>0</v>
       </c>
       <c r="H89" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" s="5"/>
       <c r="B90" s="5" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C90" s="6">
         <v>0</v>
       </c>
       <c r="D90" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E90" s="6">
         <v>0</v>
       </c>
       <c r="F90" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G90" s="6">
         <v>0</v>
       </c>
       <c r="H90" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" s="5"/>
       <c r="B91" s="5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C91" s="6">
         <v>0</v>
       </c>
       <c r="D91" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E91" s="6">
         <v>0</v>
       </c>
       <c r="F91" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G91" s="6">
         <v>0</v>
       </c>
       <c r="H91" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" s="5"/>
       <c r="B92" s="5" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C92" s="6">
         <v>0</v>
       </c>
       <c r="D92" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E92" s="6">
         <v>0</v>
       </c>
       <c r="F92" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G92" s="6">
         <v>0</v>
       </c>
       <c r="H92" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" s="5"/>
       <c r="B93" s="5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C93" s="6">
         <v>0</v>
       </c>
       <c r="D93" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E93" s="6">
         <v>0</v>
       </c>
       <c r="F93" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G93" s="6">
         <v>0</v>
       </c>
       <c r="H93" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" s="5"/>
       <c r="B94" s="5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C94" s="6">
         <v>0</v>
       </c>
       <c r="D94" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E94" s="6">
         <v>0</v>
       </c>
       <c r="F94" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G94" s="6">
         <v>0</v>
       </c>
       <c r="H94" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" s="5"/>
       <c r="B95" s="5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C95" s="6">
         <v>0</v>
       </c>
       <c r="D95" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E95" s="6">
         <v>0</v>
       </c>
       <c r="F95" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G95" s="6">
         <v>0</v>
       </c>
       <c r="H95" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" s="5"/>
       <c r="B96" s="5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C96" s="6">
         <v>0</v>
       </c>
       <c r="D96" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E96" s="6">
         <v>0</v>
       </c>
       <c r="F96" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G96" s="6">
         <v>0</v>
       </c>
       <c r="H96" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" s="5"/>
       <c r="B97" s="5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C97" s="6">
         <v>0</v>
       </c>
       <c r="D97" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E97" s="6">
         <v>0</v>
       </c>
       <c r="F97" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G97" s="6">
         <v>0</v>
       </c>
       <c r="H97" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" s="5"/>
       <c r="B98" s="5" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C98" s="6">
         <v>0</v>
       </c>
       <c r="D98" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E98" s="6">
         <v>0</v>
       </c>
       <c r="F98" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G98" s="6">
         <v>0</v>
       </c>
       <c r="H98" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" s="5"/>
       <c r="B99" s="5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C99" s="6">
         <v>0</v>
       </c>
       <c r="D99" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E99" s="6">
         <v>0</v>
       </c>
       <c r="F99" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G99" s="6">
         <v>0</v>
       </c>
       <c r="H99" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" s="5"/>
       <c r="B100" s="5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C100" s="6">
         <v>0</v>
       </c>
       <c r="D100" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E100" s="6">
         <v>0</v>
       </c>
       <c r="F100" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G100" s="6">
         <v>0</v>
       </c>
       <c r="H100" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" s="5"/>
       <c r="B101" s="5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C101" s="6">
         <v>0</v>
       </c>
       <c r="D101" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E101" s="6">
         <v>0</v>
       </c>
       <c r="F101" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G101" s="6">
         <v>0</v>
       </c>
       <c r="H101" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" s="5"/>
       <c r="B102" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C102" s="6">
         <v>0</v>
       </c>
       <c r="D102" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E102" s="6">
         <v>0</v>
       </c>
       <c r="F102" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G102" s="6">
         <v>0</v>
       </c>
       <c r="H102" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B103" s="5" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C103" s="6">
         <v>0</v>
       </c>
       <c r="D103" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E103" s="6">
         <v>0</v>
       </c>
       <c r="F103" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G103" s="6">
         <v>0</v>
       </c>
       <c r="H103" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" s="5"/>
       <c r="B104" s="5" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C104" s="6">
         <v>112</v>
       </c>
       <c r="D104" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E104" s="6">
         <v>1332</v>
       </c>
       <c r="F104" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G104" s="6">
         <v>1444</v>
       </c>
       <c r="H104" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" s="5"/>
       <c r="B105" s="5" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C105" s="6">
         <v>12</v>
       </c>
       <c r="D105" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E105" s="6">
         <v>1152</v>
       </c>
       <c r="F105" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G105" s="6">
         <v>1164</v>
       </c>
       <c r="H105" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" s="5"/>
       <c r="B106" s="5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C106" s="6">
         <v>0</v>
       </c>
       <c r="D106" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E106" s="6">
         <v>42</v>
       </c>
       <c r="F106" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G106" s="6">
         <v>42</v>
       </c>
       <c r="H106" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" s="5"/>
       <c r="B107" s="5" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C107" s="6">
         <v>4</v>
       </c>
       <c r="D107" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E107" s="6">
         <v>24</v>
       </c>
       <c r="F107" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G107" s="6">
         <v>28</v>
       </c>
       <c r="H107" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" s="5"/>
       <c r="B108" s="5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C108" s="6">
         <v>1</v>
       </c>
       <c r="D108" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E108" s="6">
         <v>21</v>
       </c>
       <c r="F108" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G108" s="6">
         <v>22</v>
       </c>
       <c r="H108" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" s="5"/>
       <c r="B109" s="5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C109" s="6">
         <v>3</v>
       </c>
       <c r="D109" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E109" s="6">
         <v>14</v>
       </c>
       <c r="F109" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G109" s="6">
         <v>17</v>
       </c>
       <c r="H109" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" s="5"/>
       <c r="B110" s="5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C110" s="6">
         <v>580</v>
       </c>
       <c r="D110" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E110" s="6">
         <v>4599</v>
       </c>
       <c r="F110" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G110" s="6">
         <v>5179</v>
       </c>
       <c r="H110" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" s="5"/>
       <c r="B111" s="5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C111" s="6">
         <v>252</v>
       </c>
       <c r="D111" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E111" s="6">
         <v>3915</v>
       </c>
       <c r="F111" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G111" s="6">
         <v>4167</v>
       </c>
       <c r="H111" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" s="5"/>
       <c r="B112" s="5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C112" s="6">
         <v>466</v>
       </c>
       <c r="D112" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E112" s="6">
         <v>2720</v>
       </c>
       <c r="F112" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G112" s="6">
         <v>3186</v>
       </c>
       <c r="H112" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" s="5"/>
       <c r="B113" s="5" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C113" s="6">
         <v>33</v>
       </c>
       <c r="D113" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E113" s="6">
         <v>401</v>
       </c>
       <c r="F113" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G113" s="6">
         <v>434</v>
       </c>
       <c r="H113" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" s="5"/>
       <c r="B114" s="5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C114" s="6">
         <v>4</v>
       </c>
       <c r="D114" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E114" s="6">
         <v>12</v>
       </c>
       <c r="F114" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G114" s="6">
         <v>16</v>
       </c>
       <c r="H114" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" s="5"/>
       <c r="B115" s="5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C115" s="6">
         <v>212</v>
       </c>
       <c r="D115" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E115" s="6">
         <v>1479</v>
       </c>
       <c r="F115" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G115" s="6">
         <v>1691</v>
       </c>
       <c r="H115" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" s="5"/>
       <c r="B116" s="5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C116" s="6">
         <v>0</v>
       </c>
       <c r="D116" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E116" s="6">
         <v>0</v>
       </c>
       <c r="F116" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G116" s="6">
         <v>0</v>
       </c>
       <c r="H116" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" s="5"/>
       <c r="B117" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C117" s="6">
         <v>1679</v>
       </c>
       <c r="D117" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E117" s="6">
         <v>15711</v>
       </c>
       <c r="F117" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G117" s="6">
         <v>17390</v>
       </c>
       <c r="H117" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="118" spans="1:8" customHeight="1" ht="21.75">
       <c r="A118" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1991603/611313</t>
           </r>
         </is>
       </c>
       <c r="C118" s="3"/>
       <c r="D118" s="3"/>
       <c r="E118" s="3"/>
       <c r="F118" s="3"/>
       <c r="G118" s="3"/>
       <c r="H118" s="3"/>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">numero di alberi con rilievo della brucatura (senza estrapol.)</t>
+            <t xml:space="preserve">Anzahl auf Verbiss beurteilte Bäume (ohne Hochrechnung)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #431</t>
           </r>
         </is>
       </c>
     </row>
     <row r="122" spans="1:8" customHeight="1" ht="29">
       <c r="A122" s="1" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco di protezione contro colate di fango/smottamenti (2022)</t>
+            <t xml:space="preserve">Schutzwald gegen Hangmuren/Rutschungen (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2644</t>
           </r>
         </is>
       </c>
     </row>
     <row r="125" spans="1:8" customHeight="1" ht="29">
       <c r="A125" s="1" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">classe di dimensione (bosco giovane; 5 classi)</t>
+            <t xml:space="preserve">Grössenklasse (Jungwald; 5 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2623</t>
           </r>
         </is>
       </c>
     </row>
     <row r="128" spans="1:8" customHeight="1" ht="29">
       <c r="A128" s="1" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">specie arborea principale del bosco giovane (conteggio)</t>
+            <t xml:space="preserve">Hauptbaumart im Jungwald (Zählung)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2625</t>
           </r>
         </is>
       </c>
     </row>
     <row r="131" spans="1:8" customHeight="1" ht="29">
       <c r="A131" s="1" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">cantone</t>
+            <t xml:space="preserve">Kanton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="134" spans="1:8" customHeight="1" ht="29">
       <c r="A134" s="1" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN2-IFN5 (area boscabile)</t>
+            <t xml:space="preserve">bestockbarer zugänglicher Wald ohne Gebüschwald LFI2-LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2615</t>
           </r>
         </is>
       </c>
     </row>
     <row r="137" spans="1:8" customHeight="1" ht="29">
       <c r="A137" s="1" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="140" spans="1:8" customHeight="1" ht="29">
       <c r="A140" s="1" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="A3:H3"/>
     <mergeCell ref="A4:H4"/>
     <mergeCell ref="A5:H5"/>
     <mergeCell ref="A6:H6"/>
     <mergeCell ref="A7:H7"/>
     <mergeCell ref="A8:H8"/>
     <mergeCell ref="C10:H10"/>
     <mergeCell ref="C11:D11"/>
     <mergeCell ref="E11:F11"/>
     <mergeCell ref="G11:H11"/>
     <mergeCell ref="A13:A27"/>
     <mergeCell ref="A28:A42"/>
     <mergeCell ref="A43:A57"/>
     <mergeCell ref="A58:A72"/>
     <mergeCell ref="A73:A87"/>
     <mergeCell ref="A88:A102"/>
     <mergeCell ref="A103:A117"/>
     <mergeCell ref="A118:H118"/>
     <mergeCell ref="A121:H121"/>