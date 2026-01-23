--- v0 (2025-10-10)
+++ v1 (2026-01-23)
@@ -12,133 +12,133 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
   <si>
-    <t>NFI4</t>
+    <t>LFI4</t>
   </si>
   <si>
-    <t>length of forest roads (NFI4) divided by forest area (forest roads)</t>
+    <t>Waldstrassenlänge (LFI4) geteilt durch Waldfläche (Erschliessung)</t>
   </si>
   <si>
-    <t>trafficability of forest road · forest road width</t>
+    <t>Befahrbarkeit der Strasse · Strassenbreite</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: canton</t>
+      <t xml:space="preserve">: Kanton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: m/ha, column total</t>
+      <t xml:space="preserve">: m/ha, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4-km grid</t>
+      <t xml:space="preserve">: 1,4-km-Netz</t>
     </r>
   </si>
   <si>
-    <t>state 2009/17</t>
+    <t>Zustand 2009/17</t>
   </si>
   <si>
-    <t>canton</t>
+    <t>Kanton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,323 +172,326 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Schweiz</t>
   </si>
   <si>
-    <t>trafficability of forest road</t>
+    <t>Befahrbarkeit der Strasse</t>
   </si>
   <si>
-    <t>forest road width</t>
+    <t>Strassenbreite</t>
   </si>
   <si>
     <t>m/ha</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>Wert nicht ermittelt</t>
+  </si>
+  <si>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>2.5 - 2.9 m</t>
   </si>
   <si>
     <t>3.0 - 3.4 m</t>
   </si>
   <si>
-    <t>3.50 m and larger</t>
+    <t>3.50 m und breiter</t>
   </si>
   <si>
-    <t>total</t>
+    <t>Total</t>
   </si>
   <si>
-    <t>18 t, 2-axle truck</t>
+    <t>2-achsiger LKW mit 18 t</t>
   </si>
   <si>
-    <t>26 t, 3-axle truck</t>
+    <t>3-achsiger LKW mit 26 t</t>
   </si>
   <si>
-    <t>28 - 32 t, 4-axle truck</t>
+    <t>4-achsiger LKW mit 28 - 32 t</t>
   </si>
   <si>
-    <t>40 - 44 t, min. 5-axle truck</t>
+    <t>min. 5-achsiger LKW mit 40 - 44 t</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1991618/611328</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">length of forest roads (NFI)</t>
+      <t xml:space="preserve">Waldstrassenlänge (LFI)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #336</t>
     </r>
   </si>
   <si>
     <t>Länge der im LFI erhobenen Waldstrassen. Die Waldstrassenlänge wird im Wald zu 100% gezählt, am Waldrand und in aufgelösten Bestockungen dagegen nur zu 50%. Zu den LFI-Waldstrassen zählen nur die zum Zeitpunkt der LFI-Erhebung in den aktuellen Erschliessungsdaten explizit verfügbaren Strassen-/Streckenabschnitte.
 Da es sich um eine Vollerhebung sämtlicher Strassen handelt, ist die Angabe eines Standardfehlers nicht nötig (es gibt keine stichprobenbedingte Unsicherheit).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area (forest roads)</t>
+      <t xml:space="preserve">Waldfläche (Erschliessung)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #339</t>
     </r>
   </si>
   <si>
     <t>Waldfläche basierend auf der LFI-Waldmaske mit Stand 2017, die für die Berechnung der Erschliessungsdichte verwendet wird. Die Kriterien für die Definition von Wald bei der Herstellung der Waldmaske sind annähernd vergleichbar mit denjenigen für den LFI-Waldentscheid, der jeweils im Rahmen der Feldaufnahme auf den Probeflächen durchgeführt wird.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">trafficability of forest road</t>
+      <t xml:space="preserve">Befahrbarkeit der Strasse</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2239</t>
     </r>
   </si>
   <si>
     <t>Die Befahrbarkeit der Strasse gibt an, mit welchem Lastwagentyp eine Strasse befahren werden kann. Dabei sind Achsenzahl und Gesamtgewicht des LKW für die Klassierung ausschlaggebend.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest road width</t>
+      <t xml:space="preserve">Strassenbreite</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2238</t>
     </r>
   </si>
   <si>
     <t>Die Strassenbreite gibt an, wie breit der betreffende Strecken-/Strassenabschnitt ist. Lastwagenstrassen im Schweizer Wald müssen, um in der Erschliessungserhebung erfasst zu werden, eine Mindestbreite von 2.50 m aufweisen. Im Rahmen der Försterumfrage des LFI4 wurden zusätzliche Informationen erhoben. Dabei steht nicht die lastwagenbefahrbare Strasse nach LFI mit 10 t Achslast und einer Mindestbreite von 2.50 m  im Fokus, sondern die für die Holzabfuhr relevante Strasse mit mindestens 3 m Fahrbahnbreite und genügender Tragfähigkeit für Fahrzeuge mit einem Gesamtgewicht ab 26 t.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">canton</t>
+      <t xml:space="preserve">Kanton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
+    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4-km grid</t>
+      <t xml:space="preserve">1,4-km-Netz</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #410</t>
     </r>
   </si>
   <si>
-    <t>NFI's sampling grid with a mesh size of 1.4 km. The 1.4-km grid is the grid size covering all the previous terrestrial Inventories, which is why it is also called the base grid.</t>
+    <t>Stichprobennetz des LFI mit einer Maschenweite von 1,4 km. Beim 1,4-km-Netz handelt es sich um das gemeinsame Netz aller bisherigen terrestrischen Inventuren, weshalb es auch als Basisnetz bezeichnet wird.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -840,52 +843,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BB65"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="37.562" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="8.141" bestFit="true" customWidth="true" style="0"/>
@@ -1271,4931 +1274,4931 @@
       </c>
       <c r="AW12" s="4" t="s">
         <v>37</v>
       </c>
       <c r="AX12" s="4" t="s">
         <v>38</v>
       </c>
       <c r="AY12" s="4" t="s">
         <v>37</v>
       </c>
       <c r="AZ12" s="4" t="s">
         <v>38</v>
       </c>
       <c r="BA12" s="4" t="s">
         <v>37</v>
       </c>
       <c r="BB12" s="4" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="13" spans="1:54">
       <c r="A13" s="5" t="s">
         <v>39</v>
       </c>
       <c r="B13" s="5" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C13" s="6">
         <v>0.0</v>
       </c>
       <c r="D13" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E13" s="6">
         <v>0.0</v>
       </c>
       <c r="F13" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G13" s="6">
         <v>0.0</v>
       </c>
       <c r="H13" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="I13" s="6">
         <v>0.0</v>
       </c>
       <c r="J13" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="K13" s="6">
         <v>0.0</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="M13" s="6">
         <v>0.0</v>
       </c>
       <c r="N13" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="O13" s="6">
         <v>0.0</v>
       </c>
       <c r="P13" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Q13" s="6">
         <v>0.0</v>
       </c>
       <c r="R13" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="S13" s="6">
         <v>0.0</v>
       </c>
       <c r="T13" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="U13" s="6">
         <v>0.0</v>
       </c>
       <c r="V13" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="W13" s="6">
         <v>0.0</v>
       </c>
       <c r="X13" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Y13" s="6">
         <v>0.0</v>
       </c>
       <c r="Z13" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AA13" s="6">
         <v>0.0</v>
       </c>
       <c r="AB13" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AC13" s="6">
         <v>0.0</v>
       </c>
       <c r="AD13" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AE13" s="6">
         <v>0.0</v>
       </c>
       <c r="AF13" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AG13" s="6">
         <v>0.0</v>
       </c>
       <c r="AH13" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AI13" s="6">
         <v>0.0</v>
       </c>
       <c r="AJ13" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AK13" s="6">
         <v>0.0</v>
       </c>
       <c r="AL13" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AM13" s="6">
         <v>0.0</v>
       </c>
       <c r="AN13" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AO13" s="6">
         <v>0.0</v>
       </c>
       <c r="AP13" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AQ13" s="6">
         <v>0.0</v>
       </c>
       <c r="AR13" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AS13" s="6">
         <v>0.0</v>
       </c>
       <c r="AT13" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AU13" s="6">
         <v>0.0</v>
       </c>
       <c r="AV13" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AW13" s="6">
         <v>0.0</v>
       </c>
       <c r="AX13" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AY13" s="6">
         <v>0.0</v>
       </c>
       <c r="AZ13" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="BA13" s="6">
         <v>0.0</v>
       </c>
       <c r="BB13" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="14" spans="1:54">
       <c r="A14" s="5"/>
       <c r="B14" s="5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C14" s="6">
         <v>0.0</v>
       </c>
       <c r="D14" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E14" s="6">
         <v>0.0</v>
       </c>
       <c r="F14" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G14" s="6">
         <v>0.0</v>
       </c>
       <c r="H14" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="I14" s="6">
         <v>0.0</v>
       </c>
       <c r="J14" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="K14" s="6">
         <v>0.0</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="M14" s="6">
         <v>0.0</v>
       </c>
       <c r="N14" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="O14" s="6">
         <v>0.0</v>
       </c>
       <c r="P14" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Q14" s="6">
         <v>0.0</v>
       </c>
       <c r="R14" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="S14" s="6">
         <v>0.0</v>
       </c>
       <c r="T14" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="U14" s="6">
         <v>0.0</v>
       </c>
       <c r="V14" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="W14" s="6">
         <v>0.0</v>
       </c>
       <c r="X14" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Y14" s="6">
         <v>0.0</v>
       </c>
       <c r="Z14" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AA14" s="6">
         <v>0.0</v>
       </c>
       <c r="AB14" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AC14" s="6">
         <v>0.0</v>
       </c>
       <c r="AD14" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AE14" s="6">
         <v>0.0</v>
       </c>
       <c r="AF14" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AG14" s="6">
         <v>0.0</v>
       </c>
       <c r="AH14" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AI14" s="6">
         <v>0.0</v>
       </c>
       <c r="AJ14" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AK14" s="6">
         <v>0.0</v>
       </c>
       <c r="AL14" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AM14" s="6">
         <v>0.0</v>
       </c>
       <c r="AN14" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AO14" s="6">
         <v>0.0</v>
       </c>
       <c r="AP14" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AQ14" s="6">
         <v>0.0</v>
       </c>
       <c r="AR14" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AS14" s="6">
         <v>0.0</v>
       </c>
       <c r="AT14" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AU14" s="6">
         <v>0.0</v>
       </c>
       <c r="AV14" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AW14" s="6">
         <v>0.0</v>
       </c>
       <c r="AX14" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AY14" s="6">
         <v>0.0</v>
       </c>
       <c r="AZ14" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="BA14" s="6">
         <v>0.0</v>
       </c>
       <c r="BB14" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="15" spans="1:54">
       <c r="A15" s="5"/>
       <c r="B15" s="5" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C15" s="6">
         <v>0.0</v>
       </c>
       <c r="D15" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E15" s="6">
         <v>0.0</v>
       </c>
       <c r="F15" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G15" s="6">
         <v>0.0</v>
       </c>
       <c r="H15" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="I15" s="6">
         <v>0.0</v>
       </c>
       <c r="J15" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="K15" s="6">
         <v>0.0</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="M15" s="6">
         <v>0.0</v>
       </c>
       <c r="N15" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="O15" s="6">
         <v>0.0</v>
       </c>
       <c r="P15" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Q15" s="6">
         <v>0.0</v>
       </c>
       <c r="R15" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="S15" s="6">
         <v>0.0</v>
       </c>
       <c r="T15" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="U15" s="6">
         <v>0.0</v>
       </c>
       <c r="V15" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="W15" s="6">
         <v>0.0</v>
       </c>
       <c r="X15" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Y15" s="6">
         <v>0.0</v>
       </c>
       <c r="Z15" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AA15" s="6">
         <v>0.0</v>
       </c>
       <c r="AB15" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AC15" s="6">
         <v>0.0</v>
       </c>
       <c r="AD15" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AE15" s="6">
         <v>0.0</v>
       </c>
       <c r="AF15" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AG15" s="6">
         <v>0.0</v>
       </c>
       <c r="AH15" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AI15" s="6">
         <v>0.0</v>
       </c>
       <c r="AJ15" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AK15" s="6">
         <v>0.0</v>
       </c>
       <c r="AL15" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AM15" s="6">
         <v>0.0</v>
       </c>
       <c r="AN15" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AO15" s="6">
         <v>0.0</v>
       </c>
       <c r="AP15" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AQ15" s="6">
         <v>0.0</v>
       </c>
       <c r="AR15" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AS15" s="6">
         <v>0.0</v>
       </c>
       <c r="AT15" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AU15" s="6">
         <v>0.0</v>
       </c>
       <c r="AV15" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AW15" s="6">
         <v>0.0</v>
       </c>
       <c r="AX15" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AY15" s="6">
         <v>0.0</v>
       </c>
       <c r="AZ15" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="BA15" s="6">
         <v>0.0</v>
       </c>
       <c r="BB15" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="16" spans="1:54">
       <c r="A16" s="5"/>
       <c r="B16" s="5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C16" s="6">
         <v>0.0</v>
       </c>
       <c r="D16" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E16" s="6">
         <v>0.0</v>
       </c>
       <c r="F16" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G16" s="6">
         <v>0.0</v>
       </c>
       <c r="H16" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="I16" s="6">
         <v>0.0</v>
       </c>
       <c r="J16" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="K16" s="6">
         <v>0.0</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="M16" s="6">
         <v>0.0</v>
       </c>
       <c r="N16" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="O16" s="6">
         <v>0.0</v>
       </c>
       <c r="P16" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Q16" s="6">
         <v>0.0</v>
       </c>
       <c r="R16" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="S16" s="6">
         <v>0.0</v>
       </c>
       <c r="T16" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="U16" s="6">
         <v>0.0</v>
       </c>
       <c r="V16" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="W16" s="6">
         <v>0.0</v>
       </c>
       <c r="X16" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Y16" s="6">
         <v>0.0</v>
       </c>
       <c r="Z16" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AA16" s="6">
         <v>0.0</v>
       </c>
       <c r="AB16" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AC16" s="6">
         <v>0.0</v>
       </c>
       <c r="AD16" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AE16" s="6">
         <v>0.0</v>
       </c>
       <c r="AF16" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AG16" s="6">
         <v>0.0</v>
       </c>
       <c r="AH16" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AI16" s="6">
         <v>0.0</v>
       </c>
       <c r="AJ16" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AK16" s="6">
         <v>0.0</v>
       </c>
       <c r="AL16" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AM16" s="6">
         <v>0.0</v>
       </c>
       <c r="AN16" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AO16" s="6">
         <v>0.0</v>
       </c>
       <c r="AP16" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AQ16" s="6">
         <v>0.0</v>
       </c>
       <c r="AR16" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AS16" s="6">
         <v>0.0</v>
       </c>
       <c r="AT16" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AU16" s="6">
         <v>0.0</v>
       </c>
       <c r="AV16" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AW16" s="6">
         <v>0.0</v>
       </c>
       <c r="AX16" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AY16" s="6">
         <v>0.0</v>
       </c>
       <c r="AZ16" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="BA16" s="6">
         <v>0.0</v>
       </c>
       <c r="BB16" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="17" spans="1:54">
       <c r="A17" s="5"/>
       <c r="B17" s="5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C17" s="6">
         <v>0.0</v>
       </c>
       <c r="D17" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E17" s="6">
         <v>0.0</v>
       </c>
       <c r="F17" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G17" s="6">
         <v>0.0</v>
       </c>
       <c r="H17" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="I17" s="6">
         <v>0.0</v>
       </c>
       <c r="J17" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="K17" s="6">
         <v>0.0</v>
       </c>
       <c r="L17" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="M17" s="6">
         <v>0.0</v>
       </c>
       <c r="N17" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="O17" s="6">
         <v>0.0</v>
       </c>
       <c r="P17" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Q17" s="6">
         <v>0.0</v>
       </c>
       <c r="R17" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="S17" s="6">
         <v>0.0</v>
       </c>
       <c r="T17" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="U17" s="6">
         <v>0.0</v>
       </c>
       <c r="V17" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="W17" s="6">
         <v>0.0</v>
       </c>
       <c r="X17" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Y17" s="6">
         <v>0.0</v>
       </c>
       <c r="Z17" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AA17" s="6">
         <v>0.0</v>
       </c>
       <c r="AB17" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AC17" s="6">
         <v>0.0</v>
       </c>
       <c r="AD17" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AE17" s="6">
         <v>0.0</v>
       </c>
       <c r="AF17" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AG17" s="6">
         <v>0.0</v>
       </c>
       <c r="AH17" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AI17" s="6">
         <v>0.0</v>
       </c>
       <c r="AJ17" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AK17" s="6">
         <v>0.0</v>
       </c>
       <c r="AL17" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AM17" s="6">
         <v>0.0</v>
       </c>
       <c r="AN17" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AO17" s="6">
         <v>0.0</v>
       </c>
       <c r="AP17" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AQ17" s="6">
         <v>0.0</v>
       </c>
       <c r="AR17" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AS17" s="6">
         <v>0.0</v>
       </c>
       <c r="AT17" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AU17" s="6">
         <v>0.0</v>
       </c>
       <c r="AV17" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AW17" s="6">
         <v>0.0</v>
       </c>
       <c r="AX17" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AY17" s="6">
         <v>0.0</v>
       </c>
       <c r="AZ17" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="BA17" s="6">
         <v>0.0</v>
       </c>
       <c r="BB17" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="18" spans="1:54">
       <c r="A18" s="5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B18" s="5" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C18" s="6">
         <v>0.0</v>
       </c>
       <c r="D18" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E18" s="6">
         <v>0.0</v>
       </c>
       <c r="F18" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G18" s="6">
         <v>0.0</v>
       </c>
       <c r="H18" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="I18" s="6">
         <v>0.0</v>
       </c>
       <c r="J18" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="K18" s="6">
         <v>0.0</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="M18" s="6">
         <v>0.0</v>
       </c>
       <c r="N18" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="O18" s="6">
         <v>0.0</v>
       </c>
       <c r="P18" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Q18" s="6">
         <v>0.0</v>
       </c>
       <c r="R18" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="S18" s="6">
         <v>0.0</v>
       </c>
       <c r="T18" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="U18" s="6">
         <v>0.0</v>
       </c>
       <c r="V18" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="W18" s="6">
         <v>0.0</v>
       </c>
       <c r="X18" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Y18" s="6">
         <v>0.0</v>
       </c>
       <c r="Z18" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AA18" s="6">
         <v>0.0</v>
       </c>
       <c r="AB18" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AC18" s="6">
         <v>0.0</v>
       </c>
       <c r="AD18" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AE18" s="6">
         <v>0.0</v>
       </c>
       <c r="AF18" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AG18" s="6">
         <v>0.0</v>
       </c>
       <c r="AH18" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AI18" s="6">
         <v>0.0</v>
       </c>
       <c r="AJ18" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AK18" s="6">
         <v>0.0</v>
       </c>
       <c r="AL18" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AM18" s="6">
         <v>0.0</v>
       </c>
       <c r="AN18" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AO18" s="6">
         <v>0.0</v>
       </c>
       <c r="AP18" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AQ18" s="6">
         <v>0.0</v>
       </c>
       <c r="AR18" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AS18" s="6">
         <v>0.0</v>
       </c>
       <c r="AT18" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AU18" s="6">
         <v>0.0</v>
       </c>
       <c r="AV18" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AW18" s="6">
         <v>0.0</v>
       </c>
       <c r="AX18" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AY18" s="6">
         <v>0.0</v>
       </c>
       <c r="AZ18" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="BA18" s="6">
         <v>0.0</v>
       </c>
       <c r="BB18" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="19" spans="1:54">
       <c r="A19" s="5"/>
       <c r="B19" s="5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C19" s="6">
         <v>2.4</v>
       </c>
       <c r="D19" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E19" s="6">
         <v>1.5</v>
       </c>
       <c r="F19" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G19" s="6">
         <v>0.6</v>
       </c>
       <c r="H19" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="I19" s="6">
         <v>1.2</v>
       </c>
       <c r="J19" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="K19" s="6">
         <v>4.2</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="M19" s="6">
         <v>0.6</v>
       </c>
       <c r="N19" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="O19" s="6">
         <v>1.7</v>
       </c>
       <c r="P19" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Q19" s="6">
         <v>0.8</v>
       </c>
       <c r="R19" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="S19" s="6">
         <v>3.2</v>
       </c>
       <c r="T19" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="U19" s="6">
         <v>0.8</v>
       </c>
       <c r="V19" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="W19" s="6">
         <v>0.5</v>
       </c>
       <c r="X19" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Y19" s="6">
         <v>1.1</v>
       </c>
       <c r="Z19" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AA19" s="6">
         <v>0.8</v>
       </c>
       <c r="AB19" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AC19" s="6">
         <v>1.4</v>
       </c>
       <c r="AD19" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AE19" s="6">
         <v>1.4</v>
       </c>
       <c r="AF19" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AG19" s="6">
         <v>1.0</v>
       </c>
       <c r="AH19" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AI19" s="6">
         <v>2.8</v>
       </c>
       <c r="AJ19" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AK19" s="6">
         <v>0.3</v>
       </c>
       <c r="AL19" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AM19" s="6">
         <v>1.5</v>
       </c>
       <c r="AN19" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AO19" s="6">
         <v>1.5</v>
       </c>
       <c r="AP19" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AQ19" s="6">
         <v>0.3</v>
       </c>
       <c r="AR19" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AS19" s="6">
         <v>0.7</v>
       </c>
       <c r="AT19" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AU19" s="6">
         <v>0.5</v>
       </c>
       <c r="AV19" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AW19" s="6">
         <v>0.7</v>
       </c>
       <c r="AX19" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AY19" s="6">
         <v>2.6</v>
       </c>
       <c r="AZ19" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="BA19" s="6">
         <v>1.5</v>
       </c>
       <c r="BB19" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="20" spans="1:54">
       <c r="A20" s="5"/>
       <c r="B20" s="5" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C20" s="6">
         <v>0.0</v>
       </c>
       <c r="D20" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E20" s="6">
         <v>0.0</v>
       </c>
       <c r="F20" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G20" s="6">
         <v>0.0</v>
       </c>
       <c r="H20" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="I20" s="6">
         <v>0.0</v>
       </c>
       <c r="J20" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="K20" s="6">
         <v>0.0</v>
       </c>
       <c r="L20" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="M20" s="6">
         <v>0.0</v>
       </c>
       <c r="N20" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="O20" s="6">
         <v>0.0</v>
       </c>
       <c r="P20" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Q20" s="6">
         <v>0.0</v>
       </c>
       <c r="R20" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="S20" s="6">
         <v>0.0</v>
       </c>
       <c r="T20" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="U20" s="6">
         <v>0.0</v>
       </c>
       <c r="V20" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="W20" s="6">
         <v>0.0</v>
       </c>
       <c r="X20" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Y20" s="6">
         <v>0.0</v>
       </c>
       <c r="Z20" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AA20" s="6">
         <v>0.0</v>
       </c>
       <c r="AB20" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AC20" s="6">
         <v>0.0</v>
       </c>
       <c r="AD20" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AE20" s="6">
         <v>0.0</v>
       </c>
       <c r="AF20" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AG20" s="6">
         <v>0.0</v>
       </c>
       <c r="AH20" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AI20" s="6">
         <v>0.0</v>
       </c>
       <c r="AJ20" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AK20" s="6">
         <v>0.0</v>
       </c>
       <c r="AL20" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AM20" s="6">
         <v>0.0</v>
       </c>
       <c r="AN20" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AO20" s="6">
         <v>0.0</v>
       </c>
       <c r="AP20" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AQ20" s="6">
         <v>0.0</v>
       </c>
       <c r="AR20" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AS20" s="6">
         <v>0.0</v>
       </c>
       <c r="AT20" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AU20" s="6">
         <v>0.0</v>
       </c>
       <c r="AV20" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AW20" s="6">
         <v>0.0</v>
       </c>
       <c r="AX20" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AY20" s="6">
         <v>0.0</v>
       </c>
       <c r="AZ20" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="BA20" s="6">
         <v>0.0</v>
       </c>
       <c r="BB20" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="21" spans="1:54">
       <c r="A21" s="5"/>
       <c r="B21" s="5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C21" s="6">
         <v>0.0</v>
       </c>
       <c r="D21" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E21" s="6">
         <v>0.0</v>
       </c>
       <c r="F21" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G21" s="6">
         <v>0.0</v>
       </c>
       <c r="H21" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="I21" s="6">
         <v>0.0</v>
       </c>
       <c r="J21" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="K21" s="6">
         <v>0.0</v>
       </c>
       <c r="L21" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="M21" s="6">
         <v>0.0</v>
       </c>
       <c r="N21" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="O21" s="6">
         <v>0.0</v>
       </c>
       <c r="P21" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Q21" s="6">
         <v>0.0</v>
       </c>
       <c r="R21" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="S21" s="6">
         <v>0.0</v>
       </c>
       <c r="T21" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="U21" s="6">
         <v>0.0</v>
       </c>
       <c r="V21" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="W21" s="6">
         <v>0.0</v>
       </c>
       <c r="X21" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Y21" s="6">
         <v>0.0</v>
       </c>
       <c r="Z21" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AA21" s="6">
         <v>0.0</v>
       </c>
       <c r="AB21" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AC21" s="6">
         <v>0.0</v>
       </c>
       <c r="AD21" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AE21" s="6">
         <v>0.0</v>
       </c>
       <c r="AF21" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AG21" s="6">
         <v>0.0</v>
       </c>
       <c r="AH21" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AI21" s="6">
         <v>0.0</v>
       </c>
       <c r="AJ21" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AK21" s="6">
         <v>0.0</v>
       </c>
       <c r="AL21" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AM21" s="6">
         <v>0.0</v>
       </c>
       <c r="AN21" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AO21" s="6">
         <v>0.0</v>
       </c>
       <c r="AP21" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AQ21" s="6">
         <v>0.0</v>
       </c>
       <c r="AR21" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AS21" s="6">
         <v>0.0</v>
       </c>
       <c r="AT21" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AU21" s="6">
         <v>0.0</v>
       </c>
       <c r="AV21" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AW21" s="6">
         <v>0.0</v>
       </c>
       <c r="AX21" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AY21" s="6">
         <v>0.0</v>
       </c>
       <c r="AZ21" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="BA21" s="6">
         <v>0.0</v>
       </c>
       <c r="BB21" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="22" spans="1:54">
       <c r="A22" s="5"/>
       <c r="B22" s="5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C22" s="6">
         <v>2.4</v>
       </c>
       <c r="D22" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E22" s="6">
         <v>1.5</v>
       </c>
       <c r="F22" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G22" s="6">
         <v>0.6</v>
       </c>
       <c r="H22" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="I22" s="6">
         <v>1.2</v>
       </c>
       <c r="J22" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="K22" s="6">
         <v>4.2</v>
       </c>
       <c r="L22" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="M22" s="6">
         <v>0.6</v>
       </c>
       <c r="N22" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="O22" s="6">
         <v>1.7</v>
       </c>
       <c r="P22" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Q22" s="6">
         <v>0.8</v>
       </c>
       <c r="R22" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="S22" s="6">
         <v>3.2</v>
       </c>
       <c r="T22" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="U22" s="6">
         <v>0.8</v>
       </c>
       <c r="V22" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="W22" s="6">
         <v>0.5</v>
       </c>
       <c r="X22" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Y22" s="6">
         <v>1.1</v>
       </c>
       <c r="Z22" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AA22" s="6">
         <v>0.8</v>
       </c>
       <c r="AB22" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AC22" s="6">
         <v>1.4</v>
       </c>
       <c r="AD22" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AE22" s="6">
         <v>1.4</v>
       </c>
       <c r="AF22" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AG22" s="6">
         <v>1.0</v>
       </c>
       <c r="AH22" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AI22" s="6">
         <v>2.8</v>
       </c>
       <c r="AJ22" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AK22" s="6">
         <v>0.3</v>
       </c>
       <c r="AL22" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AM22" s="6">
         <v>1.5</v>
       </c>
       <c r="AN22" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AO22" s="6">
         <v>1.5</v>
       </c>
       <c r="AP22" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AQ22" s="6">
         <v>0.3</v>
       </c>
       <c r="AR22" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AS22" s="6">
         <v>0.7</v>
       </c>
       <c r="AT22" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AU22" s="6">
         <v>0.5</v>
       </c>
       <c r="AV22" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AW22" s="6">
         <v>0.7</v>
       </c>
       <c r="AX22" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AY22" s="6">
         <v>2.6</v>
       </c>
       <c r="AZ22" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="BA22" s="6">
         <v>1.5</v>
       </c>
       <c r="BB22" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="23" spans="1:54">
       <c r="A23" s="5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B23" s="5" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C23" s="6">
         <v>0.0</v>
       </c>
       <c r="D23" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E23" s="6">
         <v>0.0</v>
       </c>
       <c r="F23" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G23" s="6">
         <v>0.0</v>
       </c>
       <c r="H23" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="I23" s="6">
         <v>0.0</v>
       </c>
       <c r="J23" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="K23" s="6">
         <v>0.0</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="M23" s="6">
         <v>0.0</v>
       </c>
       <c r="N23" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="O23" s="6">
         <v>0.0</v>
       </c>
       <c r="P23" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Q23" s="6">
         <v>0.0</v>
       </c>
       <c r="R23" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="S23" s="6">
         <v>0.0</v>
       </c>
       <c r="T23" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="U23" s="6">
         <v>0.0</v>
       </c>
       <c r="V23" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="W23" s="6">
         <v>0.0</v>
       </c>
       <c r="X23" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Y23" s="6">
         <v>0.0</v>
       </c>
       <c r="Z23" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AA23" s="6">
         <v>0.0</v>
       </c>
       <c r="AB23" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AC23" s="6">
         <v>0.0</v>
       </c>
       <c r="AD23" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AE23" s="6">
         <v>0.0</v>
       </c>
       <c r="AF23" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AG23" s="6">
         <v>0.0</v>
       </c>
       <c r="AH23" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AI23" s="6">
         <v>0.0</v>
       </c>
       <c r="AJ23" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AK23" s="6">
         <v>0.0</v>
       </c>
       <c r="AL23" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AM23" s="6">
         <v>0.0</v>
       </c>
       <c r="AN23" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AO23" s="6">
         <v>0.0</v>
       </c>
       <c r="AP23" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AQ23" s="6">
         <v>0.0</v>
       </c>
       <c r="AR23" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AS23" s="6">
         <v>0.0</v>
       </c>
       <c r="AT23" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AU23" s="6">
         <v>0.0</v>
       </c>
       <c r="AV23" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AW23" s="6">
         <v>0.0</v>
       </c>
       <c r="AX23" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AY23" s="6">
         <v>0.0</v>
       </c>
       <c r="AZ23" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="BA23" s="6">
         <v>0.0</v>
       </c>
       <c r="BB23" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="24" spans="1:54">
       <c r="A24" s="5"/>
       <c r="B24" s="5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C24" s="6">
         <v>0.0</v>
       </c>
       <c r="D24" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E24" s="6">
         <v>0.0</v>
       </c>
       <c r="F24" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G24" s="6">
         <v>0.0</v>
       </c>
       <c r="H24" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="I24" s="6">
         <v>0.0</v>
       </c>
       <c r="J24" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="K24" s="6">
         <v>0.0</v>
       </c>
       <c r="L24" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="M24" s="6">
         <v>0.0</v>
       </c>
       <c r="N24" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="O24" s="6">
         <v>0.0</v>
       </c>
       <c r="P24" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Q24" s="6">
         <v>0.0</v>
       </c>
       <c r="R24" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="S24" s="6">
         <v>0.0</v>
       </c>
       <c r="T24" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="U24" s="6">
         <v>0.0</v>
       </c>
       <c r="V24" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="W24" s="6">
         <v>0.0</v>
       </c>
       <c r="X24" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Y24" s="6">
         <v>0.0</v>
       </c>
       <c r="Z24" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AA24" s="6">
         <v>0.0</v>
       </c>
       <c r="AB24" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AC24" s="6">
         <v>0.0</v>
       </c>
       <c r="AD24" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AE24" s="6">
         <v>0.0</v>
       </c>
       <c r="AF24" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AG24" s="6">
         <v>0.0</v>
       </c>
       <c r="AH24" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AI24" s="6">
         <v>0.0</v>
       </c>
       <c r="AJ24" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AK24" s="6">
         <v>0.0</v>
       </c>
       <c r="AL24" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AM24" s="6">
         <v>0.0</v>
       </c>
       <c r="AN24" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AO24" s="6">
         <v>0.0</v>
       </c>
       <c r="AP24" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AQ24" s="6">
         <v>0.0</v>
       </c>
       <c r="AR24" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AS24" s="6">
         <v>0.0</v>
       </c>
       <c r="AT24" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AU24" s="6">
         <v>0.0</v>
       </c>
       <c r="AV24" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AW24" s="6">
         <v>0.0</v>
       </c>
       <c r="AX24" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AY24" s="6">
         <v>0.0</v>
       </c>
       <c r="AZ24" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="BA24" s="6">
         <v>0.0</v>
       </c>
       <c r="BB24" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="25" spans="1:54">
       <c r="A25" s="5"/>
       <c r="B25" s="5" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C25" s="6">
         <v>1.2</v>
       </c>
       <c r="D25" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E25" s="6">
         <v>0.1</v>
       </c>
       <c r="F25" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G25" s="6">
         <v>0.4</v>
       </c>
       <c r="H25" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="I25" s="6">
         <v>2.6</v>
       </c>
       <c r="J25" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="K25" s="6">
         <v>0.7</v>
       </c>
       <c r="L25" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="M25" s="6">
         <v>1.6</v>
       </c>
       <c r="N25" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="O25" s="6">
         <v>0.0</v>
       </c>
       <c r="P25" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Q25" s="6">
         <v>1.4</v>
       </c>
       <c r="R25" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="S25" s="6">
         <v>4.0</v>
       </c>
       <c r="T25" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="U25" s="6">
         <v>2.2</v>
       </c>
       <c r="V25" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="W25" s="6">
         <v>1.5</v>
       </c>
       <c r="X25" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Y25" s="6">
         <v>2.4</v>
       </c>
       <c r="Z25" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AA25" s="6">
         <v>1.5</v>
       </c>
       <c r="AB25" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AC25" s="6">
         <v>4.5</v>
       </c>
       <c r="AD25" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AE25" s="6">
         <v>1.8</v>
       </c>
       <c r="AF25" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AG25" s="6">
         <v>2.9</v>
       </c>
       <c r="AH25" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AI25" s="6">
         <v>0.4</v>
       </c>
       <c r="AJ25" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AK25" s="6">
         <v>3.5</v>
       </c>
       <c r="AL25" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AM25" s="6">
         <v>1.7</v>
       </c>
       <c r="AN25" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AO25" s="6">
         <v>1.4</v>
       </c>
       <c r="AP25" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AQ25" s="6">
         <v>4.4</v>
       </c>
       <c r="AR25" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AS25" s="6">
         <v>1.1</v>
       </c>
       <c r="AT25" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AU25" s="6">
         <v>7.0</v>
       </c>
       <c r="AV25" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AW25" s="6">
         <v>0.3</v>
       </c>
       <c r="AX25" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AY25" s="6">
         <v>1.0</v>
       </c>
       <c r="AZ25" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="BA25" s="6">
         <v>2.7</v>
       </c>
       <c r="BB25" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="26" spans="1:54">
       <c r="A26" s="5"/>
       <c r="B26" s="5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C26" s="6">
         <v>0.0</v>
       </c>
       <c r="D26" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E26" s="6">
         <v>0.0</v>
       </c>
       <c r="F26" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G26" s="6">
         <v>0.0</v>
       </c>
       <c r="H26" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="I26" s="6">
         <v>0.0</v>
       </c>
       <c r="J26" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="K26" s="6">
         <v>0.2</v>
       </c>
       <c r="L26" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="M26" s="6">
         <v>0.0</v>
       </c>
       <c r="N26" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="O26" s="6">
         <v>0.0</v>
       </c>
       <c r="P26" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Q26" s="6">
         <v>0.0</v>
       </c>
       <c r="R26" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="S26" s="6">
         <v>0.1</v>
       </c>
       <c r="T26" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="U26" s="6">
         <v>0.0</v>
       </c>
       <c r="V26" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="W26" s="6">
         <v>0.0</v>
       </c>
       <c r="X26" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Y26" s="6">
         <v>0.0</v>
       </c>
       <c r="Z26" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AA26" s="6">
         <v>0.0</v>
       </c>
       <c r="AB26" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AC26" s="6">
         <v>0.0</v>
       </c>
       <c r="AD26" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AE26" s="6">
         <v>0.1</v>
       </c>
       <c r="AF26" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AG26" s="6">
         <v>0.0</v>
       </c>
       <c r="AH26" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AI26" s="6">
         <v>0.0</v>
       </c>
       <c r="AJ26" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AK26" s="6">
         <v>0.1</v>
       </c>
       <c r="AL26" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AM26" s="6">
         <v>0.0</v>
       </c>
       <c r="AN26" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AO26" s="6">
         <v>0.4</v>
       </c>
       <c r="AP26" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AQ26" s="6">
         <v>0.1</v>
       </c>
       <c r="AR26" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AS26" s="6">
         <v>0.0</v>
       </c>
       <c r="AT26" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AU26" s="6">
         <v>0.7</v>
       </c>
       <c r="AV26" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AW26" s="6">
         <v>0.0</v>
       </c>
       <c r="AX26" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AY26" s="6">
         <v>0.0</v>
       </c>
       <c r="AZ26" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="BA26" s="6">
         <v>0.2</v>
       </c>
       <c r="BB26" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="27" spans="1:54">
       <c r="A27" s="5"/>
       <c r="B27" s="5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C27" s="6">
         <v>1.3</v>
       </c>
       <c r="D27" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E27" s="6">
         <v>0.1</v>
       </c>
       <c r="F27" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G27" s="6">
         <v>0.4</v>
       </c>
       <c r="H27" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="I27" s="6">
         <v>2.6</v>
       </c>
       <c r="J27" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="K27" s="6">
         <v>0.8</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="M27" s="6">
         <v>1.6</v>
       </c>
       <c r="N27" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="O27" s="6">
         <v>0.0</v>
       </c>
       <c r="P27" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Q27" s="6">
         <v>1.4</v>
       </c>
       <c r="R27" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="S27" s="6">
         <v>4.1</v>
       </c>
       <c r="T27" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="U27" s="6">
         <v>2.2</v>
       </c>
       <c r="V27" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="W27" s="6">
         <v>1.5</v>
       </c>
       <c r="X27" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Y27" s="6">
         <v>2.4</v>
       </c>
       <c r="Z27" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AA27" s="6">
         <v>1.5</v>
       </c>
       <c r="AB27" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AC27" s="6">
         <v>4.5</v>
       </c>
       <c r="AD27" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AE27" s="6">
         <v>1.9</v>
       </c>
       <c r="AF27" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AG27" s="6">
         <v>2.9</v>
       </c>
       <c r="AH27" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AI27" s="6">
         <v>0.4</v>
       </c>
       <c r="AJ27" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AK27" s="6">
         <v>3.6</v>
       </c>
       <c r="AL27" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AM27" s="6">
         <v>1.7</v>
       </c>
       <c r="AN27" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AO27" s="6">
         <v>1.8</v>
       </c>
       <c r="AP27" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AQ27" s="6">
         <v>4.5</v>
       </c>
       <c r="AR27" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AS27" s="6">
         <v>1.1</v>
       </c>
       <c r="AT27" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AU27" s="6">
         <v>7.7</v>
       </c>
       <c r="AV27" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AW27" s="6">
         <v>0.3</v>
       </c>
       <c r="AX27" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AY27" s="6">
         <v>1.0</v>
       </c>
       <c r="AZ27" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="BA27" s="6">
         <v>2.9</v>
       </c>
       <c r="BB27" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="28" spans="1:54">
       <c r="A28" s="5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B28" s="5" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C28" s="6">
         <v>0.0</v>
       </c>
       <c r="D28" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E28" s="6">
         <v>0.0</v>
       </c>
       <c r="F28" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G28" s="6">
         <v>0.0</v>
       </c>
       <c r="H28" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="I28" s="6">
         <v>0.0</v>
       </c>
       <c r="J28" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="K28" s="6">
         <v>0.0</v>
       </c>
       <c r="L28" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="M28" s="6">
         <v>0.0</v>
       </c>
       <c r="N28" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="O28" s="6">
         <v>0.0</v>
       </c>
       <c r="P28" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Q28" s="6">
         <v>0.0</v>
       </c>
       <c r="R28" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="S28" s="6">
         <v>0.0</v>
       </c>
       <c r="T28" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="U28" s="6">
         <v>0.0</v>
       </c>
       <c r="V28" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="W28" s="6">
         <v>0.0</v>
       </c>
       <c r="X28" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Y28" s="6">
         <v>0.0</v>
       </c>
       <c r="Z28" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AA28" s="6">
         <v>0.0</v>
       </c>
       <c r="AB28" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AC28" s="6">
         <v>0.0</v>
       </c>
       <c r="AD28" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AE28" s="6">
         <v>0.0</v>
       </c>
       <c r="AF28" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AG28" s="6">
         <v>0.0</v>
       </c>
       <c r="AH28" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AI28" s="6">
         <v>0.0</v>
       </c>
       <c r="AJ28" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AK28" s="6">
         <v>0.0</v>
       </c>
       <c r="AL28" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AM28" s="6">
         <v>0.0</v>
       </c>
       <c r="AN28" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AO28" s="6">
         <v>0.0</v>
       </c>
       <c r="AP28" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AQ28" s="6">
         <v>0.0</v>
       </c>
       <c r="AR28" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AS28" s="6">
         <v>0.0</v>
       </c>
       <c r="AT28" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AU28" s="6">
         <v>0.0</v>
       </c>
       <c r="AV28" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AW28" s="6">
         <v>0.0</v>
       </c>
       <c r="AX28" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AY28" s="6">
         <v>0.0</v>
       </c>
       <c r="AZ28" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="BA28" s="6">
         <v>0.0</v>
       </c>
       <c r="BB28" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="29" spans="1:54">
       <c r="A29" s="5"/>
       <c r="B29" s="5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C29" s="6">
         <v>0.0</v>
       </c>
       <c r="D29" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E29" s="6">
         <v>0.0</v>
       </c>
       <c r="F29" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G29" s="6">
         <v>0.0</v>
       </c>
       <c r="H29" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="I29" s="6">
         <v>0.0</v>
       </c>
       <c r="J29" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="K29" s="6">
         <v>0.0</v>
       </c>
       <c r="L29" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="M29" s="6">
         <v>0.0</v>
       </c>
       <c r="N29" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="O29" s="6">
         <v>0.0</v>
       </c>
       <c r="P29" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Q29" s="6">
         <v>0.0</v>
       </c>
       <c r="R29" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="S29" s="6">
         <v>0.0</v>
       </c>
       <c r="T29" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="U29" s="6">
         <v>0.0</v>
       </c>
       <c r="V29" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="W29" s="6">
         <v>0.0</v>
       </c>
       <c r="X29" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Y29" s="6">
         <v>0.0</v>
       </c>
       <c r="Z29" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AA29" s="6">
         <v>0.0</v>
       </c>
       <c r="AB29" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AC29" s="6">
         <v>0.0</v>
       </c>
       <c r="AD29" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AE29" s="6">
         <v>0.0</v>
       </c>
       <c r="AF29" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AG29" s="6">
         <v>0.0</v>
       </c>
       <c r="AH29" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AI29" s="6">
         <v>0.0</v>
       </c>
       <c r="AJ29" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AK29" s="6">
         <v>0.0</v>
       </c>
       <c r="AL29" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AM29" s="6">
         <v>0.0</v>
       </c>
       <c r="AN29" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AO29" s="6">
         <v>0.0</v>
       </c>
       <c r="AP29" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AQ29" s="6">
         <v>0.0</v>
       </c>
       <c r="AR29" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AS29" s="6">
         <v>0.0</v>
       </c>
       <c r="AT29" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AU29" s="6">
         <v>0.0</v>
       </c>
       <c r="AV29" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AW29" s="6">
         <v>0.0</v>
       </c>
       <c r="AX29" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AY29" s="6">
         <v>0.0</v>
       </c>
       <c r="AZ29" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="BA29" s="6">
         <v>0.0</v>
       </c>
       <c r="BB29" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="30" spans="1:54">
       <c r="A30" s="5"/>
       <c r="B30" s="5" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C30" s="6">
         <v>1.3</v>
       </c>
       <c r="D30" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E30" s="6">
         <v>6.2</v>
       </c>
       <c r="F30" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G30" s="6">
         <v>5.6</v>
       </c>
       <c r="H30" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="I30" s="6">
         <v>3.4</v>
       </c>
       <c r="J30" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="K30" s="6">
         <v>2.1</v>
       </c>
       <c r="L30" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="M30" s="6">
         <v>3.5</v>
       </c>
       <c r="N30" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="O30" s="6">
         <v>0.4</v>
       </c>
       <c r="P30" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Q30" s="6">
         <v>0.7</v>
       </c>
       <c r="R30" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="S30" s="6">
         <v>1.9</v>
       </c>
       <c r="T30" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="U30" s="6">
         <v>5.5</v>
       </c>
       <c r="V30" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="W30" s="6">
         <v>7.4</v>
       </c>
       <c r="X30" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Y30" s="6">
         <v>9.6</v>
       </c>
       <c r="Z30" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AA30" s="6">
         <v>7.2</v>
       </c>
       <c r="AB30" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AC30" s="6">
         <v>0.6</v>
       </c>
       <c r="AD30" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AE30" s="6">
         <v>4.4</v>
       </c>
       <c r="AF30" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AG30" s="6">
         <v>0.6</v>
       </c>
       <c r="AH30" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AI30" s="6">
         <v>2.1</v>
       </c>
       <c r="AJ30" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AK30" s="6">
         <v>5.2</v>
       </c>
       <c r="AL30" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AM30" s="6">
         <v>6.7</v>
       </c>
       <c r="AN30" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AO30" s="6">
         <v>0.8</v>
       </c>
       <c r="AP30" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AQ30" s="6">
         <v>2.0</v>
       </c>
       <c r="AR30" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AS30" s="6">
         <v>3.0</v>
       </c>
       <c r="AT30" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AU30" s="6">
         <v>1.6</v>
       </c>
       <c r="AV30" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AW30" s="6">
         <v>2.0</v>
       </c>
       <c r="AX30" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AY30" s="6">
         <v>2.6</v>
       </c>
       <c r="AZ30" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="BA30" s="6">
         <v>2.7</v>
       </c>
       <c r="BB30" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="31" spans="1:54">
       <c r="A31" s="5"/>
       <c r="B31" s="5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C31" s="6">
         <v>0.0</v>
       </c>
       <c r="D31" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E31" s="6">
         <v>0.0</v>
       </c>
       <c r="F31" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G31" s="6">
         <v>0.0</v>
       </c>
       <c r="H31" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="I31" s="6">
         <v>0.2</v>
       </c>
       <c r="J31" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="K31" s="6">
         <v>0.0</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="M31" s="6">
         <v>0.0</v>
       </c>
       <c r="N31" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="O31" s="6">
         <v>0.0</v>
       </c>
       <c r="P31" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Q31" s="6">
         <v>0.0</v>
       </c>
       <c r="R31" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="S31" s="6">
         <v>0.1</v>
       </c>
       <c r="T31" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="U31" s="6">
         <v>0.0</v>
       </c>
       <c r="V31" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="W31" s="6">
         <v>0.0</v>
       </c>
       <c r="X31" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Y31" s="6">
         <v>0.0</v>
       </c>
       <c r="Z31" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AA31" s="6">
         <v>0.1</v>
       </c>
       <c r="AB31" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AC31" s="6">
         <v>0.0</v>
       </c>
       <c r="AD31" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AE31" s="6">
         <v>0.0</v>
       </c>
       <c r="AF31" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AG31" s="6">
         <v>0.0</v>
       </c>
       <c r="AH31" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AI31" s="6">
         <v>0.1</v>
       </c>
       <c r="AJ31" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AK31" s="6">
         <v>0.2</v>
       </c>
       <c r="AL31" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AM31" s="6">
         <v>0.1</v>
       </c>
       <c r="AN31" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AO31" s="6">
         <v>0.5</v>
       </c>
       <c r="AP31" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AQ31" s="6">
         <v>0.0</v>
       </c>
       <c r="AR31" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AS31" s="6">
         <v>0.1</v>
       </c>
       <c r="AT31" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AU31" s="6">
         <v>0.5</v>
       </c>
       <c r="AV31" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AW31" s="6">
         <v>0.0</v>
       </c>
       <c r="AX31" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AY31" s="6">
         <v>0.2</v>
       </c>
       <c r="AZ31" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="BA31" s="6">
         <v>0.2</v>
       </c>
       <c r="BB31" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="32" spans="1:54">
       <c r="A32" s="5"/>
       <c r="B32" s="5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C32" s="6">
         <v>1.3</v>
       </c>
       <c r="D32" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E32" s="6">
         <v>6.2</v>
       </c>
       <c r="F32" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G32" s="6">
         <v>5.6</v>
       </c>
       <c r="H32" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="I32" s="6">
         <v>3.6</v>
       </c>
       <c r="J32" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="K32" s="6">
         <v>2.2</v>
       </c>
       <c r="L32" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="M32" s="6">
         <v>3.5</v>
       </c>
       <c r="N32" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="O32" s="6">
         <v>0.4</v>
       </c>
       <c r="P32" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Q32" s="6">
         <v>0.7</v>
       </c>
       <c r="R32" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="S32" s="6">
         <v>1.9</v>
       </c>
       <c r="T32" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="U32" s="6">
         <v>5.5</v>
       </c>
       <c r="V32" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="W32" s="6">
         <v>7.4</v>
       </c>
       <c r="X32" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Y32" s="6">
         <v>9.6</v>
       </c>
       <c r="Z32" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AA32" s="6">
         <v>7.3</v>
       </c>
       <c r="AB32" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AC32" s="6">
         <v>0.6</v>
       </c>
       <c r="AD32" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AE32" s="6">
         <v>4.4</v>
       </c>
       <c r="AF32" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AG32" s="6">
         <v>0.6</v>
       </c>
       <c r="AH32" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AI32" s="6">
         <v>2.3</v>
       </c>
       <c r="AJ32" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AK32" s="6">
         <v>5.5</v>
       </c>
       <c r="AL32" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AM32" s="6">
         <v>6.7</v>
       </c>
       <c r="AN32" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AO32" s="6">
         <v>1.3</v>
       </c>
       <c r="AP32" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AQ32" s="6">
         <v>2.0</v>
       </c>
       <c r="AR32" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AS32" s="6">
         <v>3.1</v>
       </c>
       <c r="AT32" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AU32" s="6">
         <v>2.1</v>
       </c>
       <c r="AV32" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AW32" s="6">
         <v>2.0</v>
       </c>
       <c r="AX32" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AY32" s="6">
         <v>2.8</v>
       </c>
       <c r="AZ32" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="BA32" s="6">
         <v>2.9</v>
       </c>
       <c r="BB32" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="33" spans="1:54">
       <c r="A33" s="5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B33" s="5" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C33" s="6">
         <v>0.0</v>
       </c>
       <c r="D33" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E33" s="6">
         <v>0.0</v>
       </c>
       <c r="F33" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G33" s="6">
         <v>0.0</v>
       </c>
       <c r="H33" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="I33" s="6">
         <v>0.0</v>
       </c>
       <c r="J33" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="K33" s="6">
         <v>0.0</v>
       </c>
       <c r="L33" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="M33" s="6">
         <v>0.0</v>
       </c>
       <c r="N33" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="O33" s="6">
         <v>0.0</v>
       </c>
       <c r="P33" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Q33" s="6">
         <v>0.0</v>
       </c>
       <c r="R33" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="S33" s="6">
         <v>0.0</v>
       </c>
       <c r="T33" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="U33" s="6">
         <v>0.0</v>
       </c>
       <c r="V33" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="W33" s="6">
         <v>0.0</v>
       </c>
       <c r="X33" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Y33" s="6">
         <v>0.0</v>
       </c>
       <c r="Z33" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AA33" s="6">
         <v>0.0</v>
       </c>
       <c r="AB33" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AC33" s="6">
         <v>0.0</v>
       </c>
       <c r="AD33" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AE33" s="6">
         <v>0.0</v>
       </c>
       <c r="AF33" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AG33" s="6">
         <v>0.0</v>
       </c>
       <c r="AH33" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AI33" s="6">
         <v>0.0</v>
       </c>
       <c r="AJ33" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AK33" s="6">
         <v>0.0</v>
       </c>
       <c r="AL33" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AM33" s="6">
         <v>0.0</v>
       </c>
       <c r="AN33" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AO33" s="6">
         <v>0.0</v>
       </c>
       <c r="AP33" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AQ33" s="6">
         <v>0.0</v>
       </c>
       <c r="AR33" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AS33" s="6">
         <v>0.0</v>
       </c>
       <c r="AT33" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AU33" s="6">
         <v>0.0</v>
       </c>
       <c r="AV33" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AW33" s="6">
         <v>0.0</v>
       </c>
       <c r="AX33" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AY33" s="6">
         <v>0.0</v>
       </c>
       <c r="AZ33" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="BA33" s="6">
         <v>0.0</v>
       </c>
       <c r="BB33" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="34" spans="1:54">
       <c r="A34" s="5"/>
       <c r="B34" s="5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C34" s="6">
         <v>0.0</v>
       </c>
       <c r="D34" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E34" s="6">
         <v>0.0</v>
       </c>
       <c r="F34" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G34" s="6">
         <v>0.0</v>
       </c>
       <c r="H34" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="I34" s="6">
         <v>0.0</v>
       </c>
       <c r="J34" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="K34" s="6">
         <v>0.0</v>
       </c>
       <c r="L34" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="M34" s="6">
         <v>0.0</v>
       </c>
       <c r="N34" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="O34" s="6">
         <v>0.0</v>
       </c>
       <c r="P34" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Q34" s="6">
         <v>0.0</v>
       </c>
       <c r="R34" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="S34" s="6">
         <v>0.0</v>
       </c>
       <c r="T34" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="U34" s="6">
         <v>0.0</v>
       </c>
       <c r="V34" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="W34" s="6">
         <v>0.0</v>
       </c>
       <c r="X34" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Y34" s="6">
         <v>0.0</v>
       </c>
       <c r="Z34" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AA34" s="6">
         <v>0.0</v>
       </c>
       <c r="AB34" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AC34" s="6">
         <v>0.0</v>
       </c>
       <c r="AD34" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AE34" s="6">
         <v>0.0</v>
       </c>
       <c r="AF34" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AG34" s="6">
         <v>0.0</v>
       </c>
       <c r="AH34" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AI34" s="6">
         <v>0.0</v>
       </c>
       <c r="AJ34" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AK34" s="6">
         <v>0.0</v>
       </c>
       <c r="AL34" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AM34" s="6">
         <v>0.0</v>
       </c>
       <c r="AN34" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AO34" s="6">
         <v>0.0</v>
       </c>
       <c r="AP34" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AQ34" s="6">
         <v>0.0</v>
       </c>
       <c r="AR34" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AS34" s="6">
         <v>0.0</v>
       </c>
       <c r="AT34" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AU34" s="6">
         <v>0.0</v>
       </c>
       <c r="AV34" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AW34" s="6">
         <v>0.0</v>
       </c>
       <c r="AX34" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AY34" s="6">
         <v>0.0</v>
       </c>
       <c r="AZ34" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="BA34" s="6">
         <v>0.0</v>
       </c>
       <c r="BB34" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="35" spans="1:54">
       <c r="A35" s="5"/>
       <c r="B35" s="5" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C35" s="6">
         <v>74.8</v>
       </c>
       <c r="D35" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E35" s="6">
         <v>6.1</v>
       </c>
       <c r="F35" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G35" s="6">
         <v>10.5</v>
       </c>
       <c r="H35" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="I35" s="6">
         <v>21.7</v>
       </c>
       <c r="J35" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="K35" s="6">
         <v>35.5</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="M35" s="6">
         <v>16.5</v>
       </c>
       <c r="N35" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="O35" s="6">
         <v>31.7</v>
       </c>
       <c r="P35" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Q35" s="6">
         <v>6.7</v>
       </c>
       <c r="R35" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="S35" s="6">
         <v>1.1</v>
       </c>
       <c r="T35" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="U35" s="6">
         <v>19.6</v>
       </c>
       <c r="V35" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="W35" s="6">
         <v>16.3</v>
       </c>
       <c r="X35" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Y35" s="6">
         <v>19.6</v>
       </c>
       <c r="Z35" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AA35" s="6">
         <v>5.6</v>
       </c>
       <c r="AB35" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AC35" s="6">
         <v>6.4</v>
       </c>
       <c r="AD35" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AE35" s="6">
         <v>10.9</v>
       </c>
       <c r="AF35" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AG35" s="6">
         <v>65.3</v>
       </c>
       <c r="AH35" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AI35" s="6">
         <v>42.9</v>
       </c>
       <c r="AJ35" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AK35" s="6">
         <v>5.2</v>
       </c>
       <c r="AL35" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AM35" s="6">
         <v>56.7</v>
       </c>
       <c r="AN35" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AO35" s="6">
         <v>0.1</v>
       </c>
       <c r="AP35" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AQ35" s="6">
         <v>0.7</v>
       </c>
       <c r="AR35" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AS35" s="6">
         <v>20.4</v>
       </c>
       <c r="AT35" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AU35" s="6">
         <v>2.4</v>
       </c>
       <c r="AV35" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AW35" s="6">
         <v>22.9</v>
       </c>
       <c r="AX35" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AY35" s="6">
         <v>59.4</v>
       </c>
       <c r="AZ35" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="BA35" s="6">
         <v>16.4</v>
       </c>
       <c r="BB35" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="36" spans="1:54">
       <c r="A36" s="5"/>
       <c r="B36" s="5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C36" s="6">
         <v>3.1</v>
       </c>
       <c r="D36" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E36" s="6">
         <v>0.0</v>
       </c>
       <c r="F36" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G36" s="6">
         <v>0.4</v>
       </c>
       <c r="H36" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="I36" s="6">
         <v>1.2</v>
       </c>
       <c r="J36" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="K36" s="6">
         <v>13.8</v>
       </c>
       <c r="L36" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="M36" s="6">
         <v>1.7</v>
       </c>
       <c r="N36" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="O36" s="6">
         <v>3.9</v>
       </c>
       <c r="P36" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Q36" s="6">
         <v>1.1</v>
       </c>
       <c r="R36" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="S36" s="6">
         <v>0.2</v>
       </c>
       <c r="T36" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="U36" s="6">
         <v>4.6</v>
       </c>
       <c r="V36" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="W36" s="6">
         <v>0.6</v>
       </c>
       <c r="X36" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Y36" s="6">
         <v>2.1</v>
       </c>
       <c r="Z36" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AA36" s="6">
         <v>0.0</v>
       </c>
       <c r="AB36" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AC36" s="6">
         <v>0.9</v>
       </c>
       <c r="AD36" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AE36" s="6">
         <v>0.6</v>
       </c>
       <c r="AF36" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AG36" s="6">
         <v>3.6</v>
       </c>
       <c r="AH36" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AI36" s="6">
         <v>3.4</v>
       </c>
       <c r="AJ36" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AK36" s="6">
         <v>0.4</v>
       </c>
       <c r="AL36" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AM36" s="6">
         <v>1.6</v>
       </c>
       <c r="AN36" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AO36" s="6">
         <v>0.1</v>
       </c>
       <c r="AP36" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AQ36" s="6">
         <v>0.0</v>
       </c>
       <c r="AR36" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AS36" s="6">
         <v>2.2</v>
       </c>
       <c r="AT36" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AU36" s="6">
         <v>1.4</v>
       </c>
       <c r="AV36" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AW36" s="6">
         <v>7.2</v>
       </c>
       <c r="AX36" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AY36" s="6">
         <v>6.6</v>
       </c>
       <c r="AZ36" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="BA36" s="6">
         <v>1.6</v>
       </c>
       <c r="BB36" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="37" spans="1:54">
       <c r="A37" s="5"/>
       <c r="B37" s="5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C37" s="6">
         <v>77.9</v>
       </c>
       <c r="D37" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E37" s="6">
         <v>6.1</v>
       </c>
       <c r="F37" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G37" s="6">
         <v>10.9</v>
       </c>
       <c r="H37" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="I37" s="6">
         <v>22.9</v>
       </c>
       <c r="J37" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="K37" s="6">
         <v>49.2</v>
       </c>
       <c r="L37" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="M37" s="6">
         <v>18.3</v>
       </c>
       <c r="N37" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="O37" s="6">
         <v>35.6</v>
       </c>
       <c r="P37" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Q37" s="6">
         <v>7.9</v>
       </c>
       <c r="R37" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="S37" s="6">
         <v>1.3</v>
       </c>
       <c r="T37" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="U37" s="6">
         <v>24.1</v>
       </c>
       <c r="V37" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="W37" s="6">
         <v>16.9</v>
       </c>
       <c r="X37" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Y37" s="6">
         <v>21.7</v>
       </c>
       <c r="Z37" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AA37" s="6">
         <v>5.6</v>
       </c>
       <c r="AB37" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AC37" s="6">
         <v>7.4</v>
       </c>
       <c r="AD37" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AE37" s="6">
         <v>11.5</v>
       </c>
       <c r="AF37" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AG37" s="6">
         <v>68.8</v>
       </c>
       <c r="AH37" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AI37" s="6">
         <v>46.3</v>
       </c>
       <c r="AJ37" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AK37" s="6">
         <v>5.6</v>
       </c>
       <c r="AL37" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AM37" s="6">
         <v>58.3</v>
       </c>
       <c r="AN37" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AO37" s="6">
         <v>0.3</v>
       </c>
       <c r="AP37" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AQ37" s="6">
         <v>0.7</v>
       </c>
       <c r="AR37" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AS37" s="6">
         <v>22.6</v>
       </c>
       <c r="AT37" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AU37" s="6">
         <v>3.7</v>
       </c>
       <c r="AV37" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AW37" s="6">
         <v>30.1</v>
       </c>
       <c r="AX37" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AY37" s="6">
         <v>65.9</v>
       </c>
       <c r="AZ37" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="BA37" s="6">
         <v>18.0</v>
       </c>
       <c r="BB37" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="38" spans="1:54">
       <c r="A38" s="5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B38" s="5" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C38" s="6">
         <v>0.0</v>
       </c>
       <c r="D38" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E38" s="6">
         <v>0.0</v>
       </c>
       <c r="F38" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G38" s="6">
         <v>0.0</v>
       </c>
       <c r="H38" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="I38" s="6">
         <v>0.0</v>
       </c>
       <c r="J38" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="K38" s="6">
         <v>0.0</v>
       </c>
       <c r="L38" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="M38" s="6">
         <v>0.0</v>
       </c>
       <c r="N38" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="O38" s="6">
         <v>0.0</v>
       </c>
       <c r="P38" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Q38" s="6">
         <v>0.0</v>
       </c>
       <c r="R38" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="S38" s="6">
         <v>0.0</v>
       </c>
       <c r="T38" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="U38" s="6">
         <v>0.0</v>
       </c>
       <c r="V38" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="W38" s="6">
         <v>0.0</v>
       </c>
       <c r="X38" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Y38" s="6">
         <v>0.0</v>
       </c>
       <c r="Z38" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AA38" s="6">
         <v>0.0</v>
       </c>
       <c r="AB38" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AC38" s="6">
         <v>0.0</v>
       </c>
       <c r="AD38" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AE38" s="6">
         <v>0.0</v>
       </c>
       <c r="AF38" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AG38" s="6">
         <v>0.0</v>
       </c>
       <c r="AH38" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AI38" s="6">
         <v>0.0</v>
       </c>
       <c r="AJ38" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AK38" s="6">
         <v>0.0</v>
       </c>
       <c r="AL38" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AM38" s="6">
         <v>0.0</v>
       </c>
       <c r="AN38" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AO38" s="6">
         <v>0.0</v>
       </c>
       <c r="AP38" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AQ38" s="6">
         <v>0.0</v>
       </c>
       <c r="AR38" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AS38" s="6">
         <v>0.0</v>
       </c>
       <c r="AT38" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AU38" s="6">
         <v>0.0</v>
       </c>
       <c r="AV38" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AW38" s="6">
         <v>0.0</v>
       </c>
       <c r="AX38" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AY38" s="6">
         <v>0.0</v>
       </c>
       <c r="AZ38" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="BA38" s="6">
         <v>0.0</v>
       </c>
       <c r="BB38" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="39" spans="1:54">
       <c r="A39" s="5"/>
       <c r="B39" s="5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C39" s="6">
         <v>2.4</v>
       </c>
       <c r="D39" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E39" s="6">
         <v>1.5</v>
       </c>
       <c r="F39" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G39" s="6">
         <v>0.6</v>
       </c>
       <c r="H39" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="I39" s="6">
         <v>1.2</v>
       </c>
       <c r="J39" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="K39" s="6">
         <v>4.2</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="M39" s="6">
         <v>0.6</v>
       </c>
       <c r="N39" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="O39" s="6">
         <v>1.7</v>
       </c>
       <c r="P39" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Q39" s="6">
         <v>0.8</v>
       </c>
       <c r="R39" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="S39" s="6">
         <v>3.2</v>
       </c>
       <c r="T39" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="U39" s="6">
         <v>0.8</v>
       </c>
       <c r="V39" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="W39" s="6">
         <v>0.5</v>
       </c>
       <c r="X39" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Y39" s="6">
         <v>1.1</v>
       </c>
       <c r="Z39" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AA39" s="6">
         <v>0.8</v>
       </c>
       <c r="AB39" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AC39" s="6">
         <v>1.4</v>
       </c>
       <c r="AD39" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AE39" s="6">
         <v>1.4</v>
       </c>
       <c r="AF39" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AG39" s="6">
         <v>1.0</v>
       </c>
       <c r="AH39" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AI39" s="6">
         <v>2.8</v>
       </c>
       <c r="AJ39" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AK39" s="6">
         <v>0.3</v>
       </c>
       <c r="AL39" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AM39" s="6">
         <v>1.5</v>
       </c>
       <c r="AN39" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AO39" s="6">
         <v>1.5</v>
       </c>
       <c r="AP39" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AQ39" s="6">
         <v>0.3</v>
       </c>
       <c r="AR39" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AS39" s="6">
         <v>0.7</v>
       </c>
       <c r="AT39" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AU39" s="6">
         <v>0.5</v>
       </c>
       <c r="AV39" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AW39" s="6">
         <v>0.7</v>
       </c>
       <c r="AX39" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AY39" s="6">
         <v>2.6</v>
       </c>
       <c r="AZ39" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="BA39" s="6">
         <v>1.5</v>
       </c>
       <c r="BB39" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="40" spans="1:54">
       <c r="A40" s="5"/>
       <c r="B40" s="5" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C40" s="6">
         <v>77.3</v>
       </c>
       <c r="D40" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E40" s="6">
         <v>12.4</v>
       </c>
       <c r="F40" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G40" s="6">
         <v>16.5</v>
       </c>
       <c r="H40" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="I40" s="6">
         <v>27.6</v>
       </c>
       <c r="J40" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="K40" s="6">
         <v>38.3</v>
       </c>
       <c r="L40" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="M40" s="6">
         <v>21.6</v>
       </c>
       <c r="N40" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="O40" s="6">
         <v>32.0</v>
       </c>
       <c r="P40" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Q40" s="6">
         <v>8.9</v>
       </c>
       <c r="R40" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="S40" s="6">
         <v>7.0</v>
       </c>
       <c r="T40" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="U40" s="6">
         <v>27.2</v>
       </c>
       <c r="V40" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="W40" s="6">
         <v>25.2</v>
       </c>
       <c r="X40" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Y40" s="6">
         <v>31.6</v>
       </c>
       <c r="Z40" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AA40" s="6">
         <v>14.3</v>
       </c>
       <c r="AB40" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AC40" s="6">
         <v>11.5</v>
       </c>
       <c r="AD40" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AE40" s="6">
         <v>17.0</v>
       </c>
       <c r="AF40" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AG40" s="6">
         <v>68.7</v>
       </c>
       <c r="AH40" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AI40" s="6">
         <v>45.4</v>
       </c>
       <c r="AJ40" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AK40" s="6">
         <v>14.0</v>
       </c>
       <c r="AL40" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AM40" s="6">
         <v>65.0</v>
       </c>
       <c r="AN40" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AO40" s="6">
         <v>2.4</v>
       </c>
       <c r="AP40" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AQ40" s="6">
         <v>7.1</v>
       </c>
       <c r="AR40" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AS40" s="6">
         <v>24.4</v>
       </c>
       <c r="AT40" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AU40" s="6">
         <v>10.9</v>
       </c>
       <c r="AV40" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AW40" s="6">
         <v>25.2</v>
       </c>
       <c r="AX40" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AY40" s="6">
         <v>63.0</v>
       </c>
       <c r="AZ40" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="BA40" s="6">
         <v>21.8</v>
       </c>
       <c r="BB40" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="41" spans="1:54">
       <c r="A41" s="5"/>
       <c r="B41" s="5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C41" s="6">
         <v>3.1</v>
       </c>
       <c r="D41" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E41" s="6">
         <v>0.0</v>
       </c>
       <c r="F41" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G41" s="6">
         <v>0.4</v>
       </c>
       <c r="H41" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="I41" s="6">
         <v>1.5</v>
       </c>
       <c r="J41" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="K41" s="6">
         <v>14.0</v>
       </c>
       <c r="L41" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="M41" s="6">
         <v>1.8</v>
       </c>
       <c r="N41" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="O41" s="6">
         <v>3.9</v>
       </c>
       <c r="P41" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Q41" s="6">
         <v>1.1</v>
       </c>
       <c r="R41" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="S41" s="6">
         <v>0.3</v>
       </c>
       <c r="T41" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="U41" s="6">
         <v>4.6</v>
       </c>
       <c r="V41" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="W41" s="6">
         <v>0.6</v>
       </c>
       <c r="X41" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Y41" s="6">
         <v>2.1</v>
       </c>
       <c r="Z41" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AA41" s="6">
         <v>0.1</v>
       </c>
       <c r="AB41" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AC41" s="6">
         <v>1.0</v>
       </c>
       <c r="AD41" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AE41" s="6">
         <v>0.7</v>
       </c>
       <c r="AF41" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AG41" s="6">
         <v>3.6</v>
       </c>
       <c r="AH41" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AI41" s="6">
         <v>3.5</v>
       </c>
       <c r="AJ41" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AK41" s="6">
         <v>0.7</v>
       </c>
       <c r="AL41" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AM41" s="6">
         <v>1.7</v>
       </c>
       <c r="AN41" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AO41" s="6">
         <v>1.0</v>
       </c>
       <c r="AP41" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AQ41" s="6">
         <v>0.1</v>
       </c>
       <c r="AR41" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AS41" s="6">
         <v>2.3</v>
       </c>
       <c r="AT41" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AU41" s="6">
         <v>2.6</v>
       </c>
       <c r="AV41" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AW41" s="6">
         <v>7.2</v>
       </c>
       <c r="AX41" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AY41" s="6">
         <v>6.8</v>
       </c>
       <c r="AZ41" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="BA41" s="6">
         <v>2.0</v>
       </c>
       <c r="BB41" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="42" spans="1:54">
       <c r="A42" s="5"/>
       <c r="B42" s="5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C42" s="6">
         <v>82.8</v>
       </c>
       <c r="D42" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E42" s="6">
         <v>13.9</v>
       </c>
       <c r="F42" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G42" s="6">
         <v>17.5</v>
       </c>
       <c r="H42" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="I42" s="6">
         <v>30.3</v>
       </c>
       <c r="J42" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="K42" s="6">
         <v>56.4</v>
       </c>
       <c r="L42" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="M42" s="6">
         <v>24.0</v>
       </c>
       <c r="N42" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="O42" s="6">
         <v>37.6</v>
       </c>
       <c r="P42" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Q42" s="6">
         <v>10.8</v>
       </c>
       <c r="R42" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="S42" s="6">
         <v>10.5</v>
       </c>
       <c r="T42" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="U42" s="6">
         <v>32.6</v>
       </c>
       <c r="V42" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="W42" s="6">
         <v>26.2</v>
       </c>
       <c r="X42" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Y42" s="6">
         <v>34.7</v>
       </c>
       <c r="Z42" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AA42" s="6">
         <v>15.2</v>
       </c>
       <c r="AB42" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AC42" s="6">
         <v>13.8</v>
       </c>
       <c r="AD42" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AE42" s="6">
         <v>19.2</v>
       </c>
       <c r="AF42" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AG42" s="6">
         <v>73.3</v>
       </c>
       <c r="AH42" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AI42" s="6">
         <v>51.7</v>
       </c>
       <c r="AJ42" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AK42" s="6">
         <v>15.0</v>
       </c>
       <c r="AL42" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AM42" s="6">
         <v>68.2</v>
       </c>
       <c r="AN42" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AO42" s="6">
         <v>4.9</v>
       </c>
       <c r="AP42" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AQ42" s="6">
         <v>7.6</v>
       </c>
       <c r="AR42" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AS42" s="6">
         <v>27.5</v>
       </c>
       <c r="AT42" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AU42" s="6">
         <v>14.1</v>
       </c>
       <c r="AV42" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AW42" s="6">
         <v>33.2</v>
       </c>
       <c r="AX42" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AY42" s="6">
         <v>72.4</v>
       </c>
       <c r="AZ42" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="BA42" s="6">
         <v>25.4</v>
       </c>
       <c r="BB42" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="43" spans="1:54" customHeight="1" ht="21.75">
       <c r="A43" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1991618/611328</t>
           </r>
         </is>
       </c>
       <c r="C43" s="3"/>
       <c r="D43" s="3"/>
       <c r="E43" s="3"/>
       <c r="F43" s="3"/>
       <c r="G43" s="3"/>
       <c r="H43" s="3"/>
       <c r="I43" s="3"/>
       <c r="J43" s="3"/>
       <c r="K43" s="3"/>
       <c r="L43" s="3"/>
@@ -6233,280 +6236,280 @@
       <c r="AR43" s="3"/>
       <c r="AS43" s="3"/>
       <c r="AT43" s="3"/>
       <c r="AU43" s="3"/>
       <c r="AV43" s="3"/>
       <c r="AW43" s="3"/>
       <c r="AX43" s="3"/>
       <c r="AY43" s="3"/>
       <c r="AZ43" s="3"/>
       <c r="BA43" s="3"/>
       <c r="BB43" s="3"/>
     </row>
     <row r="46" spans="1:54">
       <c r="A46" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">length of forest roads (NFI)</t>
+            <t xml:space="preserve">Waldstrassenlänge (LFI)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #336</t>
           </r>
         </is>
       </c>
     </row>
     <row r="47" spans="1:54" customHeight="1" ht="29">
       <c r="A47" s="1" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="49" spans="1:54">
       <c r="A49" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area (forest roads)</t>
+            <t xml:space="preserve">Waldfläche (Erschliessung)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #339</t>
           </r>
         </is>
       </c>
     </row>
     <row r="50" spans="1:54" customHeight="1" ht="29">
       <c r="A50" s="1" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="52" spans="1:54">
       <c r="A52" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">trafficability of forest road</t>
+            <t xml:space="preserve">Befahrbarkeit der Strasse</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2239</t>
           </r>
         </is>
       </c>
     </row>
     <row r="53" spans="1:54" customHeight="1" ht="29">
       <c r="A53" s="1" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="55" spans="1:54">
       <c r="A55" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest road width</t>
+            <t xml:space="preserve">Strassenbreite</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2238</t>
           </r>
         </is>
       </c>
     </row>
     <row r="56" spans="1:54" customHeight="1" ht="29">
       <c r="A56" s="1" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="58" spans="1:54">
       <c r="A58" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">canton</t>
+            <t xml:space="preserve">Kanton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="59" spans="1:54" customHeight="1" ht="29">
       <c r="A59" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="61" spans="1:54">
       <c r="A61" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="62" spans="1:54" customHeight="1" ht="29">
       <c r="A62" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="64" spans="1:54">
       <c r="A64" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4-km grid</t>
+            <t xml:space="preserve">1,4-km-Netz</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #410</t>
           </r>
         </is>
       </c>
     </row>
     <row r="65" spans="1:54" customHeight="1" ht="29">
       <c r="A65" s="1" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BB1"/>
     <mergeCell ref="A2:BB2"/>
     <mergeCell ref="A3:BB3"/>
     <mergeCell ref="A4:BB4"/>
     <mergeCell ref="A5:BB5"/>
     <mergeCell ref="A6:BB6"/>
     <mergeCell ref="A7:BB7"/>
     <mergeCell ref="A8:BB8"/>
     <mergeCell ref="C10:BB10"/>
     <mergeCell ref="C11:D11"/>
     <mergeCell ref="E11:F11"/>
     <mergeCell ref="G11:H11"/>
     <mergeCell ref="I11:J11"/>
     <mergeCell ref="K11:L11"/>
     <mergeCell ref="M11:N11"/>
     <mergeCell ref="O11:P11"/>
     <mergeCell ref="Q11:R11"/>
     <mergeCell ref="S11:T11"/>
     <mergeCell ref="U11:V11"/>
     <mergeCell ref="W11:X11"/>
     <mergeCell ref="Y11:Z11"/>