--- v1 (2026-01-23)
+++ v2 (2026-01-23)
@@ -12,133 +12,133 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
   <si>
-    <t>LFI4</t>
+    <t>IFN4</t>
   </si>
   <si>
-    <t>Waldstrassenlänge (LFI4) geteilt durch Waldfläche (Erschliessung)</t>
+    <t>lunghezza delle strade forestali (IFN4) diviso per superficie forestale (viabilità)</t>
   </si>
   <si>
-    <t>Befahrbarkeit der Strasse · Strassenbreite</t>
+    <t>viabilità della strada · larghezza della strada</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: Kanton</t>
+      <t xml:space="preserve">: cantone</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: m/ha, Spaltentotal</t>
+      <t xml:space="preserve">: m/ha, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz</t>
+      <t xml:space="preserve">: reticolo 1,4 x 1,4 km</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2009/17</t>
+    <t>stato 2009/17</t>
   </si>
   <si>
-    <t>Kanton</t>
+    <t>cantone</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,326 +172,323 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Schweiz</t>
+    <t>Svizzera</t>
   </si>
   <si>
-    <t>Befahrbarkeit der Strasse</t>
+    <t>viabilità della strada</t>
   </si>
   <si>
-    <t>Strassenbreite</t>
+    <t>larghezza della strada</t>
   </si>
   <si>
     <t>m/ha</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>Wert nicht ermittelt</t>
-[...2 lines deleted...]
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>2.5 - 2.9 m</t>
   </si>
   <si>
     <t>3.0 - 3.4 m</t>
   </si>
   <si>
-    <t>3.50 m und breiter</t>
+    <t>3.50 m e oltre</t>
   </si>
   <si>
-    <t>Total</t>
+    <t>totale</t>
   </si>
   <si>
-    <t>2-achsiger LKW mit 18 t</t>
+    <t>camion di 18 t a 2 assi</t>
   </si>
   <si>
-    <t>3-achsiger LKW mit 26 t</t>
+    <t>camion di 26 t a 3 assi</t>
   </si>
   <si>
-    <t>4-achsiger LKW mit 28 - 32 t</t>
+    <t>camion di 28 - 32 t a 4 assi</t>
   </si>
   <si>
-    <t>min. 5-achsiger LKW mit 40 - 44 t</t>
+    <t>camion di 40 - 44 t a 5 assi almeno</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1991618/611328</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldstrassenlänge (LFI)</t>
+      <t xml:space="preserve">lunghezza delle strade forestali (IFN)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #336</t>
     </r>
   </si>
   <si>
     <t>Länge der im LFI erhobenen Waldstrassen. Die Waldstrassenlänge wird im Wald zu 100% gezählt, am Waldrand und in aufgelösten Bestockungen dagegen nur zu 50%. Zu den LFI-Waldstrassen zählen nur die zum Zeitpunkt der LFI-Erhebung in den aktuellen Erschliessungsdaten explizit verfügbaren Strassen-/Streckenabschnitte.
 Da es sich um eine Vollerhebung sämtlicher Strassen handelt, ist die Angabe eines Standardfehlers nicht nötig (es gibt keine stichprobenbedingte Unsicherheit).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche (Erschliessung)</t>
+      <t xml:space="preserve">superficie forestale (viabilità)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #339</t>
     </r>
   </si>
   <si>
     <t>Waldfläche basierend auf der LFI-Waldmaske mit Stand 2017, die für die Berechnung der Erschliessungsdichte verwendet wird. Die Kriterien für die Definition von Wald bei der Herstellung der Waldmaske sind annähernd vergleichbar mit denjenigen für den LFI-Waldentscheid, der jeweils im Rahmen der Feldaufnahme auf den Probeflächen durchgeführt wird.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Befahrbarkeit der Strasse</t>
+      <t xml:space="preserve">viabilità della strada</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2239</t>
     </r>
   </si>
   <si>
     <t>Die Befahrbarkeit der Strasse gibt an, mit welchem Lastwagentyp eine Strasse befahren werden kann. Dabei sind Achsenzahl und Gesamtgewicht des LKW für die Klassierung ausschlaggebend.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Strassenbreite</t>
+      <t xml:space="preserve">larghezza della strada</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2238</t>
     </r>
   </si>
   <si>
     <t>Die Strassenbreite gibt an, wie breit der betreffende Strecken-/Strassenabschnitt ist. Lastwagenstrassen im Schweizer Wald müssen, um in der Erschliessungserhebung erfasst zu werden, eine Mindestbreite von 2.50 m aufweisen. Im Rahmen der Försterumfrage des LFI4 wurden zusätzliche Informationen erhoben. Dabei steht nicht die lastwagenbefahrbare Strasse nach LFI mit 10 t Achslast und einer Mindestbreite von 2.50 m  im Fokus, sondern die für die Holzabfuhr relevante Strasse mit mindestens 3 m Fahrbahnbreite und genügender Tragfähigkeit für Fahrzeuge mit einem Gesamtgewicht ab 26 t.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Kanton</t>
+      <t xml:space="preserve">cantone</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
+    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz</t>
+      <t xml:space="preserve">reticolo 1,4 x 1,4 km</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #410</t>
     </r>
   </si>
   <si>
-    <t>Stichprobennetz des LFI mit einer Maschenweite von 1,4 km. Beim 1,4-km-Netz handelt es sich um das gemeinsame Netz aller bisherigen terrestrischen Inventuren, weshalb es auch als Basisnetz bezeichnet wird.</t>
+    <t>Reticolo di campionamento dell'IFN a maglia quadrata con una distanza di 1,4 km. Il reticolo 1,4 x 1,4 km rappresenta il reticolo terrestre comune a tutti gli inventari fin'ora eseguiti, per cui viene denominato come reticolo di base.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -843,52 +840,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BB65"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="39.99" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="29.279" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="8.141" bestFit="true" customWidth="true" style="0"/>
@@ -1274,4931 +1271,4931 @@
       </c>
       <c r="AW12" s="4" t="s">
         <v>37</v>
       </c>
       <c r="AX12" s="4" t="s">
         <v>38</v>
       </c>
       <c r="AY12" s="4" t="s">
         <v>37</v>
       </c>
       <c r="AZ12" s="4" t="s">
         <v>38</v>
       </c>
       <c r="BA12" s="4" t="s">
         <v>37</v>
       </c>
       <c r="BB12" s="4" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="13" spans="1:54">
       <c r="A13" s="5" t="s">
         <v>39</v>
       </c>
       <c r="B13" s="5" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="C13" s="6">
         <v>0.0</v>
       </c>
       <c r="D13" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="E13" s="6">
         <v>0.0</v>
       </c>
       <c r="F13" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="G13" s="6">
         <v>0.0</v>
       </c>
       <c r="H13" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="I13" s="6">
         <v>0.0</v>
       </c>
       <c r="J13" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="K13" s="6">
         <v>0.0</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="M13" s="6">
         <v>0.0</v>
       </c>
       <c r="N13" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="O13" s="6">
         <v>0.0</v>
       </c>
       <c r="P13" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="Q13" s="6">
         <v>0.0</v>
       </c>
       <c r="R13" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="S13" s="6">
         <v>0.0</v>
       </c>
       <c r="T13" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="U13" s="6">
         <v>0.0</v>
       </c>
       <c r="V13" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="W13" s="6">
         <v>0.0</v>
       </c>
       <c r="X13" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="Y13" s="6">
         <v>0.0</v>
       </c>
       <c r="Z13" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AA13" s="6">
         <v>0.0</v>
       </c>
       <c r="AB13" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AC13" s="6">
         <v>0.0</v>
       </c>
       <c r="AD13" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AE13" s="6">
         <v>0.0</v>
       </c>
       <c r="AF13" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AG13" s="6">
         <v>0.0</v>
       </c>
       <c r="AH13" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AI13" s="6">
         <v>0.0</v>
       </c>
       <c r="AJ13" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AK13" s="6">
         <v>0.0</v>
       </c>
       <c r="AL13" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AM13" s="6">
         <v>0.0</v>
       </c>
       <c r="AN13" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AO13" s="6">
         <v>0.0</v>
       </c>
       <c r="AP13" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AQ13" s="6">
         <v>0.0</v>
       </c>
       <c r="AR13" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AS13" s="6">
         <v>0.0</v>
       </c>
       <c r="AT13" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AU13" s="6">
         <v>0.0</v>
       </c>
       <c r="AV13" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AW13" s="6">
         <v>0.0</v>
       </c>
       <c r="AX13" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AY13" s="6">
         <v>0.0</v>
       </c>
       <c r="AZ13" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="BA13" s="6">
         <v>0.0</v>
       </c>
       <c r="BB13" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
     </row>
     <row r="14" spans="1:54">
       <c r="A14" s="5"/>
       <c r="B14" s="5" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="C14" s="6">
         <v>0.0</v>
       </c>
       <c r="D14" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="E14" s="6">
         <v>0.0</v>
       </c>
       <c r="F14" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="G14" s="6">
         <v>0.0</v>
       </c>
       <c r="H14" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="I14" s="6">
         <v>0.0</v>
       </c>
       <c r="J14" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="K14" s="6">
         <v>0.0</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="M14" s="6">
         <v>0.0</v>
       </c>
       <c r="N14" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="O14" s="6">
         <v>0.0</v>
       </c>
       <c r="P14" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="Q14" s="6">
         <v>0.0</v>
       </c>
       <c r="R14" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="S14" s="6">
         <v>0.0</v>
       </c>
       <c r="T14" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="U14" s="6">
         <v>0.0</v>
       </c>
       <c r="V14" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="W14" s="6">
         <v>0.0</v>
       </c>
       <c r="X14" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="Y14" s="6">
         <v>0.0</v>
       </c>
       <c r="Z14" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AA14" s="6">
         <v>0.0</v>
       </c>
       <c r="AB14" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AC14" s="6">
         <v>0.0</v>
       </c>
       <c r="AD14" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AE14" s="6">
         <v>0.0</v>
       </c>
       <c r="AF14" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AG14" s="6">
         <v>0.0</v>
       </c>
       <c r="AH14" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AI14" s="6">
         <v>0.0</v>
       </c>
       <c r="AJ14" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AK14" s="6">
         <v>0.0</v>
       </c>
       <c r="AL14" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AM14" s="6">
         <v>0.0</v>
       </c>
       <c r="AN14" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AO14" s="6">
         <v>0.0</v>
       </c>
       <c r="AP14" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AQ14" s="6">
         <v>0.0</v>
       </c>
       <c r="AR14" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AS14" s="6">
         <v>0.0</v>
       </c>
       <c r="AT14" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AU14" s="6">
         <v>0.0</v>
       </c>
       <c r="AV14" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AW14" s="6">
         <v>0.0</v>
       </c>
       <c r="AX14" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AY14" s="6">
         <v>0.0</v>
       </c>
       <c r="AZ14" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="BA14" s="6">
         <v>0.0</v>
       </c>
       <c r="BB14" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
     </row>
     <row r="15" spans="1:54">
       <c r="A15" s="5"/>
       <c r="B15" s="5" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="C15" s="6">
         <v>0.0</v>
       </c>
       <c r="D15" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="E15" s="6">
         <v>0.0</v>
       </c>
       <c r="F15" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="G15" s="6">
         <v>0.0</v>
       </c>
       <c r="H15" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="I15" s="6">
         <v>0.0</v>
       </c>
       <c r="J15" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="K15" s="6">
         <v>0.0</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="M15" s="6">
         <v>0.0</v>
       </c>
       <c r="N15" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="O15" s="6">
         <v>0.0</v>
       </c>
       <c r="P15" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="Q15" s="6">
         <v>0.0</v>
       </c>
       <c r="R15" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="S15" s="6">
         <v>0.0</v>
       </c>
       <c r="T15" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="U15" s="6">
         <v>0.0</v>
       </c>
       <c r="V15" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="W15" s="6">
         <v>0.0</v>
       </c>
       <c r="X15" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="Y15" s="6">
         <v>0.0</v>
       </c>
       <c r="Z15" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AA15" s="6">
         <v>0.0</v>
       </c>
       <c r="AB15" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AC15" s="6">
         <v>0.0</v>
       </c>
       <c r="AD15" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AE15" s="6">
         <v>0.0</v>
       </c>
       <c r="AF15" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AG15" s="6">
         <v>0.0</v>
       </c>
       <c r="AH15" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AI15" s="6">
         <v>0.0</v>
       </c>
       <c r="AJ15" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AK15" s="6">
         <v>0.0</v>
       </c>
       <c r="AL15" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AM15" s="6">
         <v>0.0</v>
       </c>
       <c r="AN15" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AO15" s="6">
         <v>0.0</v>
       </c>
       <c r="AP15" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AQ15" s="6">
         <v>0.0</v>
       </c>
       <c r="AR15" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AS15" s="6">
         <v>0.0</v>
       </c>
       <c r="AT15" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AU15" s="6">
         <v>0.0</v>
       </c>
       <c r="AV15" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AW15" s="6">
         <v>0.0</v>
       </c>
       <c r="AX15" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AY15" s="6">
         <v>0.0</v>
       </c>
       <c r="AZ15" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="BA15" s="6">
         <v>0.0</v>
       </c>
       <c r="BB15" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
     </row>
     <row r="16" spans="1:54">
       <c r="A16" s="5"/>
       <c r="B16" s="5" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="C16" s="6">
         <v>0.0</v>
       </c>
       <c r="D16" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="E16" s="6">
         <v>0.0</v>
       </c>
       <c r="F16" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="G16" s="6">
         <v>0.0</v>
       </c>
       <c r="H16" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="I16" s="6">
         <v>0.0</v>
       </c>
       <c r="J16" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="K16" s="6">
         <v>0.0</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="M16" s="6">
         <v>0.0</v>
       </c>
       <c r="N16" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="O16" s="6">
         <v>0.0</v>
       </c>
       <c r="P16" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="Q16" s="6">
         <v>0.0</v>
       </c>
       <c r="R16" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="S16" s="6">
         <v>0.0</v>
       </c>
       <c r="T16" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="U16" s="6">
         <v>0.0</v>
       </c>
       <c r="V16" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="W16" s="6">
         <v>0.0</v>
       </c>
       <c r="X16" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="Y16" s="6">
         <v>0.0</v>
       </c>
       <c r="Z16" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AA16" s="6">
         <v>0.0</v>
       </c>
       <c r="AB16" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AC16" s="6">
         <v>0.0</v>
       </c>
       <c r="AD16" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AE16" s="6">
         <v>0.0</v>
       </c>
       <c r="AF16" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AG16" s="6">
         <v>0.0</v>
       </c>
       <c r="AH16" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AI16" s="6">
         <v>0.0</v>
       </c>
       <c r="AJ16" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AK16" s="6">
         <v>0.0</v>
       </c>
       <c r="AL16" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AM16" s="6">
         <v>0.0</v>
       </c>
       <c r="AN16" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AO16" s="6">
         <v>0.0</v>
       </c>
       <c r="AP16" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AQ16" s="6">
         <v>0.0</v>
       </c>
       <c r="AR16" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AS16" s="6">
         <v>0.0</v>
       </c>
       <c r="AT16" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AU16" s="6">
         <v>0.0</v>
       </c>
       <c r="AV16" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AW16" s="6">
         <v>0.0</v>
       </c>
       <c r="AX16" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AY16" s="6">
         <v>0.0</v>
       </c>
       <c r="AZ16" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="BA16" s="6">
         <v>0.0</v>
       </c>
       <c r="BB16" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
     </row>
     <row r="17" spans="1:54">
       <c r="A17" s="5"/>
       <c r="B17" s="5" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="C17" s="6">
         <v>0.0</v>
       </c>
       <c r="D17" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="E17" s="6">
         <v>0.0</v>
       </c>
       <c r="F17" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="G17" s="6">
         <v>0.0</v>
       </c>
       <c r="H17" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="I17" s="6">
         <v>0.0</v>
       </c>
       <c r="J17" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="K17" s="6">
         <v>0.0</v>
       </c>
       <c r="L17" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="M17" s="6">
         <v>0.0</v>
       </c>
       <c r="N17" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="O17" s="6">
         <v>0.0</v>
       </c>
       <c r="P17" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="Q17" s="6">
         <v>0.0</v>
       </c>
       <c r="R17" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="S17" s="6">
         <v>0.0</v>
       </c>
       <c r="T17" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="U17" s="6">
         <v>0.0</v>
       </c>
       <c r="V17" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="W17" s="6">
         <v>0.0</v>
       </c>
       <c r="X17" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="Y17" s="6">
         <v>0.0</v>
       </c>
       <c r="Z17" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AA17" s="6">
         <v>0.0</v>
       </c>
       <c r="AB17" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AC17" s="6">
         <v>0.0</v>
       </c>
       <c r="AD17" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AE17" s="6">
         <v>0.0</v>
       </c>
       <c r="AF17" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AG17" s="6">
         <v>0.0</v>
       </c>
       <c r="AH17" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AI17" s="6">
         <v>0.0</v>
       </c>
       <c r="AJ17" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AK17" s="6">
         <v>0.0</v>
       </c>
       <c r="AL17" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AM17" s="6">
         <v>0.0</v>
       </c>
       <c r="AN17" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AO17" s="6">
         <v>0.0</v>
       </c>
       <c r="AP17" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AQ17" s="6">
         <v>0.0</v>
       </c>
       <c r="AR17" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AS17" s="6">
         <v>0.0</v>
       </c>
       <c r="AT17" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AU17" s="6">
         <v>0.0</v>
       </c>
       <c r="AV17" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AW17" s="6">
         <v>0.0</v>
       </c>
       <c r="AX17" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AY17" s="6">
         <v>0.0</v>
       </c>
       <c r="AZ17" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="BA17" s="6">
         <v>0.0</v>
       </c>
       <c r="BB17" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
     </row>
     <row r="18" spans="1:54">
       <c r="A18" s="5" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="B18" s="5" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="C18" s="6">
         <v>0.0</v>
       </c>
       <c r="D18" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="E18" s="6">
         <v>0.0</v>
       </c>
       <c r="F18" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="G18" s="6">
         <v>0.0</v>
       </c>
       <c r="H18" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="I18" s="6">
         <v>0.0</v>
       </c>
       <c r="J18" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="K18" s="6">
         <v>0.0</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="M18" s="6">
         <v>0.0</v>
       </c>
       <c r="N18" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="O18" s="6">
         <v>0.0</v>
       </c>
       <c r="P18" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="Q18" s="6">
         <v>0.0</v>
       </c>
       <c r="R18" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="S18" s="6">
         <v>0.0</v>
       </c>
       <c r="T18" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="U18" s="6">
         <v>0.0</v>
       </c>
       <c r="V18" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="W18" s="6">
         <v>0.0</v>
       </c>
       <c r="X18" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="Y18" s="6">
         <v>0.0</v>
       </c>
       <c r="Z18" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AA18" s="6">
         <v>0.0</v>
       </c>
       <c r="AB18" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AC18" s="6">
         <v>0.0</v>
       </c>
       <c r="AD18" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AE18" s="6">
         <v>0.0</v>
       </c>
       <c r="AF18" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AG18" s="6">
         <v>0.0</v>
       </c>
       <c r="AH18" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AI18" s="6">
         <v>0.0</v>
       </c>
       <c r="AJ18" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AK18" s="6">
         <v>0.0</v>
       </c>
       <c r="AL18" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AM18" s="6">
         <v>0.0</v>
       </c>
       <c r="AN18" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AO18" s="6">
         <v>0.0</v>
       </c>
       <c r="AP18" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AQ18" s="6">
         <v>0.0</v>
       </c>
       <c r="AR18" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AS18" s="6">
         <v>0.0</v>
       </c>
       <c r="AT18" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AU18" s="6">
         <v>0.0</v>
       </c>
       <c r="AV18" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AW18" s="6">
         <v>0.0</v>
       </c>
       <c r="AX18" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AY18" s="6">
         <v>0.0</v>
       </c>
       <c r="AZ18" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="BA18" s="6">
         <v>0.0</v>
       </c>
       <c r="BB18" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
     </row>
     <row r="19" spans="1:54">
       <c r="A19" s="5"/>
       <c r="B19" s="5" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="C19" s="6">
         <v>2.4</v>
       </c>
       <c r="D19" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="E19" s="6">
         <v>1.5</v>
       </c>
       <c r="F19" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="G19" s="6">
         <v>0.6</v>
       </c>
       <c r="H19" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="I19" s="6">
         <v>1.2</v>
       </c>
       <c r="J19" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="K19" s="6">
         <v>4.2</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="M19" s="6">
         <v>0.6</v>
       </c>
       <c r="N19" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="O19" s="6">
         <v>1.7</v>
       </c>
       <c r="P19" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="Q19" s="6">
         <v>0.8</v>
       </c>
       <c r="R19" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="S19" s="6">
         <v>3.2</v>
       </c>
       <c r="T19" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="U19" s="6">
         <v>0.8</v>
       </c>
       <c r="V19" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="W19" s="6">
         <v>0.5</v>
       </c>
       <c r="X19" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="Y19" s="6">
         <v>1.1</v>
       </c>
       <c r="Z19" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AA19" s="6">
         <v>0.8</v>
       </c>
       <c r="AB19" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AC19" s="6">
         <v>1.4</v>
       </c>
       <c r="AD19" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AE19" s="6">
         <v>1.4</v>
       </c>
       <c r="AF19" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AG19" s="6">
         <v>1.0</v>
       </c>
       <c r="AH19" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AI19" s="6">
         <v>2.8</v>
       </c>
       <c r="AJ19" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AK19" s="6">
         <v>0.3</v>
       </c>
       <c r="AL19" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AM19" s="6">
         <v>1.5</v>
       </c>
       <c r="AN19" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AO19" s="6">
         <v>1.5</v>
       </c>
       <c r="AP19" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AQ19" s="6">
         <v>0.3</v>
       </c>
       <c r="AR19" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AS19" s="6">
         <v>0.7</v>
       </c>
       <c r="AT19" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AU19" s="6">
         <v>0.5</v>
       </c>
       <c r="AV19" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AW19" s="6">
         <v>0.7</v>
       </c>
       <c r="AX19" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AY19" s="6">
         <v>2.6</v>
       </c>
       <c r="AZ19" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="BA19" s="6">
         <v>1.5</v>
       </c>
       <c r="BB19" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
     </row>
     <row r="20" spans="1:54">
       <c r="A20" s="5"/>
       <c r="B20" s="5" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="C20" s="6">
         <v>0.0</v>
       </c>
       <c r="D20" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="E20" s="6">
         <v>0.0</v>
       </c>
       <c r="F20" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="G20" s="6">
         <v>0.0</v>
       </c>
       <c r="H20" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="I20" s="6">
         <v>0.0</v>
       </c>
       <c r="J20" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="K20" s="6">
         <v>0.0</v>
       </c>
       <c r="L20" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="M20" s="6">
         <v>0.0</v>
       </c>
       <c r="N20" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="O20" s="6">
         <v>0.0</v>
       </c>
       <c r="P20" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="Q20" s="6">
         <v>0.0</v>
       </c>
       <c r="R20" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="S20" s="6">
         <v>0.0</v>
       </c>
       <c r="T20" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="U20" s="6">
         <v>0.0</v>
       </c>
       <c r="V20" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="W20" s="6">
         <v>0.0</v>
       </c>
       <c r="X20" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="Y20" s="6">
         <v>0.0</v>
       </c>
       <c r="Z20" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AA20" s="6">
         <v>0.0</v>
       </c>
       <c r="AB20" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AC20" s="6">
         <v>0.0</v>
       </c>
       <c r="AD20" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AE20" s="6">
         <v>0.0</v>
       </c>
       <c r="AF20" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AG20" s="6">
         <v>0.0</v>
       </c>
       <c r="AH20" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AI20" s="6">
         <v>0.0</v>
       </c>
       <c r="AJ20" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AK20" s="6">
         <v>0.0</v>
       </c>
       <c r="AL20" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AM20" s="6">
         <v>0.0</v>
       </c>
       <c r="AN20" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AO20" s="6">
         <v>0.0</v>
       </c>
       <c r="AP20" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AQ20" s="6">
         <v>0.0</v>
       </c>
       <c r="AR20" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AS20" s="6">
         <v>0.0</v>
       </c>
       <c r="AT20" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AU20" s="6">
         <v>0.0</v>
       </c>
       <c r="AV20" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AW20" s="6">
         <v>0.0</v>
       </c>
       <c r="AX20" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AY20" s="6">
         <v>0.0</v>
       </c>
       <c r="AZ20" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="BA20" s="6">
         <v>0.0</v>
       </c>
       <c r="BB20" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
     </row>
     <row r="21" spans="1:54">
       <c r="A21" s="5"/>
       <c r="B21" s="5" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="C21" s="6">
         <v>0.0</v>
       </c>
       <c r="D21" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="E21" s="6">
         <v>0.0</v>
       </c>
       <c r="F21" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="G21" s="6">
         <v>0.0</v>
       </c>
       <c r="H21" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="I21" s="6">
         <v>0.0</v>
       </c>
       <c r="J21" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="K21" s="6">
         <v>0.0</v>
       </c>
       <c r="L21" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="M21" s="6">
         <v>0.0</v>
       </c>
       <c r="N21" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="O21" s="6">
         <v>0.0</v>
       </c>
       <c r="P21" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="Q21" s="6">
         <v>0.0</v>
       </c>
       <c r="R21" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="S21" s="6">
         <v>0.0</v>
       </c>
       <c r="T21" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="U21" s="6">
         <v>0.0</v>
       </c>
       <c r="V21" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="W21" s="6">
         <v>0.0</v>
       </c>
       <c r="X21" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="Y21" s="6">
         <v>0.0</v>
       </c>
       <c r="Z21" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AA21" s="6">
         <v>0.0</v>
       </c>
       <c r="AB21" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AC21" s="6">
         <v>0.0</v>
       </c>
       <c r="AD21" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AE21" s="6">
         <v>0.0</v>
       </c>
       <c r="AF21" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AG21" s="6">
         <v>0.0</v>
       </c>
       <c r="AH21" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AI21" s="6">
         <v>0.0</v>
       </c>
       <c r="AJ21" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AK21" s="6">
         <v>0.0</v>
       </c>
       <c r="AL21" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AM21" s="6">
         <v>0.0</v>
       </c>
       <c r="AN21" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AO21" s="6">
         <v>0.0</v>
       </c>
       <c r="AP21" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AQ21" s="6">
         <v>0.0</v>
       </c>
       <c r="AR21" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AS21" s="6">
         <v>0.0</v>
       </c>
       <c r="AT21" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AU21" s="6">
         <v>0.0</v>
       </c>
       <c r="AV21" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AW21" s="6">
         <v>0.0</v>
       </c>
       <c r="AX21" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AY21" s="6">
         <v>0.0</v>
       </c>
       <c r="AZ21" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="BA21" s="6">
         <v>0.0</v>
       </c>
       <c r="BB21" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
     </row>
     <row r="22" spans="1:54">
       <c r="A22" s="5"/>
       <c r="B22" s="5" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="C22" s="6">
         <v>2.4</v>
       </c>
       <c r="D22" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="E22" s="6">
         <v>1.5</v>
       </c>
       <c r="F22" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="G22" s="6">
         <v>0.6</v>
       </c>
       <c r="H22" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="I22" s="6">
         <v>1.2</v>
       </c>
       <c r="J22" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="K22" s="6">
         <v>4.2</v>
       </c>
       <c r="L22" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="M22" s="6">
         <v>0.6</v>
       </c>
       <c r="N22" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="O22" s="6">
         <v>1.7</v>
       </c>
       <c r="P22" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="Q22" s="6">
         <v>0.8</v>
       </c>
       <c r="R22" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="S22" s="6">
         <v>3.2</v>
       </c>
       <c r="T22" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="U22" s="6">
         <v>0.8</v>
       </c>
       <c r="V22" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="W22" s="6">
         <v>0.5</v>
       </c>
       <c r="X22" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="Y22" s="6">
         <v>1.1</v>
       </c>
       <c r="Z22" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AA22" s="6">
         <v>0.8</v>
       </c>
       <c r="AB22" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AC22" s="6">
         <v>1.4</v>
       </c>
       <c r="AD22" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AE22" s="6">
         <v>1.4</v>
       </c>
       <c r="AF22" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AG22" s="6">
         <v>1.0</v>
       </c>
       <c r="AH22" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AI22" s="6">
         <v>2.8</v>
       </c>
       <c r="AJ22" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AK22" s="6">
         <v>0.3</v>
       </c>
       <c r="AL22" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AM22" s="6">
         <v>1.5</v>
       </c>
       <c r="AN22" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AO22" s="6">
         <v>1.5</v>
       </c>
       <c r="AP22" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AQ22" s="6">
         <v>0.3</v>
       </c>
       <c r="AR22" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AS22" s="6">
         <v>0.7</v>
       </c>
       <c r="AT22" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AU22" s="6">
         <v>0.5</v>
       </c>
       <c r="AV22" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AW22" s="6">
         <v>0.7</v>
       </c>
       <c r="AX22" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AY22" s="6">
         <v>2.6</v>
       </c>
       <c r="AZ22" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="BA22" s="6">
         <v>1.5</v>
       </c>
       <c r="BB22" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
     </row>
     <row r="23" spans="1:54">
       <c r="A23" s="5" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="B23" s="5" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="C23" s="6">
         <v>0.0</v>
       </c>
       <c r="D23" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="E23" s="6">
         <v>0.0</v>
       </c>
       <c r="F23" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="G23" s="6">
         <v>0.0</v>
       </c>
       <c r="H23" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="I23" s="6">
         <v>0.0</v>
       </c>
       <c r="J23" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="K23" s="6">
         <v>0.0</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="M23" s="6">
         <v>0.0</v>
       </c>
       <c r="N23" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="O23" s="6">
         <v>0.0</v>
       </c>
       <c r="P23" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="Q23" s="6">
         <v>0.0</v>
       </c>
       <c r="R23" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="S23" s="6">
         <v>0.0</v>
       </c>
       <c r="T23" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="U23" s="6">
         <v>0.0</v>
       </c>
       <c r="V23" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="W23" s="6">
         <v>0.0</v>
       </c>
       <c r="X23" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="Y23" s="6">
         <v>0.0</v>
       </c>
       <c r="Z23" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AA23" s="6">
         <v>0.0</v>
       </c>
       <c r="AB23" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AC23" s="6">
         <v>0.0</v>
       </c>
       <c r="AD23" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AE23" s="6">
         <v>0.0</v>
       </c>
       <c r="AF23" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AG23" s="6">
         <v>0.0</v>
       </c>
       <c r="AH23" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AI23" s="6">
         <v>0.0</v>
       </c>
       <c r="AJ23" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AK23" s="6">
         <v>0.0</v>
       </c>
       <c r="AL23" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AM23" s="6">
         <v>0.0</v>
       </c>
       <c r="AN23" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AO23" s="6">
         <v>0.0</v>
       </c>
       <c r="AP23" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AQ23" s="6">
         <v>0.0</v>
       </c>
       <c r="AR23" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AS23" s="6">
         <v>0.0</v>
       </c>
       <c r="AT23" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AU23" s="6">
         <v>0.0</v>
       </c>
       <c r="AV23" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AW23" s="6">
         <v>0.0</v>
       </c>
       <c r="AX23" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AY23" s="6">
         <v>0.0</v>
       </c>
       <c r="AZ23" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="BA23" s="6">
         <v>0.0</v>
       </c>
       <c r="BB23" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
     </row>
     <row r="24" spans="1:54">
       <c r="A24" s="5"/>
       <c r="B24" s="5" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="C24" s="6">
         <v>0.0</v>
       </c>
       <c r="D24" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="E24" s="6">
         <v>0.0</v>
       </c>
       <c r="F24" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="G24" s="6">
         <v>0.0</v>
       </c>
       <c r="H24" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="I24" s="6">
         <v>0.0</v>
       </c>
       <c r="J24" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="K24" s="6">
         <v>0.0</v>
       </c>
       <c r="L24" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="M24" s="6">
         <v>0.0</v>
       </c>
       <c r="N24" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="O24" s="6">
         <v>0.0</v>
       </c>
       <c r="P24" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="Q24" s="6">
         <v>0.0</v>
       </c>
       <c r="R24" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="S24" s="6">
         <v>0.0</v>
       </c>
       <c r="T24" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="U24" s="6">
         <v>0.0</v>
       </c>
       <c r="V24" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="W24" s="6">
         <v>0.0</v>
       </c>
       <c r="X24" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="Y24" s="6">
         <v>0.0</v>
       </c>
       <c r="Z24" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AA24" s="6">
         <v>0.0</v>
       </c>
       <c r="AB24" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AC24" s="6">
         <v>0.0</v>
       </c>
       <c r="AD24" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AE24" s="6">
         <v>0.0</v>
       </c>
       <c r="AF24" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AG24" s="6">
         <v>0.0</v>
       </c>
       <c r="AH24" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AI24" s="6">
         <v>0.0</v>
       </c>
       <c r="AJ24" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AK24" s="6">
         <v>0.0</v>
       </c>
       <c r="AL24" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AM24" s="6">
         <v>0.0</v>
       </c>
       <c r="AN24" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AO24" s="6">
         <v>0.0</v>
       </c>
       <c r="AP24" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AQ24" s="6">
         <v>0.0</v>
       </c>
       <c r="AR24" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AS24" s="6">
         <v>0.0</v>
       </c>
       <c r="AT24" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AU24" s="6">
         <v>0.0</v>
       </c>
       <c r="AV24" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AW24" s="6">
         <v>0.0</v>
       </c>
       <c r="AX24" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AY24" s="6">
         <v>0.0</v>
       </c>
       <c r="AZ24" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="BA24" s="6">
         <v>0.0</v>
       </c>
       <c r="BB24" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
     </row>
     <row r="25" spans="1:54">
       <c r="A25" s="5"/>
       <c r="B25" s="5" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="C25" s="6">
         <v>1.2</v>
       </c>
       <c r="D25" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="E25" s="6">
         <v>0.1</v>
       </c>
       <c r="F25" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="G25" s="6">
         <v>0.4</v>
       </c>
       <c r="H25" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="I25" s="6">
         <v>2.6</v>
       </c>
       <c r="J25" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="K25" s="6">
         <v>0.7</v>
       </c>
       <c r="L25" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="M25" s="6">
         <v>1.6</v>
       </c>
       <c r="N25" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="O25" s="6">
         <v>0.0</v>
       </c>
       <c r="P25" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="Q25" s="6">
         <v>1.4</v>
       </c>
       <c r="R25" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="S25" s="6">
         <v>4.0</v>
       </c>
       <c r="T25" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="U25" s="6">
         <v>2.2</v>
       </c>
       <c r="V25" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="W25" s="6">
         <v>1.5</v>
       </c>
       <c r="X25" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="Y25" s="6">
         <v>2.4</v>
       </c>
       <c r="Z25" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AA25" s="6">
         <v>1.5</v>
       </c>
       <c r="AB25" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AC25" s="6">
         <v>4.5</v>
       </c>
       <c r="AD25" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AE25" s="6">
         <v>1.8</v>
       </c>
       <c r="AF25" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AG25" s="6">
         <v>2.9</v>
       </c>
       <c r="AH25" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AI25" s="6">
         <v>0.4</v>
       </c>
       <c r="AJ25" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AK25" s="6">
         <v>3.5</v>
       </c>
       <c r="AL25" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AM25" s="6">
         <v>1.7</v>
       </c>
       <c r="AN25" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AO25" s="6">
         <v>1.4</v>
       </c>
       <c r="AP25" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AQ25" s="6">
         <v>4.4</v>
       </c>
       <c r="AR25" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AS25" s="6">
         <v>1.1</v>
       </c>
       <c r="AT25" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AU25" s="6">
         <v>7.0</v>
       </c>
       <c r="AV25" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AW25" s="6">
         <v>0.3</v>
       </c>
       <c r="AX25" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AY25" s="6">
         <v>1.0</v>
       </c>
       <c r="AZ25" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="BA25" s="6">
         <v>2.7</v>
       </c>
       <c r="BB25" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
     </row>
     <row r="26" spans="1:54">
       <c r="A26" s="5"/>
       <c r="B26" s="5" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="C26" s="6">
         <v>0.0</v>
       </c>
       <c r="D26" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="E26" s="6">
         <v>0.0</v>
       </c>
       <c r="F26" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="G26" s="6">
         <v>0.0</v>
       </c>
       <c r="H26" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="I26" s="6">
         <v>0.0</v>
       </c>
       <c r="J26" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="K26" s="6">
         <v>0.2</v>
       </c>
       <c r="L26" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="M26" s="6">
         <v>0.0</v>
       </c>
       <c r="N26" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="O26" s="6">
         <v>0.0</v>
       </c>
       <c r="P26" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="Q26" s="6">
         <v>0.0</v>
       </c>
       <c r="R26" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="S26" s="6">
         <v>0.1</v>
       </c>
       <c r="T26" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="U26" s="6">
         <v>0.0</v>
       </c>
       <c r="V26" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="W26" s="6">
         <v>0.0</v>
       </c>
       <c r="X26" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="Y26" s="6">
         <v>0.0</v>
       </c>
       <c r="Z26" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AA26" s="6">
         <v>0.0</v>
       </c>
       <c r="AB26" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AC26" s="6">
         <v>0.0</v>
       </c>
       <c r="AD26" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AE26" s="6">
         <v>0.1</v>
       </c>
       <c r="AF26" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AG26" s="6">
         <v>0.0</v>
       </c>
       <c r="AH26" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AI26" s="6">
         <v>0.0</v>
       </c>
       <c r="AJ26" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AK26" s="6">
         <v>0.1</v>
       </c>
       <c r="AL26" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AM26" s="6">
         <v>0.0</v>
       </c>
       <c r="AN26" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AO26" s="6">
         <v>0.4</v>
       </c>
       <c r="AP26" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AQ26" s="6">
         <v>0.1</v>
       </c>
       <c r="AR26" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AS26" s="6">
         <v>0.0</v>
       </c>
       <c r="AT26" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AU26" s="6">
         <v>0.7</v>
       </c>
       <c r="AV26" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AW26" s="6">
         <v>0.0</v>
       </c>
       <c r="AX26" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AY26" s="6">
         <v>0.0</v>
       </c>
       <c r="AZ26" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="BA26" s="6">
         <v>0.2</v>
       </c>
       <c r="BB26" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
     </row>
     <row r="27" spans="1:54">
       <c r="A27" s="5"/>
       <c r="B27" s="5" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="C27" s="6">
         <v>1.3</v>
       </c>
       <c r="D27" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="E27" s="6">
         <v>0.1</v>
       </c>
       <c r="F27" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="G27" s="6">
         <v>0.4</v>
       </c>
       <c r="H27" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="I27" s="6">
         <v>2.6</v>
       </c>
       <c r="J27" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="K27" s="6">
         <v>0.8</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="M27" s="6">
         <v>1.6</v>
       </c>
       <c r="N27" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="O27" s="6">
         <v>0.0</v>
       </c>
       <c r="P27" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="Q27" s="6">
         <v>1.4</v>
       </c>
       <c r="R27" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="S27" s="6">
         <v>4.1</v>
       </c>
       <c r="T27" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="U27" s="6">
         <v>2.2</v>
       </c>
       <c r="V27" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="W27" s="6">
         <v>1.5</v>
       </c>
       <c r="X27" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="Y27" s="6">
         <v>2.4</v>
       </c>
       <c r="Z27" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AA27" s="6">
         <v>1.5</v>
       </c>
       <c r="AB27" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AC27" s="6">
         <v>4.5</v>
       </c>
       <c r="AD27" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AE27" s="6">
         <v>1.9</v>
       </c>
       <c r="AF27" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AG27" s="6">
         <v>2.9</v>
       </c>
       <c r="AH27" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AI27" s="6">
         <v>0.4</v>
       </c>
       <c r="AJ27" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AK27" s="6">
         <v>3.6</v>
       </c>
       <c r="AL27" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AM27" s="6">
         <v>1.7</v>
       </c>
       <c r="AN27" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AO27" s="6">
         <v>1.8</v>
       </c>
       <c r="AP27" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AQ27" s="6">
         <v>4.5</v>
       </c>
       <c r="AR27" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AS27" s="6">
         <v>1.1</v>
       </c>
       <c r="AT27" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AU27" s="6">
         <v>7.7</v>
       </c>
       <c r="AV27" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AW27" s="6">
         <v>0.3</v>
       </c>
       <c r="AX27" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AY27" s="6">
         <v>1.0</v>
       </c>
       <c r="AZ27" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="BA27" s="6">
         <v>2.9</v>
       </c>
       <c r="BB27" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
     </row>
     <row r="28" spans="1:54">
       <c r="A28" s="5" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="B28" s="5" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="C28" s="6">
         <v>0.0</v>
       </c>
       <c r="D28" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="E28" s="6">
         <v>0.0</v>
       </c>
       <c r="F28" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="G28" s="6">
         <v>0.0</v>
       </c>
       <c r="H28" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="I28" s="6">
         <v>0.0</v>
       </c>
       <c r="J28" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="K28" s="6">
         <v>0.0</v>
       </c>
       <c r="L28" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="M28" s="6">
         <v>0.0</v>
       </c>
       <c r="N28" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="O28" s="6">
         <v>0.0</v>
       </c>
       <c r="P28" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="Q28" s="6">
         <v>0.0</v>
       </c>
       <c r="R28" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="S28" s="6">
         <v>0.0</v>
       </c>
       <c r="T28" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="U28" s="6">
         <v>0.0</v>
       </c>
       <c r="V28" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="W28" s="6">
         <v>0.0</v>
       </c>
       <c r="X28" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="Y28" s="6">
         <v>0.0</v>
       </c>
       <c r="Z28" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AA28" s="6">
         <v>0.0</v>
       </c>
       <c r="AB28" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AC28" s="6">
         <v>0.0</v>
       </c>
       <c r="AD28" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AE28" s="6">
         <v>0.0</v>
       </c>
       <c r="AF28" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AG28" s="6">
         <v>0.0</v>
       </c>
       <c r="AH28" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AI28" s="6">
         <v>0.0</v>
       </c>
       <c r="AJ28" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AK28" s="6">
         <v>0.0</v>
       </c>
       <c r="AL28" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AM28" s="6">
         <v>0.0</v>
       </c>
       <c r="AN28" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AO28" s="6">
         <v>0.0</v>
       </c>
       <c r="AP28" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AQ28" s="6">
         <v>0.0</v>
       </c>
       <c r="AR28" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AS28" s="6">
         <v>0.0</v>
       </c>
       <c r="AT28" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AU28" s="6">
         <v>0.0</v>
       </c>
       <c r="AV28" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AW28" s="6">
         <v>0.0</v>
       </c>
       <c r="AX28" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AY28" s="6">
         <v>0.0</v>
       </c>
       <c r="AZ28" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="BA28" s="6">
         <v>0.0</v>
       </c>
       <c r="BB28" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
     </row>
     <row r="29" spans="1:54">
       <c r="A29" s="5"/>
       <c r="B29" s="5" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="C29" s="6">
         <v>0.0</v>
       </c>
       <c r="D29" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="E29" s="6">
         <v>0.0</v>
       </c>
       <c r="F29" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="G29" s="6">
         <v>0.0</v>
       </c>
       <c r="H29" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="I29" s="6">
         <v>0.0</v>
       </c>
       <c r="J29" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="K29" s="6">
         <v>0.0</v>
       </c>
       <c r="L29" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="M29" s="6">
         <v>0.0</v>
       </c>
       <c r="N29" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="O29" s="6">
         <v>0.0</v>
       </c>
       <c r="P29" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="Q29" s="6">
         <v>0.0</v>
       </c>
       <c r="R29" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="S29" s="6">
         <v>0.0</v>
       </c>
       <c r="T29" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="U29" s="6">
         <v>0.0</v>
       </c>
       <c r="V29" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="W29" s="6">
         <v>0.0</v>
       </c>
       <c r="X29" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="Y29" s="6">
         <v>0.0</v>
       </c>
       <c r="Z29" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AA29" s="6">
         <v>0.0</v>
       </c>
       <c r="AB29" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AC29" s="6">
         <v>0.0</v>
       </c>
       <c r="AD29" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AE29" s="6">
         <v>0.0</v>
       </c>
       <c r="AF29" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AG29" s="6">
         <v>0.0</v>
       </c>
       <c r="AH29" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AI29" s="6">
         <v>0.0</v>
       </c>
       <c r="AJ29" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AK29" s="6">
         <v>0.0</v>
       </c>
       <c r="AL29" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AM29" s="6">
         <v>0.0</v>
       </c>
       <c r="AN29" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AO29" s="6">
         <v>0.0</v>
       </c>
       <c r="AP29" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AQ29" s="6">
         <v>0.0</v>
       </c>
       <c r="AR29" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AS29" s="6">
         <v>0.0</v>
       </c>
       <c r="AT29" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AU29" s="6">
         <v>0.0</v>
       </c>
       <c r="AV29" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AW29" s="6">
         <v>0.0</v>
       </c>
       <c r="AX29" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AY29" s="6">
         <v>0.0</v>
       </c>
       <c r="AZ29" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="BA29" s="6">
         <v>0.0</v>
       </c>
       <c r="BB29" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
     </row>
     <row r="30" spans="1:54">
       <c r="A30" s="5"/>
       <c r="B30" s="5" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="C30" s="6">
         <v>1.3</v>
       </c>
       <c r="D30" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="E30" s="6">
         <v>6.2</v>
       </c>
       <c r="F30" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="G30" s="6">
         <v>5.6</v>
       </c>
       <c r="H30" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="I30" s="6">
         <v>3.4</v>
       </c>
       <c r="J30" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="K30" s="6">
         <v>2.1</v>
       </c>
       <c r="L30" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="M30" s="6">
         <v>3.5</v>
       </c>
       <c r="N30" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="O30" s="6">
         <v>0.4</v>
       </c>
       <c r="P30" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="Q30" s="6">
         <v>0.7</v>
       </c>
       <c r="R30" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="S30" s="6">
         <v>1.9</v>
       </c>
       <c r="T30" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="U30" s="6">
         <v>5.5</v>
       </c>
       <c r="V30" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="W30" s="6">
         <v>7.4</v>
       </c>
       <c r="X30" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="Y30" s="6">
         <v>9.6</v>
       </c>
       <c r="Z30" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AA30" s="6">
         <v>7.2</v>
       </c>
       <c r="AB30" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AC30" s="6">
         <v>0.6</v>
       </c>
       <c r="AD30" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AE30" s="6">
         <v>4.4</v>
       </c>
       <c r="AF30" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AG30" s="6">
         <v>0.6</v>
       </c>
       <c r="AH30" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AI30" s="6">
         <v>2.1</v>
       </c>
       <c r="AJ30" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AK30" s="6">
         <v>5.2</v>
       </c>
       <c r="AL30" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AM30" s="6">
         <v>6.7</v>
       </c>
       <c r="AN30" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AO30" s="6">
         <v>0.8</v>
       </c>
       <c r="AP30" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AQ30" s="6">
         <v>2.0</v>
       </c>
       <c r="AR30" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AS30" s="6">
         <v>3.0</v>
       </c>
       <c r="AT30" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AU30" s="6">
         <v>1.6</v>
       </c>
       <c r="AV30" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AW30" s="6">
         <v>2.0</v>
       </c>
       <c r="AX30" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AY30" s="6">
         <v>2.6</v>
       </c>
       <c r="AZ30" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="BA30" s="6">
         <v>2.7</v>
       </c>
       <c r="BB30" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
     </row>
     <row r="31" spans="1:54">
       <c r="A31" s="5"/>
       <c r="B31" s="5" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="C31" s="6">
         <v>0.0</v>
       </c>
       <c r="D31" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="E31" s="6">
         <v>0.0</v>
       </c>
       <c r="F31" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="G31" s="6">
         <v>0.0</v>
       </c>
       <c r="H31" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="I31" s="6">
         <v>0.2</v>
       </c>
       <c r="J31" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="K31" s="6">
         <v>0.0</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="M31" s="6">
         <v>0.0</v>
       </c>
       <c r="N31" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="O31" s="6">
         <v>0.0</v>
       </c>
       <c r="P31" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="Q31" s="6">
         <v>0.0</v>
       </c>
       <c r="R31" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="S31" s="6">
         <v>0.1</v>
       </c>
       <c r="T31" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="U31" s="6">
         <v>0.0</v>
       </c>
       <c r="V31" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="W31" s="6">
         <v>0.0</v>
       </c>
       <c r="X31" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="Y31" s="6">
         <v>0.0</v>
       </c>
       <c r="Z31" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AA31" s="6">
         <v>0.1</v>
       </c>
       <c r="AB31" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AC31" s="6">
         <v>0.0</v>
       </c>
       <c r="AD31" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AE31" s="6">
         <v>0.0</v>
       </c>
       <c r="AF31" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AG31" s="6">
         <v>0.0</v>
       </c>
       <c r="AH31" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AI31" s="6">
         <v>0.1</v>
       </c>
       <c r="AJ31" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AK31" s="6">
         <v>0.2</v>
       </c>
       <c r="AL31" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AM31" s="6">
         <v>0.1</v>
       </c>
       <c r="AN31" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AO31" s="6">
         <v>0.5</v>
       </c>
       <c r="AP31" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AQ31" s="6">
         <v>0.0</v>
       </c>
       <c r="AR31" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AS31" s="6">
         <v>0.1</v>
       </c>
       <c r="AT31" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AU31" s="6">
         <v>0.5</v>
       </c>
       <c r="AV31" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AW31" s="6">
         <v>0.0</v>
       </c>
       <c r="AX31" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AY31" s="6">
         <v>0.2</v>
       </c>
       <c r="AZ31" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="BA31" s="6">
         <v>0.2</v>
       </c>
       <c r="BB31" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
     </row>
     <row r="32" spans="1:54">
       <c r="A32" s="5"/>
       <c r="B32" s="5" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="C32" s="6">
         <v>1.3</v>
       </c>
       <c r="D32" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="E32" s="6">
         <v>6.2</v>
       </c>
       <c r="F32" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="G32" s="6">
         <v>5.6</v>
       </c>
       <c r="H32" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="I32" s="6">
         <v>3.6</v>
       </c>
       <c r="J32" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="K32" s="6">
         <v>2.2</v>
       </c>
       <c r="L32" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="M32" s="6">
         <v>3.5</v>
       </c>
       <c r="N32" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="O32" s="6">
         <v>0.4</v>
       </c>
       <c r="P32" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="Q32" s="6">
         <v>0.7</v>
       </c>
       <c r="R32" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="S32" s="6">
         <v>1.9</v>
       </c>
       <c r="T32" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="U32" s="6">
         <v>5.5</v>
       </c>
       <c r="V32" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="W32" s="6">
         <v>7.4</v>
       </c>
       <c r="X32" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="Y32" s="6">
         <v>9.6</v>
       </c>
       <c r="Z32" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AA32" s="6">
         <v>7.3</v>
       </c>
       <c r="AB32" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AC32" s="6">
         <v>0.6</v>
       </c>
       <c r="AD32" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AE32" s="6">
         <v>4.4</v>
       </c>
       <c r="AF32" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AG32" s="6">
         <v>0.6</v>
       </c>
       <c r="AH32" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AI32" s="6">
         <v>2.3</v>
       </c>
       <c r="AJ32" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AK32" s="6">
         <v>5.5</v>
       </c>
       <c r="AL32" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AM32" s="6">
         <v>6.7</v>
       </c>
       <c r="AN32" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AO32" s="6">
         <v>1.3</v>
       </c>
       <c r="AP32" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AQ32" s="6">
         <v>2.0</v>
       </c>
       <c r="AR32" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AS32" s="6">
         <v>3.1</v>
       </c>
       <c r="AT32" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AU32" s="6">
         <v>2.1</v>
       </c>
       <c r="AV32" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AW32" s="6">
         <v>2.0</v>
       </c>
       <c r="AX32" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AY32" s="6">
         <v>2.8</v>
       </c>
       <c r="AZ32" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="BA32" s="6">
         <v>2.9</v>
       </c>
       <c r="BB32" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
     </row>
     <row r="33" spans="1:54">
       <c r="A33" s="5" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="B33" s="5" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="C33" s="6">
         <v>0.0</v>
       </c>
       <c r="D33" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="E33" s="6">
         <v>0.0</v>
       </c>
       <c r="F33" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="G33" s="6">
         <v>0.0</v>
       </c>
       <c r="H33" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="I33" s="6">
         <v>0.0</v>
       </c>
       <c r="J33" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="K33" s="6">
         <v>0.0</v>
       </c>
       <c r="L33" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="M33" s="6">
         <v>0.0</v>
       </c>
       <c r="N33" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="O33" s="6">
         <v>0.0</v>
       </c>
       <c r="P33" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="Q33" s="6">
         <v>0.0</v>
       </c>
       <c r="R33" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="S33" s="6">
         <v>0.0</v>
       </c>
       <c r="T33" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="U33" s="6">
         <v>0.0</v>
       </c>
       <c r="V33" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="W33" s="6">
         <v>0.0</v>
       </c>
       <c r="X33" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="Y33" s="6">
         <v>0.0</v>
       </c>
       <c r="Z33" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AA33" s="6">
         <v>0.0</v>
       </c>
       <c r="AB33" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AC33" s="6">
         <v>0.0</v>
       </c>
       <c r="AD33" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AE33" s="6">
         <v>0.0</v>
       </c>
       <c r="AF33" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AG33" s="6">
         <v>0.0</v>
       </c>
       <c r="AH33" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AI33" s="6">
         <v>0.0</v>
       </c>
       <c r="AJ33" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AK33" s="6">
         <v>0.0</v>
       </c>
       <c r="AL33" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AM33" s="6">
         <v>0.0</v>
       </c>
       <c r="AN33" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AO33" s="6">
         <v>0.0</v>
       </c>
       <c r="AP33" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AQ33" s="6">
         <v>0.0</v>
       </c>
       <c r="AR33" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AS33" s="6">
         <v>0.0</v>
       </c>
       <c r="AT33" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AU33" s="6">
         <v>0.0</v>
       </c>
       <c r="AV33" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AW33" s="6">
         <v>0.0</v>
       </c>
       <c r="AX33" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AY33" s="6">
         <v>0.0</v>
       </c>
       <c r="AZ33" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="BA33" s="6">
         <v>0.0</v>
       </c>
       <c r="BB33" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
     </row>
     <row r="34" spans="1:54">
       <c r="A34" s="5"/>
       <c r="B34" s="5" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="C34" s="6">
         <v>0.0</v>
       </c>
       <c r="D34" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="E34" s="6">
         <v>0.0</v>
       </c>
       <c r="F34" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="G34" s="6">
         <v>0.0</v>
       </c>
       <c r="H34" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="I34" s="6">
         <v>0.0</v>
       </c>
       <c r="J34" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="K34" s="6">
         <v>0.0</v>
       </c>
       <c r="L34" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="M34" s="6">
         <v>0.0</v>
       </c>
       <c r="N34" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="O34" s="6">
         <v>0.0</v>
       </c>
       <c r="P34" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="Q34" s="6">
         <v>0.0</v>
       </c>
       <c r="R34" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="S34" s="6">
         <v>0.0</v>
       </c>
       <c r="T34" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="U34" s="6">
         <v>0.0</v>
       </c>
       <c r="V34" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="W34" s="6">
         <v>0.0</v>
       </c>
       <c r="X34" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="Y34" s="6">
         <v>0.0</v>
       </c>
       <c r="Z34" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AA34" s="6">
         <v>0.0</v>
       </c>
       <c r="AB34" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AC34" s="6">
         <v>0.0</v>
       </c>
       <c r="AD34" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AE34" s="6">
         <v>0.0</v>
       </c>
       <c r="AF34" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AG34" s="6">
         <v>0.0</v>
       </c>
       <c r="AH34" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AI34" s="6">
         <v>0.0</v>
       </c>
       <c r="AJ34" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AK34" s="6">
         <v>0.0</v>
       </c>
       <c r="AL34" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AM34" s="6">
         <v>0.0</v>
       </c>
       <c r="AN34" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AO34" s="6">
         <v>0.0</v>
       </c>
       <c r="AP34" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AQ34" s="6">
         <v>0.0</v>
       </c>
       <c r="AR34" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AS34" s="6">
         <v>0.0</v>
       </c>
       <c r="AT34" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AU34" s="6">
         <v>0.0</v>
       </c>
       <c r="AV34" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AW34" s="6">
         <v>0.0</v>
       </c>
       <c r="AX34" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AY34" s="6">
         <v>0.0</v>
       </c>
       <c r="AZ34" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="BA34" s="6">
         <v>0.0</v>
       </c>
       <c r="BB34" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
     </row>
     <row r="35" spans="1:54">
       <c r="A35" s="5"/>
       <c r="B35" s="5" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="C35" s="6">
         <v>74.8</v>
       </c>
       <c r="D35" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="E35" s="6">
         <v>6.1</v>
       </c>
       <c r="F35" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="G35" s="6">
         <v>10.5</v>
       </c>
       <c r="H35" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="I35" s="6">
         <v>21.7</v>
       </c>
       <c r="J35" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="K35" s="6">
         <v>35.5</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="M35" s="6">
         <v>16.5</v>
       </c>
       <c r="N35" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="O35" s="6">
         <v>31.7</v>
       </c>
       <c r="P35" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="Q35" s="6">
         <v>6.7</v>
       </c>
       <c r="R35" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="S35" s="6">
         <v>1.1</v>
       </c>
       <c r="T35" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="U35" s="6">
         <v>19.6</v>
       </c>
       <c r="V35" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="W35" s="6">
         <v>16.3</v>
       </c>
       <c r="X35" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="Y35" s="6">
         <v>19.6</v>
       </c>
       <c r="Z35" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AA35" s="6">
         <v>5.6</v>
       </c>
       <c r="AB35" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AC35" s="6">
         <v>6.4</v>
       </c>
       <c r="AD35" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AE35" s="6">
         <v>10.9</v>
       </c>
       <c r="AF35" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AG35" s="6">
         <v>65.3</v>
       </c>
       <c r="AH35" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AI35" s="6">
         <v>42.9</v>
       </c>
       <c r="AJ35" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AK35" s="6">
         <v>5.2</v>
       </c>
       <c r="AL35" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AM35" s="6">
         <v>56.7</v>
       </c>
       <c r="AN35" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AO35" s="6">
         <v>0.1</v>
       </c>
       <c r="AP35" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AQ35" s="6">
         <v>0.7</v>
       </c>
       <c r="AR35" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AS35" s="6">
         <v>20.4</v>
       </c>
       <c r="AT35" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AU35" s="6">
         <v>2.4</v>
       </c>
       <c r="AV35" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AW35" s="6">
         <v>22.9</v>
       </c>
       <c r="AX35" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AY35" s="6">
         <v>59.4</v>
       </c>
       <c r="AZ35" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="BA35" s="6">
         <v>16.4</v>
       </c>
       <c r="BB35" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
     </row>
     <row r="36" spans="1:54">
       <c r="A36" s="5"/>
       <c r="B36" s="5" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="C36" s="6">
         <v>3.1</v>
       </c>
       <c r="D36" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="E36" s="6">
         <v>0.0</v>
       </c>
       <c r="F36" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="G36" s="6">
         <v>0.4</v>
       </c>
       <c r="H36" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="I36" s="6">
         <v>1.2</v>
       </c>
       <c r="J36" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="K36" s="6">
         <v>13.8</v>
       </c>
       <c r="L36" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="M36" s="6">
         <v>1.7</v>
       </c>
       <c r="N36" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="O36" s="6">
         <v>3.9</v>
       </c>
       <c r="P36" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="Q36" s="6">
         <v>1.1</v>
       </c>
       <c r="R36" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="S36" s="6">
         <v>0.2</v>
       </c>
       <c r="T36" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="U36" s="6">
         <v>4.6</v>
       </c>
       <c r="V36" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="W36" s="6">
         <v>0.6</v>
       </c>
       <c r="X36" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="Y36" s="6">
         <v>2.1</v>
       </c>
       <c r="Z36" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AA36" s="6">
         <v>0.0</v>
       </c>
       <c r="AB36" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AC36" s="6">
         <v>0.9</v>
       </c>
       <c r="AD36" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AE36" s="6">
         <v>0.6</v>
       </c>
       <c r="AF36" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AG36" s="6">
         <v>3.6</v>
       </c>
       <c r="AH36" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AI36" s="6">
         <v>3.4</v>
       </c>
       <c r="AJ36" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AK36" s="6">
         <v>0.4</v>
       </c>
       <c r="AL36" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AM36" s="6">
         <v>1.6</v>
       </c>
       <c r="AN36" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AO36" s="6">
         <v>0.1</v>
       </c>
       <c r="AP36" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AQ36" s="6">
         <v>0.0</v>
       </c>
       <c r="AR36" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AS36" s="6">
         <v>2.2</v>
       </c>
       <c r="AT36" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AU36" s="6">
         <v>1.4</v>
       </c>
       <c r="AV36" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AW36" s="6">
         <v>7.2</v>
       </c>
       <c r="AX36" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AY36" s="6">
         <v>6.6</v>
       </c>
       <c r="AZ36" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="BA36" s="6">
         <v>1.6</v>
       </c>
       <c r="BB36" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
     </row>
     <row r="37" spans="1:54">
       <c r="A37" s="5"/>
       <c r="B37" s="5" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="C37" s="6">
         <v>77.9</v>
       </c>
       <c r="D37" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="E37" s="6">
         <v>6.1</v>
       </c>
       <c r="F37" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="G37" s="6">
         <v>10.9</v>
       </c>
       <c r="H37" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="I37" s="6">
         <v>22.9</v>
       </c>
       <c r="J37" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="K37" s="6">
         <v>49.2</v>
       </c>
       <c r="L37" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="M37" s="6">
         <v>18.3</v>
       </c>
       <c r="N37" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="O37" s="6">
         <v>35.6</v>
       </c>
       <c r="P37" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="Q37" s="6">
         <v>7.9</v>
       </c>
       <c r="R37" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="S37" s="6">
         <v>1.3</v>
       </c>
       <c r="T37" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="U37" s="6">
         <v>24.1</v>
       </c>
       <c r="V37" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="W37" s="6">
         <v>16.9</v>
       </c>
       <c r="X37" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="Y37" s="6">
         <v>21.7</v>
       </c>
       <c r="Z37" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AA37" s="6">
         <v>5.6</v>
       </c>
       <c r="AB37" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AC37" s="6">
         <v>7.4</v>
       </c>
       <c r="AD37" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AE37" s="6">
         <v>11.5</v>
       </c>
       <c r="AF37" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AG37" s="6">
         <v>68.8</v>
       </c>
       <c r="AH37" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AI37" s="6">
         <v>46.3</v>
       </c>
       <c r="AJ37" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AK37" s="6">
         <v>5.6</v>
       </c>
       <c r="AL37" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AM37" s="6">
         <v>58.3</v>
       </c>
       <c r="AN37" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AO37" s="6">
         <v>0.3</v>
       </c>
       <c r="AP37" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AQ37" s="6">
         <v>0.7</v>
       </c>
       <c r="AR37" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AS37" s="6">
         <v>22.6</v>
       </c>
       <c r="AT37" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AU37" s="6">
         <v>3.7</v>
       </c>
       <c r="AV37" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AW37" s="6">
         <v>30.1</v>
       </c>
       <c r="AX37" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AY37" s="6">
         <v>65.9</v>
       </c>
       <c r="AZ37" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="BA37" s="6">
         <v>18.0</v>
       </c>
       <c r="BB37" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
     </row>
     <row r="38" spans="1:54">
       <c r="A38" s="5" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B38" s="5" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="C38" s="6">
         <v>0.0</v>
       </c>
       <c r="D38" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="E38" s="6">
         <v>0.0</v>
       </c>
       <c r="F38" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="G38" s="6">
         <v>0.0</v>
       </c>
       <c r="H38" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="I38" s="6">
         <v>0.0</v>
       </c>
       <c r="J38" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="K38" s="6">
         <v>0.0</v>
       </c>
       <c r="L38" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="M38" s="6">
         <v>0.0</v>
       </c>
       <c r="N38" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="O38" s="6">
         <v>0.0</v>
       </c>
       <c r="P38" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="Q38" s="6">
         <v>0.0</v>
       </c>
       <c r="R38" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="S38" s="6">
         <v>0.0</v>
       </c>
       <c r="T38" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="U38" s="6">
         <v>0.0</v>
       </c>
       <c r="V38" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="W38" s="6">
         <v>0.0</v>
       </c>
       <c r="X38" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="Y38" s="6">
         <v>0.0</v>
       </c>
       <c r="Z38" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AA38" s="6">
         <v>0.0</v>
       </c>
       <c r="AB38" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AC38" s="6">
         <v>0.0</v>
       </c>
       <c r="AD38" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AE38" s="6">
         <v>0.0</v>
       </c>
       <c r="AF38" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AG38" s="6">
         <v>0.0</v>
       </c>
       <c r="AH38" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AI38" s="6">
         <v>0.0</v>
       </c>
       <c r="AJ38" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AK38" s="6">
         <v>0.0</v>
       </c>
       <c r="AL38" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AM38" s="6">
         <v>0.0</v>
       </c>
       <c r="AN38" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AO38" s="6">
         <v>0.0</v>
       </c>
       <c r="AP38" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AQ38" s="6">
         <v>0.0</v>
       </c>
       <c r="AR38" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AS38" s="6">
         <v>0.0</v>
       </c>
       <c r="AT38" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AU38" s="6">
         <v>0.0</v>
       </c>
       <c r="AV38" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AW38" s="6">
         <v>0.0</v>
       </c>
       <c r="AX38" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AY38" s="6">
         <v>0.0</v>
       </c>
       <c r="AZ38" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="BA38" s="6">
         <v>0.0</v>
       </c>
       <c r="BB38" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
     </row>
     <row r="39" spans="1:54">
       <c r="A39" s="5"/>
       <c r="B39" s="5" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="C39" s="6">
         <v>2.4</v>
       </c>
       <c r="D39" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="E39" s="6">
         <v>1.5</v>
       </c>
       <c r="F39" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="G39" s="6">
         <v>0.6</v>
       </c>
       <c r="H39" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="I39" s="6">
         <v>1.2</v>
       </c>
       <c r="J39" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="K39" s="6">
         <v>4.2</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="M39" s="6">
         <v>0.6</v>
       </c>
       <c r="N39" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="O39" s="6">
         <v>1.7</v>
       </c>
       <c r="P39" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="Q39" s="6">
         <v>0.8</v>
       </c>
       <c r="R39" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="S39" s="6">
         <v>3.2</v>
       </c>
       <c r="T39" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="U39" s="6">
         <v>0.8</v>
       </c>
       <c r="V39" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="W39" s="6">
         <v>0.5</v>
       </c>
       <c r="X39" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="Y39" s="6">
         <v>1.1</v>
       </c>
       <c r="Z39" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AA39" s="6">
         <v>0.8</v>
       </c>
       <c r="AB39" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AC39" s="6">
         <v>1.4</v>
       </c>
       <c r="AD39" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AE39" s="6">
         <v>1.4</v>
       </c>
       <c r="AF39" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AG39" s="6">
         <v>1.0</v>
       </c>
       <c r="AH39" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AI39" s="6">
         <v>2.8</v>
       </c>
       <c r="AJ39" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AK39" s="6">
         <v>0.3</v>
       </c>
       <c r="AL39" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AM39" s="6">
         <v>1.5</v>
       </c>
       <c r="AN39" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AO39" s="6">
         <v>1.5</v>
       </c>
       <c r="AP39" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AQ39" s="6">
         <v>0.3</v>
       </c>
       <c r="AR39" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AS39" s="6">
         <v>0.7</v>
       </c>
       <c r="AT39" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AU39" s="6">
         <v>0.5</v>
       </c>
       <c r="AV39" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AW39" s="6">
         <v>0.7</v>
       </c>
       <c r="AX39" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AY39" s="6">
         <v>2.6</v>
       </c>
       <c r="AZ39" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="BA39" s="6">
         <v>1.5</v>
       </c>
       <c r="BB39" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
     </row>
     <row r="40" spans="1:54">
       <c r="A40" s="5"/>
       <c r="B40" s="5" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="C40" s="6">
         <v>77.3</v>
       </c>
       <c r="D40" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="E40" s="6">
         <v>12.4</v>
       </c>
       <c r="F40" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="G40" s="6">
         <v>16.5</v>
       </c>
       <c r="H40" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="I40" s="6">
         <v>27.6</v>
       </c>
       <c r="J40" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="K40" s="6">
         <v>38.3</v>
       </c>
       <c r="L40" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="M40" s="6">
         <v>21.6</v>
       </c>
       <c r="N40" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="O40" s="6">
         <v>32.0</v>
       </c>
       <c r="P40" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="Q40" s="6">
         <v>8.9</v>
       </c>
       <c r="R40" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="S40" s="6">
         <v>7.0</v>
       </c>
       <c r="T40" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="U40" s="6">
         <v>27.2</v>
       </c>
       <c r="V40" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="W40" s="6">
         <v>25.2</v>
       </c>
       <c r="X40" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="Y40" s="6">
         <v>31.6</v>
       </c>
       <c r="Z40" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AA40" s="6">
         <v>14.3</v>
       </c>
       <c r="AB40" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AC40" s="6">
         <v>11.5</v>
       </c>
       <c r="AD40" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AE40" s="6">
         <v>17.0</v>
       </c>
       <c r="AF40" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AG40" s="6">
         <v>68.7</v>
       </c>
       <c r="AH40" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AI40" s="6">
         <v>45.4</v>
       </c>
       <c r="AJ40" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AK40" s="6">
         <v>14.0</v>
       </c>
       <c r="AL40" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AM40" s="6">
         <v>65.0</v>
       </c>
       <c r="AN40" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AO40" s="6">
         <v>2.4</v>
       </c>
       <c r="AP40" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AQ40" s="6">
         <v>7.1</v>
       </c>
       <c r="AR40" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AS40" s="6">
         <v>24.4</v>
       </c>
       <c r="AT40" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AU40" s="6">
         <v>10.9</v>
       </c>
       <c r="AV40" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AW40" s="6">
         <v>25.2</v>
       </c>
       <c r="AX40" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AY40" s="6">
         <v>63.0</v>
       </c>
       <c r="AZ40" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="BA40" s="6">
         <v>21.8</v>
       </c>
       <c r="BB40" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
     </row>
     <row r="41" spans="1:54">
       <c r="A41" s="5"/>
       <c r="B41" s="5" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="C41" s="6">
         <v>3.1</v>
       </c>
       <c r="D41" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="E41" s="6">
         <v>0.0</v>
       </c>
       <c r="F41" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="G41" s="6">
         <v>0.4</v>
       </c>
       <c r="H41" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="I41" s="6">
         <v>1.5</v>
       </c>
       <c r="J41" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="K41" s="6">
         <v>14.0</v>
       </c>
       <c r="L41" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="M41" s="6">
         <v>1.8</v>
       </c>
       <c r="N41" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="O41" s="6">
         <v>3.9</v>
       </c>
       <c r="P41" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="Q41" s="6">
         <v>1.1</v>
       </c>
       <c r="R41" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="S41" s="6">
         <v>0.3</v>
       </c>
       <c r="T41" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="U41" s="6">
         <v>4.6</v>
       </c>
       <c r="V41" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="W41" s="6">
         <v>0.6</v>
       </c>
       <c r="X41" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="Y41" s="6">
         <v>2.1</v>
       </c>
       <c r="Z41" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AA41" s="6">
         <v>0.1</v>
       </c>
       <c r="AB41" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AC41" s="6">
         <v>1.0</v>
       </c>
       <c r="AD41" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AE41" s="6">
         <v>0.7</v>
       </c>
       <c r="AF41" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AG41" s="6">
         <v>3.6</v>
       </c>
       <c r="AH41" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AI41" s="6">
         <v>3.5</v>
       </c>
       <c r="AJ41" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AK41" s="6">
         <v>0.7</v>
       </c>
       <c r="AL41" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AM41" s="6">
         <v>1.7</v>
       </c>
       <c r="AN41" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AO41" s="6">
         <v>1.0</v>
       </c>
       <c r="AP41" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AQ41" s="6">
         <v>0.1</v>
       </c>
       <c r="AR41" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AS41" s="6">
         <v>2.3</v>
       </c>
       <c r="AT41" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AU41" s="6">
         <v>2.6</v>
       </c>
       <c r="AV41" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AW41" s="6">
         <v>7.2</v>
       </c>
       <c r="AX41" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AY41" s="6">
         <v>6.8</v>
       </c>
       <c r="AZ41" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="BA41" s="6">
         <v>2.0</v>
       </c>
       <c r="BB41" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
     </row>
     <row r="42" spans="1:54">
       <c r="A42" s="5"/>
       <c r="B42" s="5" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="C42" s="6">
         <v>82.8</v>
       </c>
       <c r="D42" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="E42" s="6">
         <v>13.9</v>
       </c>
       <c r="F42" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="G42" s="6">
         <v>17.5</v>
       </c>
       <c r="H42" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="I42" s="6">
         <v>30.3</v>
       </c>
       <c r="J42" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="K42" s="6">
         <v>56.4</v>
       </c>
       <c r="L42" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="M42" s="6">
         <v>24.0</v>
       </c>
       <c r="N42" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="O42" s="6">
         <v>37.6</v>
       </c>
       <c r="P42" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="Q42" s="6">
         <v>10.8</v>
       </c>
       <c r="R42" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="S42" s="6">
         <v>10.5</v>
       </c>
       <c r="T42" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="U42" s="6">
         <v>32.6</v>
       </c>
       <c r="V42" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="W42" s="6">
         <v>26.2</v>
       </c>
       <c r="X42" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="Y42" s="6">
         <v>34.7</v>
       </c>
       <c r="Z42" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AA42" s="6">
         <v>15.2</v>
       </c>
       <c r="AB42" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AC42" s="6">
         <v>13.8</v>
       </c>
       <c r="AD42" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AE42" s="6">
         <v>19.2</v>
       </c>
       <c r="AF42" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AG42" s="6">
         <v>73.3</v>
       </c>
       <c r="AH42" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AI42" s="6">
         <v>51.7</v>
       </c>
       <c r="AJ42" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AK42" s="6">
         <v>15.0</v>
       </c>
       <c r="AL42" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AM42" s="6">
         <v>68.2</v>
       </c>
       <c r="AN42" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AO42" s="6">
         <v>4.9</v>
       </c>
       <c r="AP42" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AQ42" s="6">
         <v>7.6</v>
       </c>
       <c r="AR42" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AS42" s="6">
         <v>27.5</v>
       </c>
       <c r="AT42" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AU42" s="6">
         <v>14.1</v>
       </c>
       <c r="AV42" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AW42" s="6">
         <v>33.2</v>
       </c>
       <c r="AX42" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AY42" s="6">
         <v>72.4</v>
       </c>
       <c r="AZ42" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="BA42" s="6">
         <v>25.4</v>
       </c>
       <c r="BB42" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
     </row>
     <row r="43" spans="1:54" customHeight="1" ht="21.75">
       <c r="A43" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1991618/611328</t>
           </r>
         </is>
       </c>
       <c r="C43" s="3"/>
       <c r="D43" s="3"/>
       <c r="E43" s="3"/>
       <c r="F43" s="3"/>
       <c r="G43" s="3"/>
       <c r="H43" s="3"/>
       <c r="I43" s="3"/>
       <c r="J43" s="3"/>
       <c r="K43" s="3"/>
       <c r="L43" s="3"/>
@@ -6236,280 +6233,280 @@
       <c r="AR43" s="3"/>
       <c r="AS43" s="3"/>
       <c r="AT43" s="3"/>
       <c r="AU43" s="3"/>
       <c r="AV43" s="3"/>
       <c r="AW43" s="3"/>
       <c r="AX43" s="3"/>
       <c r="AY43" s="3"/>
       <c r="AZ43" s="3"/>
       <c r="BA43" s="3"/>
       <c r="BB43" s="3"/>
     </row>
     <row r="46" spans="1:54">
       <c r="A46" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldstrassenlänge (LFI)</t>
+            <t xml:space="preserve">lunghezza delle strade forestali (IFN)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #336</t>
           </r>
         </is>
       </c>
     </row>
     <row r="47" spans="1:54" customHeight="1" ht="29">
       <c r="A47" s="1" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
     </row>
     <row r="49" spans="1:54">
       <c r="A49" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche (Erschliessung)</t>
+            <t xml:space="preserve">superficie forestale (viabilità)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #339</t>
           </r>
         </is>
       </c>
     </row>
     <row r="50" spans="1:54" customHeight="1" ht="29">
       <c r="A50" s="1" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
     </row>
     <row r="52" spans="1:54">
       <c r="A52" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Befahrbarkeit der Strasse</t>
+            <t xml:space="preserve">viabilità della strada</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2239</t>
           </r>
         </is>
       </c>
     </row>
     <row r="53" spans="1:54" customHeight="1" ht="29">
       <c r="A53" s="1" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
     </row>
     <row r="55" spans="1:54">
       <c r="A55" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Strassenbreite</t>
+            <t xml:space="preserve">larghezza della strada</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2238</t>
           </r>
         </is>
       </c>
     </row>
     <row r="56" spans="1:54" customHeight="1" ht="29">
       <c r="A56" s="1" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
     </row>
     <row r="58" spans="1:54">
       <c r="A58" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Kanton</t>
+            <t xml:space="preserve">cantone</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="59" spans="1:54" customHeight="1" ht="29">
       <c r="A59" s="1" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
     </row>
     <row r="61" spans="1:54">
       <c r="A61" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="62" spans="1:54" customHeight="1" ht="29">
       <c r="A62" s="1" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
     </row>
     <row r="64" spans="1:54">
       <c r="A64" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz</t>
+            <t xml:space="preserve">reticolo 1,4 x 1,4 km</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #410</t>
           </r>
         </is>
       </c>
     </row>
     <row r="65" spans="1:54" customHeight="1" ht="29">
       <c r="A65" s="1" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BB1"/>
     <mergeCell ref="A2:BB2"/>
     <mergeCell ref="A3:BB3"/>
     <mergeCell ref="A4:BB4"/>
     <mergeCell ref="A5:BB5"/>
     <mergeCell ref="A6:BB6"/>
     <mergeCell ref="A7:BB7"/>
     <mergeCell ref="A8:BB8"/>
     <mergeCell ref="C10:BB10"/>
     <mergeCell ref="C11:D11"/>
     <mergeCell ref="E11:F11"/>
     <mergeCell ref="G11:H11"/>
     <mergeCell ref="I11:J11"/>
     <mergeCell ref="K11:L11"/>
     <mergeCell ref="M11:N11"/>
     <mergeCell ref="O11:P11"/>
     <mergeCell ref="Q11:R11"/>
     <mergeCell ref="S11:T11"/>
     <mergeCell ref="U11:V11"/>
     <mergeCell ref="W11:X11"/>
     <mergeCell ref="Y11:Z11"/>