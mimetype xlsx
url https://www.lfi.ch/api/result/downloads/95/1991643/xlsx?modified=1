--- v0 (2025-11-17)
+++ v1 (2025-11-17)
@@ -12,422 +12,425 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
-[...7 lines deleted...]
-    <t>protection forest against rockfall (2022) · size classe (young forest; 5 classes) · altitudinal vegetation belts (NaiS; 6 classes)</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
+  <si>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Anzahl auf Verbiss beurteilte Bäume (ohne Hochrechnung)</t>
+  </si>
+  <si>
+    <t>Schutzwald gegen Stein-/Blockschlag (2022) · Grössenklasse (Jungwald; 5 Klassen) · NaiS-Vegetationshöhenstufen (6 Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: production region</t>
+      <t xml:space="preserve">: Produktionsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: n</t>
+      <t xml:space="preserve">: Stk.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: stockable and accessible forest without shrub forest NFI2-NFI5</t>
+      <t xml:space="preserve">: bestockbarer zugänglicher Wald ohne Gebüschwald LFI2-LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...20 lines deleted...]
-    <t>n</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Schutzwald gegen Stein-/Blockschlag (2022)</t>
+  </si>
+  <si>
+    <t>innerhalb</t>
+  </si>
+  <si>
+    <t>ausserhalb</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Grössenklasse (Jungwald; 5 Klassen)</t>
+  </si>
+  <si>
+    <t>NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+  </si>
+  <si>
+    <t>Stk.</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>kein Angabe</t>
+  </si>
+  <si>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>upper subalpine</t>
-[...29 lines deleted...]
-    <t>DBH 8-11.9 cm</t>
+    <t>obersubalpin</t>
+  </si>
+  <si>
+    <t>subalpin</t>
+  </si>
+  <si>
+    <t>hochmontan</t>
+  </si>
+  <si>
+    <t>unter- und obermontan</t>
+  </si>
+  <si>
+    <t>submontan</t>
+  </si>
+  <si>
+    <t>hyperinsubrisch und kollin</t>
+  </si>
+  <si>
+    <t>Höhe 10-39 cm</t>
+  </si>
+  <si>
+    <t>Höhe 40-129 cm</t>
+  </si>
+  <si>
+    <t>BHD 0-3.9 cm</t>
+  </si>
+  <si>
+    <t>BHD 4-7.9 cm</t>
+  </si>
+  <si>
+    <t>BHD 8-11.9 cm</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1991643/611353</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">number of trees assessed for browsing (no extrapolation)</t>
+      <t xml:space="preserve">Anzahl auf Verbiss beurteilte Bäume (ohne Hochrechnung)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #431</t>
     </r>
   </si>
   <si>
-    <t>Actual number of conifers and broadleaves assessed for browsing during the field survey (no extrapolation).</t>
+    <t>Tatsächliche Anzahl Nadel- und Laubbäume, die bei der Feldaufnahme auf Verbiss beurteilt worden sind (keine Hochrechnung).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest against rockfall (2022)</t>
+      <t xml:space="preserve">Schutzwald gegen Stein-/Blockschlag (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2646</t>
     </r>
   </si>
   <si>
-    <t>Area in/outside a forest that provides protection against rockfall processes which the cantons designated «protective forest» according to the harmonised criteria of SilvaProtect-CH in 2022. Reference: GIS data from FOEN, 2022</t>
+    <t>Fläche innerhalb/ausserhalb des Schutzwalds gegen Stein- oder Blockschlag (Sturzprozesse), den die Kantone nach den harmonisierten Kriterien von SilvaProtect-CH im Jahr 2022 ausgeschieden hatten. Grundlage: GIS-Daten BAFU, 2022</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">size classe (young forest; 5 classes)</t>
+      <t xml:space="preserve">Grössenklasse (Jungwald; 5 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2623</t>
     </r>
   </si>
   <si>
-    <t>Size of young forest plants ≥10 cm in height and ≤11.9 cm in diameter at breast height (dbh) – in five size classes (two height and three dbh classes). Reference: Field Survey (MID 507: Jungwaldklasse)</t>
+    <t>Grösse der Jungwaldpflanzen von 10 cm Höhe bis 11,9 cm Brusthöhendurchmesser (BHD) in fünf Klassen (zwei Höhenklassen, drei BHD-Klassen). Grundlage: Feldaufnahme (MID 507: Jungwaldklasse)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
+      <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2633</t>
     </r>
   </si>
   <si>
-    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005), reduced to six classes. The variable represents a simplification of the NaiS altitudinal vegetation belts with ten classes (NAISHSTKOMB) in which the classes «hyperinsubric» and «colline» are merged with «colline with beech» to form the class «hyperinsubric and colline» and the class «lower montane» with «upper montane» and «lower/upper montane» to form the class «lower and upper montane». The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
+    <t xml:space="preserve">Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005), reduziert auf sechs Klassen. Die Variable stellt eine Vereinfachung der NaiS-Vegetationshöhenstufen in zehn Klassen (NAISHSTKOMB) dar, indem die Klassen «hyperinsubrisch», «kollin» und «kollin mit Buche» zur Klasse «hyperinsubrisch und kollin» und die Stufen «untermontan», «obermontan» und «unter-/obermontan» zur Stufe «unter- und obermontan» zusammengezogen wurden. Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">production region</t>
+      <t xml:space="preserve">Produktionsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
+    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">stockable and accessible forest without shrub forest NFI2-NFI5</t>
+      <t xml:space="preserve">bestockbarer zugänglicher Wald ohne Gebüschwald LFI2-LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2615</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the four inventories NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026), was accessible on foot and could be stocked, i.e. did not contain forest roads, recreational facilities, streams, avalanche paths, etc.</t>
+    <t>Wald, der in den vier Inventuren LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war, zu Fuss aufgesucht werden konnte und bestockbar war, also nicht von Waldstrassen, Erholungsanlagen, Bächen, Lawinenzügen u.dgl. besetzt war.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -779,57 +782,57 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:H91"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="46.989" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="6.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
@@ -888,1682 +891,1682 @@
       </c>
       <c r="C12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="4" t="s">
         <v>15</v>
       </c>
       <c r="G12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="H12" s="4" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B13" s="5" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C13" s="6">
         <v>0</v>
       </c>
       <c r="D13" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E13" s="6">
         <v>0</v>
       </c>
       <c r="F13" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G13" s="6">
         <v>0</v>
       </c>
       <c r="H13" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="5"/>
       <c r="B14" s="5" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C14" s="6">
         <v>0</v>
       </c>
       <c r="D14" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E14" s="6">
         <v>0</v>
       </c>
       <c r="F14" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G14" s="6">
         <v>0</v>
       </c>
       <c r="H14" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="5"/>
       <c r="B15" s="5" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C15" s="6">
         <v>0</v>
       </c>
       <c r="D15" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E15" s="6">
         <v>0</v>
       </c>
       <c r="F15" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G15" s="6">
         <v>0</v>
       </c>
       <c r="H15" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="5"/>
       <c r="B16" s="5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C16" s="6">
         <v>0</v>
       </c>
       <c r="D16" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E16" s="6">
         <v>0</v>
       </c>
       <c r="F16" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G16" s="6">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="5"/>
       <c r="B17" s="5" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C17" s="6">
         <v>0</v>
       </c>
       <c r="D17" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E17" s="6">
         <v>0</v>
       </c>
       <c r="F17" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G17" s="6">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="5"/>
       <c r="B18" s="5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C18" s="6">
         <v>0</v>
       </c>
       <c r="D18" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E18" s="6">
         <v>0</v>
       </c>
       <c r="F18" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G18" s="6">
         <v>0</v>
       </c>
       <c r="H18" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="5"/>
       <c r="B19" s="5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C19" s="6">
         <v>0</v>
       </c>
       <c r="D19" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E19" s="6">
         <v>0</v>
       </c>
       <c r="F19" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G19" s="6">
         <v>0</v>
       </c>
       <c r="H19" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="5"/>
       <c r="B20" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C20" s="6">
         <v>0</v>
       </c>
       <c r="D20" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E20" s="6">
         <v>0</v>
       </c>
       <c r="F20" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G20" s="6">
         <v>0</v>
       </c>
       <c r="H20" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B21" s="5" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C21" s="6">
         <v>0</v>
       </c>
       <c r="D21" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E21" s="6">
         <v>0</v>
       </c>
       <c r="F21" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G21" s="6">
         <v>0</v>
       </c>
       <c r="H21" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="5"/>
       <c r="B22" s="5" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C22" s="6">
         <v>0</v>
       </c>
       <c r="D22" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E22" s="6">
         <v>11</v>
       </c>
       <c r="F22" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G22" s="6">
         <v>11</v>
       </c>
       <c r="H22" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="5"/>
       <c r="B23" s="5" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C23" s="6">
         <v>1</v>
       </c>
       <c r="D23" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E23" s="6">
         <v>138</v>
       </c>
       <c r="F23" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G23" s="6">
         <v>139</v>
       </c>
       <c r="H23" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="5"/>
       <c r="B24" s="5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C24" s="6">
         <v>28</v>
       </c>
       <c r="D24" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E24" s="6">
         <v>682</v>
       </c>
       <c r="F24" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G24" s="6">
         <v>710</v>
       </c>
       <c r="H24" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="5"/>
       <c r="B25" s="5" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C25" s="6">
         <v>136</v>
       </c>
       <c r="D25" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E25" s="6">
         <v>4094</v>
       </c>
       <c r="F25" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G25" s="6">
         <v>4230</v>
       </c>
       <c r="H25" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="5"/>
       <c r="B26" s="5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C26" s="6">
         <v>120</v>
       </c>
       <c r="D26" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E26" s="6">
         <v>3897</v>
       </c>
       <c r="F26" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G26" s="6">
         <v>4017</v>
       </c>
       <c r="H26" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="5"/>
       <c r="B27" s="5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C27" s="6">
         <v>109</v>
       </c>
       <c r="D27" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E27" s="6">
         <v>418</v>
       </c>
       <c r="F27" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G27" s="6">
         <v>527</v>
       </c>
       <c r="H27" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="5"/>
       <c r="B28" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C28" s="6">
         <v>394</v>
       </c>
       <c r="D28" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E28" s="6">
         <v>9240</v>
       </c>
       <c r="F28" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G28" s="6">
         <v>9634</v>
       </c>
       <c r="H28" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B29" s="5" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C29" s="6">
         <v>0</v>
       </c>
       <c r="D29" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E29" s="6">
         <v>0</v>
       </c>
       <c r="F29" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G29" s="6">
         <v>0</v>
       </c>
       <c r="H29" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="5"/>
       <c r="B30" s="5" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C30" s="6">
         <v>1</v>
       </c>
       <c r="D30" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E30" s="6">
         <v>25</v>
       </c>
       <c r="F30" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G30" s="6">
         <v>26</v>
       </c>
       <c r="H30" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="5"/>
       <c r="B31" s="5" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C31" s="6">
         <v>0</v>
       </c>
       <c r="D31" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E31" s="6">
         <v>196</v>
       </c>
       <c r="F31" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G31" s="6">
         <v>196</v>
       </c>
       <c r="H31" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="5"/>
       <c r="B32" s="5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C32" s="6">
         <v>13</v>
       </c>
       <c r="D32" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E32" s="6">
         <v>466</v>
       </c>
       <c r="F32" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G32" s="6">
         <v>479</v>
       </c>
       <c r="H32" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="5"/>
       <c r="B33" s="5" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C33" s="6">
         <v>40</v>
       </c>
       <c r="D33" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E33" s="6">
         <v>3606</v>
       </c>
       <c r="F33" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G33" s="6">
         <v>3646</v>
       </c>
       <c r="H33" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="5"/>
       <c r="B34" s="5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C34" s="6">
         <v>34</v>
       </c>
       <c r="D34" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E34" s="6">
         <v>3124</v>
       </c>
       <c r="F34" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G34" s="6">
         <v>3158</v>
       </c>
       <c r="H34" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="5"/>
       <c r="B35" s="5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C35" s="6">
         <v>70</v>
       </c>
       <c r="D35" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E35" s="6">
         <v>181</v>
       </c>
       <c r="F35" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G35" s="6">
         <v>251</v>
       </c>
       <c r="H35" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="5"/>
       <c r="B36" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C36" s="6">
         <v>158</v>
       </c>
       <c r="D36" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E36" s="6">
         <v>7598</v>
       </c>
       <c r="F36" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G36" s="6">
         <v>7756</v>
       </c>
       <c r="H36" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B37" s="5" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C37" s="6">
         <v>0</v>
       </c>
       <c r="D37" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E37" s="6">
         <v>0</v>
       </c>
       <c r="F37" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G37" s="6">
         <v>0</v>
       </c>
       <c r="H37" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" s="5"/>
       <c r="B38" s="5" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C38" s="6">
         <v>0</v>
       </c>
       <c r="D38" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E38" s="6">
         <v>0</v>
       </c>
       <c r="F38" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G38" s="6">
         <v>0</v>
       </c>
       <c r="H38" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" s="5"/>
       <c r="B39" s="5" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C39" s="6">
         <v>0</v>
       </c>
       <c r="D39" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E39" s="6">
         <v>0</v>
       </c>
       <c r="F39" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G39" s="6">
         <v>0</v>
       </c>
       <c r="H39" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="5"/>
       <c r="B40" s="5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C40" s="6">
         <v>0</v>
       </c>
       <c r="D40" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E40" s="6">
         <v>0</v>
       </c>
       <c r="F40" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G40" s="6">
         <v>0</v>
       </c>
       <c r="H40" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" s="5"/>
       <c r="B41" s="5" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C41" s="6">
         <v>0</v>
       </c>
       <c r="D41" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E41" s="6">
         <v>0</v>
       </c>
       <c r="F41" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G41" s="6">
         <v>0</v>
       </c>
       <c r="H41" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="5"/>
       <c r="B42" s="5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C42" s="6">
         <v>0</v>
       </c>
       <c r="D42" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E42" s="6">
         <v>0</v>
       </c>
       <c r="F42" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G42" s="6">
         <v>0</v>
       </c>
       <c r="H42" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" s="5"/>
       <c r="B43" s="5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C43" s="6">
         <v>0</v>
       </c>
       <c r="D43" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E43" s="6">
         <v>0</v>
       </c>
       <c r="F43" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G43" s="6">
         <v>0</v>
       </c>
       <c r="H43" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="5"/>
       <c r="B44" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C44" s="6">
         <v>0</v>
       </c>
       <c r="D44" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E44" s="6">
         <v>0</v>
       </c>
       <c r="F44" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G44" s="6">
         <v>0</v>
       </c>
       <c r="H44" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="5" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B45" s="5" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C45" s="6">
         <v>0</v>
       </c>
       <c r="D45" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E45" s="6">
         <v>0</v>
       </c>
       <c r="F45" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G45" s="6">
         <v>0</v>
       </c>
       <c r="H45" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" s="5"/>
       <c r="B46" s="5" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C46" s="6">
         <v>0</v>
       </c>
       <c r="D46" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E46" s="6">
         <v>0</v>
       </c>
       <c r="F46" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G46" s="6">
         <v>0</v>
       </c>
       <c r="H46" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" s="5"/>
       <c r="B47" s="5" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C47" s="6">
         <v>0</v>
       </c>
       <c r="D47" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E47" s="6">
         <v>0</v>
       </c>
       <c r="F47" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G47" s="6">
         <v>0</v>
       </c>
       <c r="H47" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" s="5"/>
       <c r="B48" s="5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C48" s="6">
         <v>0</v>
       </c>
       <c r="D48" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E48" s="6">
         <v>0</v>
       </c>
       <c r="F48" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G48" s="6">
         <v>0</v>
       </c>
       <c r="H48" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" s="5"/>
       <c r="B49" s="5" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C49" s="6">
         <v>0</v>
       </c>
       <c r="D49" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E49" s="6">
         <v>0</v>
       </c>
       <c r="F49" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G49" s="6">
         <v>0</v>
       </c>
       <c r="H49" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" s="5"/>
       <c r="B50" s="5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C50" s="6">
         <v>0</v>
       </c>
       <c r="D50" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E50" s="6">
         <v>0</v>
       </c>
       <c r="F50" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G50" s="6">
         <v>0</v>
       </c>
       <c r="H50" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" s="5"/>
       <c r="B51" s="5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C51" s="6">
         <v>0</v>
       </c>
       <c r="D51" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E51" s="6">
         <v>0</v>
       </c>
       <c r="F51" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G51" s="6">
         <v>0</v>
       </c>
       <c r="H51" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" s="5"/>
       <c r="B52" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C52" s="6">
         <v>0</v>
       </c>
       <c r="D52" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E52" s="6">
         <v>0</v>
       </c>
       <c r="F52" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G52" s="6">
         <v>0</v>
       </c>
       <c r="H52" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" s="5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B53" s="5" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C53" s="6">
         <v>0</v>
       </c>
       <c r="D53" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E53" s="6">
         <v>0</v>
       </c>
       <c r="F53" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G53" s="6">
         <v>0</v>
       </c>
       <c r="H53" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" s="5"/>
       <c r="B54" s="5" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C54" s="6">
         <v>0</v>
       </c>
       <c r="D54" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E54" s="6">
         <v>0</v>
       </c>
       <c r="F54" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G54" s="6">
         <v>0</v>
       </c>
       <c r="H54" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" s="5"/>
       <c r="B55" s="5" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C55" s="6">
         <v>0</v>
       </c>
       <c r="D55" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E55" s="6">
         <v>0</v>
       </c>
       <c r="F55" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G55" s="6">
         <v>0</v>
       </c>
       <c r="H55" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" s="5"/>
       <c r="B56" s="5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C56" s="6">
         <v>0</v>
       </c>
       <c r="D56" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E56" s="6">
         <v>0</v>
       </c>
       <c r="F56" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G56" s="6">
         <v>0</v>
       </c>
       <c r="H56" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" s="5"/>
       <c r="B57" s="5" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C57" s="6">
         <v>0</v>
       </c>
       <c r="D57" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E57" s="6">
         <v>0</v>
       </c>
       <c r="F57" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G57" s="6">
         <v>0</v>
       </c>
       <c r="H57" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" s="5"/>
       <c r="B58" s="5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C58" s="6">
         <v>0</v>
       </c>
       <c r="D58" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E58" s="6">
         <v>0</v>
       </c>
       <c r="F58" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G58" s="6">
         <v>0</v>
       </c>
       <c r="H58" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" s="5"/>
       <c r="B59" s="5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C59" s="6">
         <v>0</v>
       </c>
       <c r="D59" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E59" s="6">
         <v>0</v>
       </c>
       <c r="F59" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G59" s="6">
         <v>0</v>
       </c>
       <c r="H59" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" s="5"/>
       <c r="B60" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C60" s="6">
         <v>0</v>
       </c>
       <c r="D60" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E60" s="6">
         <v>0</v>
       </c>
       <c r="F60" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G60" s="6">
         <v>0</v>
       </c>
       <c r="H60" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B61" s="5" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C61" s="6">
         <v>0</v>
       </c>
       <c r="D61" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E61" s="6">
         <v>0</v>
       </c>
       <c r="F61" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G61" s="6">
         <v>0</v>
       </c>
       <c r="H61" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" s="5"/>
       <c r="B62" s="5" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C62" s="6">
         <v>1</v>
       </c>
       <c r="D62" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E62" s="6">
         <v>36</v>
       </c>
       <c r="F62" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G62" s="6">
         <v>37</v>
       </c>
       <c r="H62" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" s="5"/>
       <c r="B63" s="5" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C63" s="6">
         <v>1</v>
       </c>
       <c r="D63" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E63" s="6">
         <v>334</v>
       </c>
       <c r="F63" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G63" s="6">
         <v>335</v>
       </c>
       <c r="H63" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" s="5"/>
       <c r="B64" s="5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C64" s="6">
         <v>41</v>
       </c>
       <c r="D64" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E64" s="6">
         <v>1148</v>
       </c>
       <c r="F64" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G64" s="6">
         <v>1189</v>
       </c>
       <c r="H64" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" s="5"/>
       <c r="B65" s="5" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C65" s="6">
         <v>176</v>
       </c>
       <c r="D65" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E65" s="6">
         <v>7700</v>
       </c>
       <c r="F65" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G65" s="6">
         <v>7876</v>
       </c>
       <c r="H65" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" s="5"/>
       <c r="B66" s="5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C66" s="6">
         <v>154</v>
       </c>
       <c r="D66" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E66" s="6">
         <v>7021</v>
       </c>
       <c r="F66" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G66" s="6">
         <v>7175</v>
       </c>
       <c r="H66" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" s="5"/>
       <c r="B67" s="5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C67" s="6">
         <v>179</v>
       </c>
       <c r="D67" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E67" s="6">
         <v>599</v>
       </c>
       <c r="F67" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G67" s="6">
         <v>778</v>
       </c>
       <c r="H67" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" s="5"/>
       <c r="B68" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C68" s="6">
         <v>552</v>
       </c>
       <c r="D68" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E68" s="6">
         <v>16838</v>
       </c>
       <c r="F68" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G68" s="6">
         <v>17390</v>
       </c>
       <c r="H68" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="69" spans="1:8" customHeight="1" ht="21.75">
       <c r="A69" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1991643/611353</t>
           </r>
         </is>
       </c>
       <c r="C69" s="3"/>
       <c r="D69" s="3"/>
       <c r="E69" s="3"/>
       <c r="F69" s="3"/>
       <c r="G69" s="3"/>
       <c r="H69" s="3"/>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">number of trees assessed for browsing (no extrapolation)</t>
+            <t xml:space="preserve">Anzahl auf Verbiss beurteilte Bäume (ohne Hochrechnung)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #431</t>
           </r>
         </is>
       </c>
     </row>
     <row r="73" spans="1:8" customHeight="1" ht="29">
       <c r="A73" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest against rockfall (2022)</t>
+            <t xml:space="preserve">Schutzwald gegen Stein-/Blockschlag (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2646</t>
           </r>
         </is>
       </c>
     </row>
     <row r="76" spans="1:8" customHeight="1" ht="29">
       <c r="A76" s="1" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">size classe (young forest; 5 classes)</t>
+            <t xml:space="preserve">Grössenklasse (Jungwald; 5 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2623</t>
           </r>
         </is>
       </c>
     </row>
     <row r="79" spans="1:8" customHeight="1" ht="29">
       <c r="A79" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
+            <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2633</t>
           </r>
         </is>
       </c>
     </row>
     <row r="82" spans="1:8" customHeight="1" ht="29">
       <c r="A82" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">production region</t>
+            <t xml:space="preserve">Produktionsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="85" spans="1:8" customHeight="1" ht="29">
       <c r="A85" s="1" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">stockable and accessible forest without shrub forest NFI2-NFI5</t>
+            <t xml:space="preserve">bestockbarer zugänglicher Wald ohne Gebüschwald LFI2-LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2615</t>
           </r>
         </is>
       </c>
     </row>
     <row r="88" spans="1:8" customHeight="1" ht="29">
       <c r="A88" s="1" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="91" spans="1:8" customHeight="1" ht="29">
       <c r="A91" s="1" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="A3:H3"/>
     <mergeCell ref="A4:H4"/>
     <mergeCell ref="A5:H5"/>
     <mergeCell ref="A6:H6"/>
     <mergeCell ref="A7:H7"/>
     <mergeCell ref="A8:H8"/>
     <mergeCell ref="C10:H10"/>
     <mergeCell ref="C11:D11"/>
     <mergeCell ref="E11:F11"/>
     <mergeCell ref="G11:H11"/>
     <mergeCell ref="A13:A20"/>
     <mergeCell ref="A21:A28"/>
     <mergeCell ref="A29:A36"/>
     <mergeCell ref="A37:A44"/>
     <mergeCell ref="A45:A52"/>
     <mergeCell ref="A53:A60"/>
     <mergeCell ref="A61:A68"/>
     <mergeCell ref="A69:H69"/>
     <mergeCell ref="A72:H72"/>