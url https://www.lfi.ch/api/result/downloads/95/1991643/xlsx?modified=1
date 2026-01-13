--- v1 (2025-11-17)
+++ v2 (2026-01-13)
@@ -12,425 +12,422 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
-[...7 lines deleted...]
-    <t>Schutzwald gegen Stein-/Blockschlag (2022) · Grössenklasse (Jungwald; 5 Klassen) · NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
+  <si>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>numero di alberi con rilievo della brucatura (senza estrapol.)</t>
+  </si>
+  <si>
+    <t>bosco di protezione contro cadute di massi (2022) · classe di dimensione (bosco giovane; 5 classi) · fasce vegetazionali NaiS (6 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: Produktionsregion</t>
+      <t xml:space="preserve">: regione di produzione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: Stk.</t>
+      <t xml:space="preserve">: n</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: bestockbarer zugänglicher Wald ohne Gebüschwald LFI2-LFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN2-IFN5 (area boscabile)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...20 lines deleted...]
-    <t>Stk.</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>bosco di protezione contro cadute di massi (2022)</t>
+  </si>
+  <si>
+    <t>all'interno</t>
+  </si>
+  <si>
+    <t>all'esterno</t>
+  </si>
+  <si>
+    <t>totale</t>
+  </si>
+  <si>
+    <t>classe di dimensione (bosco giovane; 5 classi)</t>
+  </si>
+  <si>
+    <t>fasce vegetazionali NaiS (6 classi)</t>
+  </si>
+  <si>
+    <t>n</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>kein Angabe</t>
-[...2 lines deleted...]
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>obersubalpin</t>
-[...29 lines deleted...]
-    <t>BHD 8-11.9 cm</t>
+    <t>subalpina superiore</t>
+  </si>
+  <si>
+    <t>subalpina</t>
+  </si>
+  <si>
+    <t>altimontana</t>
+  </si>
+  <si>
+    <t>montana inferiore e superiore</t>
+  </si>
+  <si>
+    <t>submontana</t>
+  </si>
+  <si>
+    <t>iperinsubrica e collinare</t>
+  </si>
+  <si>
+    <t>altezza 10-39 cm</t>
+  </si>
+  <si>
+    <t>altezza 40-129 cm</t>
+  </si>
+  <si>
+    <t>DPU 0-3.9 cm</t>
+  </si>
+  <si>
+    <t>DPU 4-7.9 cm</t>
+  </si>
+  <si>
+    <t>DPU 8-11.9 cm</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1991643/611353</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Anzahl auf Verbiss beurteilte Bäume (ohne Hochrechnung)</t>
+      <t xml:space="preserve">numero di alberi con rilievo della brucatura (senza estrapol.)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #431</t>
     </r>
   </si>
   <si>
-    <t>Tatsächliche Anzahl Nadel- und Laubbäume, die bei der Feldaufnahme auf Verbiss beurteilt worden sind (keine Hochrechnung).</t>
+    <t>Numero effettivo di alberi di conifere e latifoglie che sono stati esaminati in relazione alla brucatura durante il rilievo su terreno (senza estrapolazione).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwald gegen Stein-/Blockschlag (2022)</t>
+      <t xml:space="preserve">bosco di protezione contro cadute di massi (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2646</t>
     </r>
   </si>
   <si>
-    <t>Fläche innerhalb/ausserhalb des Schutzwalds gegen Stein- oder Blockschlag (Sturzprozesse), den die Kantone nach den harmonisierten Kriterien von SilvaProtect-CH im Jahr 2022 ausgeschieden hatten. Grundlage: GIS-Daten BAFU, 2022</t>
+    <t>Superficie all'interno/all'esterno del bosco di protezione contro le cadute di massi, che i Cantoni hanno definito in base ai criteri armonizzati di SilvaProtect-CH nell'anno 2022. Fonte: dati GIS dell'UFAM, 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Grössenklasse (Jungwald; 5 Klassen)</t>
+      <t xml:space="preserve">classe di dimensione (bosco giovane; 5 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2623</t>
     </r>
   </si>
   <si>
-    <t>Grösse der Jungwaldpflanzen von 10 cm Höhe bis 11,9 cm Brusthöhendurchmesser (BHD) in fünf Klassen (zwei Höhenklassen, drei BHD-Klassen). Grundlage: Feldaufnahme (MID 507: Jungwaldklasse)</t>
+    <t>Dimensione delle piante del bosco giovane da 10 cm di altezza a 11,9 cm di diametro a petto d'uomo (DPU), in cinque classi (due classi di altezza, tre classi di diametro). Fonte: rilievo sul terreno (MID 1051: Jungwaldpflanzenart - Zählung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+      <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2633</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005), reduziert auf sechs Klassen. Die Variable stellt eine Vereinfachung der NaiS-Vegetationshöhenstufen in zehn Klassen (NAISHSTKOMB) dar, indem die Klassen «hyperinsubrisch», «kollin» und «kollin mit Buche» zur Klasse «hyperinsubrisch und kollin» und die Stufen «untermontan», «obermontan» und «unter-/obermontan» zur Stufe «unter- und obermontan» zusammengezogen wurden. Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind. </t>
+    <t xml:space="preserve">Fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005), ridotto a sei classi. Questa variabile rappresenta una semplificazione delle fasce vegetazionali NaiS in dieci classi (NAISHSTKOMB), per cui le classi «iperinsubrica», «collinare» e «collinare con faggio» vengono riunite nella classe «iperinsubrica e collinare», mentre le fasce «montana inferiore», «montana superiore» e «montana inferiore/superiore» vengono riunite nella classe «montana inferiore e superiore». Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Produktionsregion</t>
+      <t xml:space="preserve">regione di produzione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
+    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bestockbarer zugänglicher Wald ohne Gebüschwald LFI2-LFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN2-IFN5 (area boscabile)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2615</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den vier Inventuren LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war, zu Fuss aufgesucht werden konnte und bestockbar war, also nicht von Waldstrassen, Erholungsanlagen, Bächen, Lawinenzügen u.dgl. besetzt war.</t>
+    <t>Bosco che nei quattro inventari IFN2 (1993-1995), IFN3 (2004-2006), IFN4 (2009-2017) e IFN5 (2018-2026) era coperto per meno di due terzi da arbusti, era accessibile a piedi ed era potenzialmente boscabile, cioè non era occupato da strade forestali, strutture ricreative, torrenti, canali valangari, ecc.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -782,57 +779,57 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:H91"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="57.557" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
@@ -891,1682 +888,1682 @@
       </c>
       <c r="C12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="4" t="s">
         <v>15</v>
       </c>
       <c r="G12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="H12" s="4" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B13" s="5" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C13" s="6">
         <v>0</v>
       </c>
       <c r="D13" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E13" s="6">
         <v>0</v>
       </c>
       <c r="F13" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G13" s="6">
         <v>0</v>
       </c>
       <c r="H13" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="5"/>
       <c r="B14" s="5" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C14" s="6">
         <v>0</v>
       </c>
       <c r="D14" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E14" s="6">
         <v>0</v>
       </c>
       <c r="F14" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G14" s="6">
         <v>0</v>
       </c>
       <c r="H14" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="5"/>
       <c r="B15" s="5" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C15" s="6">
         <v>0</v>
       </c>
       <c r="D15" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E15" s="6">
         <v>0</v>
       </c>
       <c r="F15" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G15" s="6">
         <v>0</v>
       </c>
       <c r="H15" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="5"/>
       <c r="B16" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C16" s="6">
         <v>0</v>
       </c>
       <c r="D16" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E16" s="6">
         <v>0</v>
       </c>
       <c r="F16" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G16" s="6">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="5"/>
       <c r="B17" s="5" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C17" s="6">
         <v>0</v>
       </c>
       <c r="D17" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E17" s="6">
         <v>0</v>
       </c>
       <c r="F17" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G17" s="6">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="5"/>
       <c r="B18" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C18" s="6">
         <v>0</v>
       </c>
       <c r="D18" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E18" s="6">
         <v>0</v>
       </c>
       <c r="F18" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G18" s="6">
         <v>0</v>
       </c>
       <c r="H18" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="5"/>
       <c r="B19" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C19" s="6">
         <v>0</v>
       </c>
       <c r="D19" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E19" s="6">
         <v>0</v>
       </c>
       <c r="F19" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G19" s="6">
         <v>0</v>
       </c>
       <c r="H19" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="5"/>
       <c r="B20" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C20" s="6">
         <v>0</v>
       </c>
       <c r="D20" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E20" s="6">
         <v>0</v>
       </c>
       <c r="F20" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G20" s="6">
         <v>0</v>
       </c>
       <c r="H20" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="5" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B21" s="5" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C21" s="6">
         <v>0</v>
       </c>
       <c r="D21" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E21" s="6">
         <v>0</v>
       </c>
       <c r="F21" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G21" s="6">
         <v>0</v>
       </c>
       <c r="H21" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="5"/>
       <c r="B22" s="5" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C22" s="6">
         <v>0</v>
       </c>
       <c r="D22" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E22" s="6">
         <v>11</v>
       </c>
       <c r="F22" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G22" s="6">
         <v>11</v>
       </c>
       <c r="H22" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="5"/>
       <c r="B23" s="5" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C23" s="6">
         <v>1</v>
       </c>
       <c r="D23" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E23" s="6">
         <v>138</v>
       </c>
       <c r="F23" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G23" s="6">
         <v>139</v>
       </c>
       <c r="H23" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="5"/>
       <c r="B24" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C24" s="6">
         <v>28</v>
       </c>
       <c r="D24" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E24" s="6">
         <v>682</v>
       </c>
       <c r="F24" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G24" s="6">
         <v>710</v>
       </c>
       <c r="H24" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="5"/>
       <c r="B25" s="5" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C25" s="6">
         <v>136</v>
       </c>
       <c r="D25" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E25" s="6">
         <v>4094</v>
       </c>
       <c r="F25" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G25" s="6">
         <v>4230</v>
       </c>
       <c r="H25" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="5"/>
       <c r="B26" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C26" s="6">
         <v>120</v>
       </c>
       <c r="D26" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E26" s="6">
         <v>3897</v>
       </c>
       <c r="F26" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G26" s="6">
         <v>4017</v>
       </c>
       <c r="H26" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="5"/>
       <c r="B27" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C27" s="6">
         <v>109</v>
       </c>
       <c r="D27" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E27" s="6">
         <v>418</v>
       </c>
       <c r="F27" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G27" s="6">
         <v>527</v>
       </c>
       <c r="H27" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="5"/>
       <c r="B28" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C28" s="6">
         <v>394</v>
       </c>
       <c r="D28" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E28" s="6">
         <v>9240</v>
       </c>
       <c r="F28" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G28" s="6">
         <v>9634</v>
       </c>
       <c r="H28" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="5" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B29" s="5" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C29" s="6">
         <v>0</v>
       </c>
       <c r="D29" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E29" s="6">
         <v>0</v>
       </c>
       <c r="F29" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G29" s="6">
         <v>0</v>
       </c>
       <c r="H29" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="5"/>
       <c r="B30" s="5" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C30" s="6">
         <v>1</v>
       </c>
       <c r="D30" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E30" s="6">
         <v>25</v>
       </c>
       <c r="F30" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G30" s="6">
         <v>26</v>
       </c>
       <c r="H30" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="5"/>
       <c r="B31" s="5" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C31" s="6">
         <v>0</v>
       </c>
       <c r="D31" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E31" s="6">
         <v>196</v>
       </c>
       <c r="F31" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G31" s="6">
         <v>196</v>
       </c>
       <c r="H31" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="5"/>
       <c r="B32" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C32" s="6">
         <v>13</v>
       </c>
       <c r="D32" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E32" s="6">
         <v>466</v>
       </c>
       <c r="F32" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G32" s="6">
         <v>479</v>
       </c>
       <c r="H32" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="5"/>
       <c r="B33" s="5" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C33" s="6">
         <v>40</v>
       </c>
       <c r="D33" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E33" s="6">
         <v>3606</v>
       </c>
       <c r="F33" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G33" s="6">
         <v>3646</v>
       </c>
       <c r="H33" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="5"/>
       <c r="B34" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C34" s="6">
         <v>34</v>
       </c>
       <c r="D34" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E34" s="6">
         <v>3124</v>
       </c>
       <c r="F34" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G34" s="6">
         <v>3158</v>
       </c>
       <c r="H34" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="5"/>
       <c r="B35" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C35" s="6">
         <v>70</v>
       </c>
       <c r="D35" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E35" s="6">
         <v>181</v>
       </c>
       <c r="F35" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G35" s="6">
         <v>251</v>
       </c>
       <c r="H35" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="5"/>
       <c r="B36" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C36" s="6">
         <v>158</v>
       </c>
       <c r="D36" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E36" s="6">
         <v>7598</v>
       </c>
       <c r="F36" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G36" s="6">
         <v>7756</v>
       </c>
       <c r="H36" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B37" s="5" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C37" s="6">
         <v>0</v>
       </c>
       <c r="D37" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E37" s="6">
         <v>0</v>
       </c>
       <c r="F37" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G37" s="6">
         <v>0</v>
       </c>
       <c r="H37" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" s="5"/>
       <c r="B38" s="5" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C38" s="6">
         <v>0</v>
       </c>
       <c r="D38" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E38" s="6">
         <v>0</v>
       </c>
       <c r="F38" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G38" s="6">
         <v>0</v>
       </c>
       <c r="H38" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" s="5"/>
       <c r="B39" s="5" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C39" s="6">
         <v>0</v>
       </c>
       <c r="D39" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E39" s="6">
         <v>0</v>
       </c>
       <c r="F39" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G39" s="6">
         <v>0</v>
       </c>
       <c r="H39" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="5"/>
       <c r="B40" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C40" s="6">
         <v>0</v>
       </c>
       <c r="D40" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E40" s="6">
         <v>0</v>
       </c>
       <c r="F40" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G40" s="6">
         <v>0</v>
       </c>
       <c r="H40" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" s="5"/>
       <c r="B41" s="5" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C41" s="6">
         <v>0</v>
       </c>
       <c r="D41" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E41" s="6">
         <v>0</v>
       </c>
       <c r="F41" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G41" s="6">
         <v>0</v>
       </c>
       <c r="H41" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="5"/>
       <c r="B42" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C42" s="6">
         <v>0</v>
       </c>
       <c r="D42" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E42" s="6">
         <v>0</v>
       </c>
       <c r="F42" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G42" s="6">
         <v>0</v>
       </c>
       <c r="H42" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" s="5"/>
       <c r="B43" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C43" s="6">
         <v>0</v>
       </c>
       <c r="D43" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E43" s="6">
         <v>0</v>
       </c>
       <c r="F43" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G43" s="6">
         <v>0</v>
       </c>
       <c r="H43" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="5"/>
       <c r="B44" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C44" s="6">
         <v>0</v>
       </c>
       <c r="D44" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E44" s="6">
         <v>0</v>
       </c>
       <c r="F44" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G44" s="6">
         <v>0</v>
       </c>
       <c r="H44" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="5" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B45" s="5" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C45" s="6">
         <v>0</v>
       </c>
       <c r="D45" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E45" s="6">
         <v>0</v>
       </c>
       <c r="F45" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G45" s="6">
         <v>0</v>
       </c>
       <c r="H45" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" s="5"/>
       <c r="B46" s="5" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C46" s="6">
         <v>0</v>
       </c>
       <c r="D46" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E46" s="6">
         <v>0</v>
       </c>
       <c r="F46" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G46" s="6">
         <v>0</v>
       </c>
       <c r="H46" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" s="5"/>
       <c r="B47" s="5" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C47" s="6">
         <v>0</v>
       </c>
       <c r="D47" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E47" s="6">
         <v>0</v>
       </c>
       <c r="F47" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G47" s="6">
         <v>0</v>
       </c>
       <c r="H47" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" s="5"/>
       <c r="B48" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C48" s="6">
         <v>0</v>
       </c>
       <c r="D48" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E48" s="6">
         <v>0</v>
       </c>
       <c r="F48" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G48" s="6">
         <v>0</v>
       </c>
       <c r="H48" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" s="5"/>
       <c r="B49" s="5" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C49" s="6">
         <v>0</v>
       </c>
       <c r="D49" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E49" s="6">
         <v>0</v>
       </c>
       <c r="F49" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G49" s="6">
         <v>0</v>
       </c>
       <c r="H49" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" s="5"/>
       <c r="B50" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C50" s="6">
         <v>0</v>
       </c>
       <c r="D50" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E50" s="6">
         <v>0</v>
       </c>
       <c r="F50" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G50" s="6">
         <v>0</v>
       </c>
       <c r="H50" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" s="5"/>
       <c r="B51" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C51" s="6">
         <v>0</v>
       </c>
       <c r="D51" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E51" s="6">
         <v>0</v>
       </c>
       <c r="F51" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G51" s="6">
         <v>0</v>
       </c>
       <c r="H51" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" s="5"/>
       <c r="B52" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C52" s="6">
         <v>0</v>
       </c>
       <c r="D52" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E52" s="6">
         <v>0</v>
       </c>
       <c r="F52" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G52" s="6">
         <v>0</v>
       </c>
       <c r="H52" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" s="5" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B53" s="5" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C53" s="6">
         <v>0</v>
       </c>
       <c r="D53" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E53" s="6">
         <v>0</v>
       </c>
       <c r="F53" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G53" s="6">
         <v>0</v>
       </c>
       <c r="H53" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" s="5"/>
       <c r="B54" s="5" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C54" s="6">
         <v>0</v>
       </c>
       <c r="D54" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E54" s="6">
         <v>0</v>
       </c>
       <c r="F54" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G54" s="6">
         <v>0</v>
       </c>
       <c r="H54" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" s="5"/>
       <c r="B55" s="5" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C55" s="6">
         <v>0</v>
       </c>
       <c r="D55" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E55" s="6">
         <v>0</v>
       </c>
       <c r="F55" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G55" s="6">
         <v>0</v>
       </c>
       <c r="H55" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" s="5"/>
       <c r="B56" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C56" s="6">
         <v>0</v>
       </c>
       <c r="D56" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E56" s="6">
         <v>0</v>
       </c>
       <c r="F56" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G56" s="6">
         <v>0</v>
       </c>
       <c r="H56" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" s="5"/>
       <c r="B57" s="5" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C57" s="6">
         <v>0</v>
       </c>
       <c r="D57" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E57" s="6">
         <v>0</v>
       </c>
       <c r="F57" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G57" s="6">
         <v>0</v>
       </c>
       <c r="H57" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" s="5"/>
       <c r="B58" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C58" s="6">
         <v>0</v>
       </c>
       <c r="D58" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E58" s="6">
         <v>0</v>
       </c>
       <c r="F58" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G58" s="6">
         <v>0</v>
       </c>
       <c r="H58" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" s="5"/>
       <c r="B59" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C59" s="6">
         <v>0</v>
       </c>
       <c r="D59" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E59" s="6">
         <v>0</v>
       </c>
       <c r="F59" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G59" s="6">
         <v>0</v>
       </c>
       <c r="H59" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" s="5"/>
       <c r="B60" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C60" s="6">
         <v>0</v>
       </c>
       <c r="D60" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E60" s="6">
         <v>0</v>
       </c>
       <c r="F60" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G60" s="6">
         <v>0</v>
       </c>
       <c r="H60" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B61" s="5" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C61" s="6">
         <v>0</v>
       </c>
       <c r="D61" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E61" s="6">
         <v>0</v>
       </c>
       <c r="F61" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G61" s="6">
         <v>0</v>
       </c>
       <c r="H61" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" s="5"/>
       <c r="B62" s="5" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C62" s="6">
         <v>1</v>
       </c>
       <c r="D62" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E62" s="6">
         <v>36</v>
       </c>
       <c r="F62" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G62" s="6">
         <v>37</v>
       </c>
       <c r="H62" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" s="5"/>
       <c r="B63" s="5" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C63" s="6">
         <v>1</v>
       </c>
       <c r="D63" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E63" s="6">
         <v>334</v>
       </c>
       <c r="F63" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G63" s="6">
         <v>335</v>
       </c>
       <c r="H63" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" s="5"/>
       <c r="B64" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C64" s="6">
         <v>41</v>
       </c>
       <c r="D64" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E64" s="6">
         <v>1148</v>
       </c>
       <c r="F64" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G64" s="6">
         <v>1189</v>
       </c>
       <c r="H64" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" s="5"/>
       <c r="B65" s="5" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C65" s="6">
         <v>176</v>
       </c>
       <c r="D65" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E65" s="6">
         <v>7700</v>
       </c>
       <c r="F65" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G65" s="6">
         <v>7876</v>
       </c>
       <c r="H65" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" s="5"/>
       <c r="B66" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C66" s="6">
         <v>154</v>
       </c>
       <c r="D66" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E66" s="6">
         <v>7021</v>
       </c>
       <c r="F66" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G66" s="6">
         <v>7175</v>
       </c>
       <c r="H66" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" s="5"/>
       <c r="B67" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C67" s="6">
         <v>179</v>
       </c>
       <c r="D67" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E67" s="6">
         <v>599</v>
       </c>
       <c r="F67" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G67" s="6">
         <v>778</v>
       </c>
       <c r="H67" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" s="5"/>
       <c r="B68" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C68" s="6">
         <v>552</v>
       </c>
       <c r="D68" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E68" s="6">
         <v>16838</v>
       </c>
       <c r="F68" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G68" s="6">
         <v>17390</v>
       </c>
       <c r="H68" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="69" spans="1:8" customHeight="1" ht="21.75">
       <c r="A69" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1991643/611353</t>
           </r>
         </is>
       </c>
       <c r="C69" s="3"/>
       <c r="D69" s="3"/>
       <c r="E69" s="3"/>
       <c r="F69" s="3"/>
       <c r="G69" s="3"/>
       <c r="H69" s="3"/>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Anzahl auf Verbiss beurteilte Bäume (ohne Hochrechnung)</t>
+            <t xml:space="preserve">numero di alberi con rilievo della brucatura (senza estrapol.)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #431</t>
           </r>
         </is>
       </c>
     </row>
     <row r="73" spans="1:8" customHeight="1" ht="29">
       <c r="A73" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwald gegen Stein-/Blockschlag (2022)</t>
+            <t xml:space="preserve">bosco di protezione contro cadute di massi (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2646</t>
           </r>
         </is>
       </c>
     </row>
     <row r="76" spans="1:8" customHeight="1" ht="29">
       <c r="A76" s="1" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Grössenklasse (Jungwald; 5 Klassen)</t>
+            <t xml:space="preserve">classe di dimensione (bosco giovane; 5 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2623</t>
           </r>
         </is>
       </c>
     </row>
     <row r="79" spans="1:8" customHeight="1" ht="29">
       <c r="A79" s="1" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+            <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2633</t>
           </r>
         </is>
       </c>
     </row>
     <row r="82" spans="1:8" customHeight="1" ht="29">
       <c r="A82" s="1" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Produktionsregion</t>
+            <t xml:space="preserve">regione di produzione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="85" spans="1:8" customHeight="1" ht="29">
       <c r="A85" s="1" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bestockbarer zugänglicher Wald ohne Gebüschwald LFI2-LFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN2-IFN5 (area boscabile)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2615</t>
           </r>
         </is>
       </c>
     </row>
     <row r="88" spans="1:8" customHeight="1" ht="29">
       <c r="A88" s="1" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="91" spans="1:8" customHeight="1" ht="29">
       <c r="A91" s="1" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="A3:H3"/>
     <mergeCell ref="A4:H4"/>
     <mergeCell ref="A5:H5"/>
     <mergeCell ref="A6:H6"/>
     <mergeCell ref="A7:H7"/>
     <mergeCell ref="A8:H8"/>
     <mergeCell ref="C10:H10"/>
     <mergeCell ref="C11:D11"/>
     <mergeCell ref="E11:F11"/>
     <mergeCell ref="G11:H11"/>
     <mergeCell ref="A13:A20"/>
     <mergeCell ref="A21:A28"/>
     <mergeCell ref="A29:A36"/>
     <mergeCell ref="A37:A44"/>
     <mergeCell ref="A45:A52"/>
     <mergeCell ref="A53:A60"/>
     <mergeCell ref="A61:A68"/>
     <mergeCell ref="A69:H69"/>
     <mergeCell ref="A72:H72"/>