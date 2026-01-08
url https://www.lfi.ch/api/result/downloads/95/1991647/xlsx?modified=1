--- v0 (2025-11-17)
+++ v1 (2026-01-08)
@@ -12,425 +12,422 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
-[...7 lines deleted...]
-    <t>Schutzwald gegen Stein-/Blockschlag (2022) · Grössenklasse (Jungwald; 5 Klassen) · NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
+  <si>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>numero di alberi con rilievo della brucatura (senza estrapol.)</t>
+  </si>
+  <si>
+    <t>bosco di protezione contro cadute di massi (2022) · classe di dimensione (bosco giovane; 5 classi) · fasce vegetazionali NaiS (6 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: Schutzwaldregion</t>
+      <t xml:space="preserve">: regione dei boschi di protezione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: Stk.</t>
+      <t xml:space="preserve">: n</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: bestockbarer zugänglicher Wald ohne Gebüschwald LFI2-LFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN2-IFN5 (area boscabile)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...20 lines deleted...]
-    <t>Stk.</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>bosco di protezione contro cadute di massi (2022)</t>
+  </si>
+  <si>
+    <t>all'interno</t>
+  </si>
+  <si>
+    <t>all'esterno</t>
+  </si>
+  <si>
+    <t>totale</t>
+  </si>
+  <si>
+    <t>classe di dimensione (bosco giovane; 5 classi)</t>
+  </si>
+  <si>
+    <t>fasce vegetazionali NaiS (6 classi)</t>
+  </si>
+  <si>
+    <t>n</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>kein Angabe</t>
-[...2 lines deleted...]
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>obersubalpin</t>
-[...29 lines deleted...]
-    <t>BHD 8-11.9 cm</t>
+    <t>subalpina superiore</t>
+  </si>
+  <si>
+    <t>subalpina</t>
+  </si>
+  <si>
+    <t>altimontana</t>
+  </si>
+  <si>
+    <t>montana inferiore e superiore</t>
+  </si>
+  <si>
+    <t>submontana</t>
+  </si>
+  <si>
+    <t>iperinsubrica e collinare</t>
+  </si>
+  <si>
+    <t>altezza 10-39 cm</t>
+  </si>
+  <si>
+    <t>altezza 40-129 cm</t>
+  </si>
+  <si>
+    <t>DPU 0-3.9 cm</t>
+  </si>
+  <si>
+    <t>DPU 4-7.9 cm</t>
+  </si>
+  <si>
+    <t>DPU 8-11.9 cm</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1991647/611357</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Anzahl auf Verbiss beurteilte Bäume (ohne Hochrechnung)</t>
+      <t xml:space="preserve">numero di alberi con rilievo della brucatura (senza estrapol.)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #431</t>
     </r>
   </si>
   <si>
-    <t>Tatsächliche Anzahl Nadel- und Laubbäume, die bei der Feldaufnahme auf Verbiss beurteilt worden sind (keine Hochrechnung).</t>
+    <t>Numero effettivo di alberi di conifere e latifoglie che sono stati esaminati in relazione alla brucatura durante il rilievo su terreno (senza estrapolazione).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwald gegen Stein-/Blockschlag (2022)</t>
+      <t xml:space="preserve">bosco di protezione contro cadute di massi (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2646</t>
     </r>
   </si>
   <si>
-    <t>Fläche innerhalb/ausserhalb des Schutzwalds gegen Stein- oder Blockschlag (Sturzprozesse), den die Kantone nach den harmonisierten Kriterien von SilvaProtect-CH im Jahr 2022 ausgeschieden hatten. Grundlage: GIS-Daten BAFU, 2022</t>
+    <t>Superficie all'interno/all'esterno del bosco di protezione contro le cadute di massi, che i Cantoni hanno definito in base ai criteri armonizzati di SilvaProtect-CH nell'anno 2022. Fonte: dati GIS dell'UFAM, 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Grössenklasse (Jungwald; 5 Klassen)</t>
+      <t xml:space="preserve">classe di dimensione (bosco giovane; 5 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2623</t>
     </r>
   </si>
   <si>
-    <t>Grösse der Jungwaldpflanzen von 10 cm Höhe bis 11,9 cm Brusthöhendurchmesser (BHD) in fünf Klassen (zwei Höhenklassen, drei BHD-Klassen). Grundlage: Feldaufnahme (MID 507: Jungwaldklasse)</t>
+    <t>Dimensione delle piante del bosco giovane da 10 cm di altezza a 11,9 cm di diametro a petto d'uomo (DPU), in cinque classi (due classi di altezza, tre classi di diametro). Fonte: rilievo sul terreno (MID 1051: Jungwaldpflanzenart - Zählung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+      <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2633</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005), reduziert auf sechs Klassen. Die Variable stellt eine Vereinfachung der NaiS-Vegetationshöhenstufen in zehn Klassen (NAISHSTKOMB) dar, indem die Klassen «hyperinsubrisch», «kollin» und «kollin mit Buche» zur Klasse «hyperinsubrisch und kollin» und die Stufen «untermontan», «obermontan» und «unter-/obermontan» zur Stufe «unter- und obermontan» zusammengezogen wurden. Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind. </t>
+    <t xml:space="preserve">Fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005), ridotto a sei classi. Questa variabile rappresenta una semplificazione delle fasce vegetazionali NaiS in dieci classi (NAISHSTKOMB), per cui le classi «iperinsubrica», «collinare» e «collinare con faggio» vengono riunite nella classe «iperinsubrica e collinare», mentre le fasce «montana inferiore», «montana superiore» e «montana inferiore/superiore» vengono riunite nella classe «montana inferiore e superiore». Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwaldregion</t>
+      <t xml:space="preserve">regione dei boschi di protezione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
+    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bestockbarer zugänglicher Wald ohne Gebüschwald LFI2-LFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN2-IFN5 (area boscabile)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2615</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den vier Inventuren LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war, zu Fuss aufgesucht werden konnte und bestockbar war, also nicht von Waldstrassen, Erholungsanlagen, Bächen, Lawinenzügen u.dgl. besetzt war.</t>
+    <t>Bosco che nei quattro inventari IFN2 (1993-1995), IFN3 (2004-2006), IFN4 (2009-2017) e IFN5 (2018-2026) era coperto per meno di due terzi da arbusti, era accessibile a piedi ed era potenzialmente boscabile, cioè non era occupato da strade forestali, strutture ricreative, torrenti, canali valangari, ecc.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -782,57 +779,57 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:H91"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="57.557" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
@@ -891,1682 +888,1682 @@
       </c>
       <c r="C12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="4" t="s">
         <v>15</v>
       </c>
       <c r="G12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="H12" s="4" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B13" s="5" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C13" s="6">
         <v>0</v>
       </c>
       <c r="D13" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E13" s="6">
         <v>0</v>
       </c>
       <c r="F13" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G13" s="6">
         <v>0</v>
       </c>
       <c r="H13" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="5"/>
       <c r="B14" s="5" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C14" s="6">
         <v>0</v>
       </c>
       <c r="D14" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E14" s="6">
         <v>0</v>
       </c>
       <c r="F14" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G14" s="6">
         <v>0</v>
       </c>
       <c r="H14" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="5"/>
       <c r="B15" s="5" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C15" s="6">
         <v>0</v>
       </c>
       <c r="D15" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E15" s="6">
         <v>0</v>
       </c>
       <c r="F15" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G15" s="6">
         <v>0</v>
       </c>
       <c r="H15" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="5"/>
       <c r="B16" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C16" s="6">
         <v>0</v>
       </c>
       <c r="D16" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E16" s="6">
         <v>0</v>
       </c>
       <c r="F16" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G16" s="6">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="5"/>
       <c r="B17" s="5" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C17" s="6">
         <v>0</v>
       </c>
       <c r="D17" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E17" s="6">
         <v>0</v>
       </c>
       <c r="F17" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G17" s="6">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="5"/>
       <c r="B18" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C18" s="6">
         <v>0</v>
       </c>
       <c r="D18" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E18" s="6">
         <v>0</v>
       </c>
       <c r="F18" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G18" s="6">
         <v>0</v>
       </c>
       <c r="H18" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="5"/>
       <c r="B19" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C19" s="6">
         <v>0</v>
       </c>
       <c r="D19" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E19" s="6">
         <v>0</v>
       </c>
       <c r="F19" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G19" s="6">
         <v>0</v>
       </c>
       <c r="H19" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="5"/>
       <c r="B20" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C20" s="6">
         <v>0</v>
       </c>
       <c r="D20" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E20" s="6">
         <v>0</v>
       </c>
       <c r="F20" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G20" s="6">
         <v>0</v>
       </c>
       <c r="H20" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="5" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B21" s="5" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C21" s="6">
         <v>0</v>
       </c>
       <c r="D21" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E21" s="6">
         <v>0</v>
       </c>
       <c r="F21" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G21" s="6">
         <v>0</v>
       </c>
       <c r="H21" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="5"/>
       <c r="B22" s="5" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C22" s="6">
         <v>0</v>
       </c>
       <c r="D22" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E22" s="6">
         <v>11</v>
       </c>
       <c r="F22" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G22" s="6">
         <v>11</v>
       </c>
       <c r="H22" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="5"/>
       <c r="B23" s="5" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C23" s="6">
         <v>1</v>
       </c>
       <c r="D23" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E23" s="6">
         <v>138</v>
       </c>
       <c r="F23" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G23" s="6">
         <v>139</v>
       </c>
       <c r="H23" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="5"/>
       <c r="B24" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C24" s="6">
         <v>28</v>
       </c>
       <c r="D24" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E24" s="6">
         <v>682</v>
       </c>
       <c r="F24" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G24" s="6">
         <v>710</v>
       </c>
       <c r="H24" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="5"/>
       <c r="B25" s="5" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C25" s="6">
         <v>136</v>
       </c>
       <c r="D25" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E25" s="6">
         <v>4094</v>
       </c>
       <c r="F25" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G25" s="6">
         <v>4230</v>
       </c>
       <c r="H25" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="5"/>
       <c r="B26" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C26" s="6">
         <v>120</v>
       </c>
       <c r="D26" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E26" s="6">
         <v>3897</v>
       </c>
       <c r="F26" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G26" s="6">
         <v>4017</v>
       </c>
       <c r="H26" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="5"/>
       <c r="B27" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C27" s="6">
         <v>109</v>
       </c>
       <c r="D27" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E27" s="6">
         <v>418</v>
       </c>
       <c r="F27" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G27" s="6">
         <v>527</v>
       </c>
       <c r="H27" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="5"/>
       <c r="B28" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C28" s="6">
         <v>394</v>
       </c>
       <c r="D28" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E28" s="6">
         <v>9240</v>
       </c>
       <c r="F28" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G28" s="6">
         <v>9634</v>
       </c>
       <c r="H28" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="5" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B29" s="5" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C29" s="6">
         <v>0</v>
       </c>
       <c r="D29" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E29" s="6">
         <v>0</v>
       </c>
       <c r="F29" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G29" s="6">
         <v>0</v>
       </c>
       <c r="H29" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="5"/>
       <c r="B30" s="5" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C30" s="6">
         <v>1</v>
       </c>
       <c r="D30" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E30" s="6">
         <v>25</v>
       </c>
       <c r="F30" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G30" s="6">
         <v>26</v>
       </c>
       <c r="H30" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="5"/>
       <c r="B31" s="5" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C31" s="6">
         <v>0</v>
       </c>
       <c r="D31" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E31" s="6">
         <v>196</v>
       </c>
       <c r="F31" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G31" s="6">
         <v>196</v>
       </c>
       <c r="H31" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="5"/>
       <c r="B32" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C32" s="6">
         <v>13</v>
       </c>
       <c r="D32" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E32" s="6">
         <v>466</v>
       </c>
       <c r="F32" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G32" s="6">
         <v>479</v>
       </c>
       <c r="H32" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="5"/>
       <c r="B33" s="5" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C33" s="6">
         <v>40</v>
       </c>
       <c r="D33" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E33" s="6">
         <v>3606</v>
       </c>
       <c r="F33" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G33" s="6">
         <v>3646</v>
       </c>
       <c r="H33" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="5"/>
       <c r="B34" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C34" s="6">
         <v>34</v>
       </c>
       <c r="D34" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E34" s="6">
         <v>3124</v>
       </c>
       <c r="F34" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G34" s="6">
         <v>3158</v>
       </c>
       <c r="H34" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="5"/>
       <c r="B35" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C35" s="6">
         <v>70</v>
       </c>
       <c r="D35" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E35" s="6">
         <v>181</v>
       </c>
       <c r="F35" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G35" s="6">
         <v>251</v>
       </c>
       <c r="H35" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="5"/>
       <c r="B36" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C36" s="6">
         <v>158</v>
       </c>
       <c r="D36" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E36" s="6">
         <v>7598</v>
       </c>
       <c r="F36" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G36" s="6">
         <v>7756</v>
       </c>
       <c r="H36" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B37" s="5" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C37" s="6">
         <v>0</v>
       </c>
       <c r="D37" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E37" s="6">
         <v>0</v>
       </c>
       <c r="F37" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G37" s="6">
         <v>0</v>
       </c>
       <c r="H37" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" s="5"/>
       <c r="B38" s="5" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C38" s="6">
         <v>0</v>
       </c>
       <c r="D38" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E38" s="6">
         <v>0</v>
       </c>
       <c r="F38" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G38" s="6">
         <v>0</v>
       </c>
       <c r="H38" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" s="5"/>
       <c r="B39" s="5" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C39" s="6">
         <v>0</v>
       </c>
       <c r="D39" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E39" s="6">
         <v>0</v>
       </c>
       <c r="F39" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G39" s="6">
         <v>0</v>
       </c>
       <c r="H39" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="5"/>
       <c r="B40" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C40" s="6">
         <v>0</v>
       </c>
       <c r="D40" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E40" s="6">
         <v>0</v>
       </c>
       <c r="F40" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G40" s="6">
         <v>0</v>
       </c>
       <c r="H40" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" s="5"/>
       <c r="B41" s="5" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C41" s="6">
         <v>0</v>
       </c>
       <c r="D41" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E41" s="6">
         <v>0</v>
       </c>
       <c r="F41" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G41" s="6">
         <v>0</v>
       </c>
       <c r="H41" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="5"/>
       <c r="B42" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C42" s="6">
         <v>0</v>
       </c>
       <c r="D42" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E42" s="6">
         <v>0</v>
       </c>
       <c r="F42" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G42" s="6">
         <v>0</v>
       </c>
       <c r="H42" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" s="5"/>
       <c r="B43" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C43" s="6">
         <v>0</v>
       </c>
       <c r="D43" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E43" s="6">
         <v>0</v>
       </c>
       <c r="F43" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G43" s="6">
         <v>0</v>
       </c>
       <c r="H43" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="5"/>
       <c r="B44" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C44" s="6">
         <v>0</v>
       </c>
       <c r="D44" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E44" s="6">
         <v>0</v>
       </c>
       <c r="F44" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G44" s="6">
         <v>0</v>
       </c>
       <c r="H44" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="5" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B45" s="5" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C45" s="6">
         <v>0</v>
       </c>
       <c r="D45" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E45" s="6">
         <v>0</v>
       </c>
       <c r="F45" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G45" s="6">
         <v>0</v>
       </c>
       <c r="H45" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" s="5"/>
       <c r="B46" s="5" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C46" s="6">
         <v>0</v>
       </c>
       <c r="D46" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E46" s="6">
         <v>0</v>
       </c>
       <c r="F46" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G46" s="6">
         <v>0</v>
       </c>
       <c r="H46" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" s="5"/>
       <c r="B47" s="5" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C47" s="6">
         <v>0</v>
       </c>
       <c r="D47" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E47" s="6">
         <v>0</v>
       </c>
       <c r="F47" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G47" s="6">
         <v>0</v>
       </c>
       <c r="H47" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" s="5"/>
       <c r="B48" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C48" s="6">
         <v>0</v>
       </c>
       <c r="D48" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E48" s="6">
         <v>0</v>
       </c>
       <c r="F48" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G48" s="6">
         <v>0</v>
       </c>
       <c r="H48" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" s="5"/>
       <c r="B49" s="5" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C49" s="6">
         <v>0</v>
       </c>
       <c r="D49" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E49" s="6">
         <v>0</v>
       </c>
       <c r="F49" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G49" s="6">
         <v>0</v>
       </c>
       <c r="H49" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" s="5"/>
       <c r="B50" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C50" s="6">
         <v>0</v>
       </c>
       <c r="D50" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E50" s="6">
         <v>0</v>
       </c>
       <c r="F50" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G50" s="6">
         <v>0</v>
       </c>
       <c r="H50" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" s="5"/>
       <c r="B51" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C51" s="6">
         <v>0</v>
       </c>
       <c r="D51" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E51" s="6">
         <v>0</v>
       </c>
       <c r="F51" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G51" s="6">
         <v>0</v>
       </c>
       <c r="H51" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" s="5"/>
       <c r="B52" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C52" s="6">
         <v>0</v>
       </c>
       <c r="D52" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E52" s="6">
         <v>0</v>
       </c>
       <c r="F52" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G52" s="6">
         <v>0</v>
       </c>
       <c r="H52" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" s="5" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B53" s="5" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C53" s="6">
         <v>0</v>
       </c>
       <c r="D53" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E53" s="6">
         <v>0</v>
       </c>
       <c r="F53" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G53" s="6">
         <v>0</v>
       </c>
       <c r="H53" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" s="5"/>
       <c r="B54" s="5" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C54" s="6">
         <v>0</v>
       </c>
       <c r="D54" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E54" s="6">
         <v>0</v>
       </c>
       <c r="F54" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G54" s="6">
         <v>0</v>
       </c>
       <c r="H54" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" s="5"/>
       <c r="B55" s="5" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C55" s="6">
         <v>0</v>
       </c>
       <c r="D55" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E55" s="6">
         <v>0</v>
       </c>
       <c r="F55" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G55" s="6">
         <v>0</v>
       </c>
       <c r="H55" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" s="5"/>
       <c r="B56" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C56" s="6">
         <v>0</v>
       </c>
       <c r="D56" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E56" s="6">
         <v>0</v>
       </c>
       <c r="F56" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G56" s="6">
         <v>0</v>
       </c>
       <c r="H56" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" s="5"/>
       <c r="B57" s="5" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C57" s="6">
         <v>0</v>
       </c>
       <c r="D57" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E57" s="6">
         <v>0</v>
       </c>
       <c r="F57" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G57" s="6">
         <v>0</v>
       </c>
       <c r="H57" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" s="5"/>
       <c r="B58" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C58" s="6">
         <v>0</v>
       </c>
       <c r="D58" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E58" s="6">
         <v>0</v>
       </c>
       <c r="F58" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G58" s="6">
         <v>0</v>
       </c>
       <c r="H58" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" s="5"/>
       <c r="B59" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C59" s="6">
         <v>0</v>
       </c>
       <c r="D59" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E59" s="6">
         <v>0</v>
       </c>
       <c r="F59" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G59" s="6">
         <v>0</v>
       </c>
       <c r="H59" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" s="5"/>
       <c r="B60" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C60" s="6">
         <v>0</v>
       </c>
       <c r="D60" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E60" s="6">
         <v>0</v>
       </c>
       <c r="F60" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G60" s="6">
         <v>0</v>
       </c>
       <c r="H60" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B61" s="5" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C61" s="6">
         <v>0</v>
       </c>
       <c r="D61" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E61" s="6">
         <v>0</v>
       </c>
       <c r="F61" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G61" s="6">
         <v>0</v>
       </c>
       <c r="H61" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" s="5"/>
       <c r="B62" s="5" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C62" s="6">
         <v>1</v>
       </c>
       <c r="D62" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E62" s="6">
         <v>36</v>
       </c>
       <c r="F62" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G62" s="6">
         <v>37</v>
       </c>
       <c r="H62" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" s="5"/>
       <c r="B63" s="5" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C63" s="6">
         <v>1</v>
       </c>
       <c r="D63" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E63" s="6">
         <v>334</v>
       </c>
       <c r="F63" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G63" s="6">
         <v>335</v>
       </c>
       <c r="H63" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" s="5"/>
       <c r="B64" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C64" s="6">
         <v>41</v>
       </c>
       <c r="D64" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E64" s="6">
         <v>1148</v>
       </c>
       <c r="F64" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G64" s="6">
         <v>1189</v>
       </c>
       <c r="H64" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" s="5"/>
       <c r="B65" s="5" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C65" s="6">
         <v>176</v>
       </c>
       <c r="D65" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E65" s="6">
         <v>7700</v>
       </c>
       <c r="F65" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G65" s="6">
         <v>7876</v>
       </c>
       <c r="H65" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" s="5"/>
       <c r="B66" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C66" s="6">
         <v>154</v>
       </c>
       <c r="D66" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E66" s="6">
         <v>7021</v>
       </c>
       <c r="F66" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G66" s="6">
         <v>7175</v>
       </c>
       <c r="H66" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" s="5"/>
       <c r="B67" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C67" s="6">
         <v>179</v>
       </c>
       <c r="D67" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E67" s="6">
         <v>599</v>
       </c>
       <c r="F67" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G67" s="6">
         <v>778</v>
       </c>
       <c r="H67" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" s="5"/>
       <c r="B68" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C68" s="6">
         <v>552</v>
       </c>
       <c r="D68" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E68" s="6">
         <v>16838</v>
       </c>
       <c r="F68" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G68" s="6">
         <v>17390</v>
       </c>
       <c r="H68" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="69" spans="1:8" customHeight="1" ht="21.75">
       <c r="A69" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1991647/611357</t>
           </r>
         </is>
       </c>
       <c r="C69" s="3"/>
       <c r="D69" s="3"/>
       <c r="E69" s="3"/>
       <c r="F69" s="3"/>
       <c r="G69" s="3"/>
       <c r="H69" s="3"/>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Anzahl auf Verbiss beurteilte Bäume (ohne Hochrechnung)</t>
+            <t xml:space="preserve">numero di alberi con rilievo della brucatura (senza estrapol.)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #431</t>
           </r>
         </is>
       </c>
     </row>
     <row r="73" spans="1:8" customHeight="1" ht="29">
       <c r="A73" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwald gegen Stein-/Blockschlag (2022)</t>
+            <t xml:space="preserve">bosco di protezione contro cadute di massi (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2646</t>
           </r>
         </is>
       </c>
     </row>
     <row r="76" spans="1:8" customHeight="1" ht="29">
       <c r="A76" s="1" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Grössenklasse (Jungwald; 5 Klassen)</t>
+            <t xml:space="preserve">classe di dimensione (bosco giovane; 5 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2623</t>
           </r>
         </is>
       </c>
     </row>
     <row r="79" spans="1:8" customHeight="1" ht="29">
       <c r="A79" s="1" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+            <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2633</t>
           </r>
         </is>
       </c>
     </row>
     <row r="82" spans="1:8" customHeight="1" ht="29">
       <c r="A82" s="1" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwaldregion</t>
+            <t xml:space="preserve">regione dei boschi di protezione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="85" spans="1:8" customHeight="1" ht="29">
       <c r="A85" s="1" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bestockbarer zugänglicher Wald ohne Gebüschwald LFI2-LFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN2-IFN5 (area boscabile)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2615</t>
           </r>
         </is>
       </c>
     </row>
     <row r="88" spans="1:8" customHeight="1" ht="29">
       <c r="A88" s="1" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="91" spans="1:8" customHeight="1" ht="29">
       <c r="A91" s="1" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="A3:H3"/>
     <mergeCell ref="A4:H4"/>
     <mergeCell ref="A5:H5"/>
     <mergeCell ref="A6:H6"/>
     <mergeCell ref="A7:H7"/>
     <mergeCell ref="A8:H8"/>
     <mergeCell ref="C10:H10"/>
     <mergeCell ref="C11:D11"/>
     <mergeCell ref="E11:F11"/>
     <mergeCell ref="G11:H11"/>
     <mergeCell ref="A13:A20"/>
     <mergeCell ref="A21:A28"/>
     <mergeCell ref="A29:A36"/>
     <mergeCell ref="A37:A44"/>
     <mergeCell ref="A45:A52"/>
     <mergeCell ref="A53:A60"/>
     <mergeCell ref="A61:A68"/>
     <mergeCell ref="A69:H69"/>
     <mergeCell ref="A72:H72"/>