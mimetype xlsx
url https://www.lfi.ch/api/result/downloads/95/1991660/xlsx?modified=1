--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,380 +14,380 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
-    <t>NFI4</t>
-[...5 lines deleted...]
-    <t>trafficability of forest road</t>
+    <t>IFN4</t>
+  </si>
+  <si>
+    <t>lunghezza delle strade forestali (IFN4) nel bosco di protezione diviso per superficie del bosco di protezione (cartina d. copertura for.)</t>
+  </si>
+  <si>
+    <t>viabilità della strada</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: biogeographical region</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione biogeografica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: m/ha, column total</t>
+      <t xml:space="preserve">unità</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: m/ha, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...30 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 x 1,4 km</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2009/17</t>
+  </si>
+  <si>
+    <t>regione biogeografica</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Versante nord delle Alpi</t>
+  </si>
+  <si>
+    <t>Alpi centrali occidentali</t>
+  </si>
+  <si>
+    <t>Alpi centrali orientali</t>
+  </si>
+  <si>
+    <t>Versante sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>m/ha</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>18 t, 2-axle truck</t>
-[...11 lines deleted...]
-    <t>total</t>
+    <t>camion di 18 t a 2 assi</t>
+  </si>
+  <si>
+    <t>camion di 26 t a 3 assi</t>
+  </si>
+  <si>
+    <t>camion di 28 - 32 t a 4 assi</t>
+  </si>
+  <si>
+    <t>camion di 40 - 44 t a 5 assi almeno</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1991660/611370</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">length of forest roads (NFI4) in protection forest</t>
+      <t xml:space="preserve">lunghezza delle strade forestali (IFN4) nel bosco di protezione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #345</t>
     </r>
   </si>
   <si>
     <t>Länge der im LFI4 erhobenen Waldstrassen, die im Schutzwaldperimeter und gleichzeitig innerhalb der LFI-Waldmaske liegen. Der Schutzwaldperimeter wurde vom Bundesamt für Umwelt (BAFU) als GIS-Datei zur Verfügung gestellt (Stand 2013). Die Waldstrassenlänge wird im Wald zu 100% gezählt, am Waldrand und in aufgelösten Bestockungen dagegen nur zu 50%. Zu den Waldstrassen des LFI4 zählen nur die zum Zeitpunkt der LFI4-Erhebung explizit verfügbaren Strassen-/Streckenabschnitte.
 Da es sich um eine Vollerhebung sämtlicher Strassen handelt, ist die Angabe eines Standardfehlers nicht nötig (es gibt keine stichprobenbedingte Unsicherheit).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">area of protection forest (forest-cover map)</t>
+      <t xml:space="preserve">superficie del bosco di protezione (cartina d. copertura for.)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #346</t>
     </r>
   </si>
   <si>
     <t>Fläche des Schutzwaldes innerhalb der Waldmaske des LFI. Die Kriterien für die Definition von Wald bei der Herstellung der Waldmaske wie auch bei der Abgrenzung des Schutzwaldes «Silvaprotect-CH» sind nur annähernd vergleichbar mit denjenigen für den LFI-Waldentscheid, der jeweils im Rahmen der Feldaufnahme auf den Probeflächen durchgeführt wird.Die verwendete Waldmaske basiert auf dem Vegetationshöhenmodell mit Stand 2017. Die Schutzwaldausscheidung beruht auf den Daten von SilvaProtect-CH mit Stand 2013."</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">trafficability of forest road</t>
+      <t xml:space="preserve">viabilità della strada</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2239</t>
     </r>
   </si>
   <si>
     <t>Die Befahrbarkeit der Strasse gibt an, mit welchem Lastwagentyp eine Strasse befahren werden kann. Dabei sind Achsenzahl und Gesamtgewicht des LKW für die Klassierung ausschlaggebend.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeographical region</t>
+      <t xml:space="preserve">regione biogeografica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
+    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4-km grid</t>
+      <t xml:space="preserve">reticolo 1,4 x 1,4 km</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #410</t>
     </r>
   </si>
   <si>
-    <t>NFI's sampling grid with a mesh size of 1.4 km. The 1.4-km grid is the grid size covering all the previous terrestrial Inventories, which is why it is also called the base grid.</t>
+    <t>Reticolo di campionamento dell'IFN a maglia quadrata con una distanza di 1,4 km. Il reticolo 1,4 x 1,4 km rappresenta il reticolo terrestre comune a tutti gli inventari fin'ora eseguiti, per cui viene denominato come reticolo di base.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -739,51 +739,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O38"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="37.562" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1188,270 +1188,270 @@
         <v>4.4</v>
       </c>
       <c r="M18" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N18" s="6">
         <v>12.1</v>
       </c>
       <c r="O18" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="19" spans="1:15" customHeight="1" ht="21.75">
       <c r="A19" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1991660/611370</t>
           </r>
         </is>
       </c>
       <c r="B19" s="3"/>
       <c r="C19" s="3"/>
       <c r="D19" s="3"/>
       <c r="E19" s="3"/>
       <c r="F19" s="3"/>
       <c r="G19" s="3"/>
       <c r="H19" s="3"/>
       <c r="I19" s="3"/>
       <c r="J19" s="3"/>
       <c r="K19" s="3"/>
       <c r="L19" s="3"/>
       <c r="M19" s="3"/>
       <c r="N19" s="3"/>
       <c r="O19" s="3"/>
     </row>
     <row r="22" spans="1:15">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">length of forest roads (NFI4) in protection forest</t>
+            <t xml:space="preserve">lunghezza delle strade forestali (IFN4) nel bosco di protezione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #345</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:15" customHeight="1" ht="29">
       <c r="A23" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="25" spans="1:15">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">area of protection forest (forest-cover map)</t>
+            <t xml:space="preserve">superficie del bosco di protezione (cartina d. copertura for.)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #346</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:15" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="28" spans="1:15">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">trafficability of forest road</t>
+            <t xml:space="preserve">viabilità della strada</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2239</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:15" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="31" spans="1:15">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeographical region</t>
+            <t xml:space="preserve">regione biogeografica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:15" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:15" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="37" spans="1:15">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4-km grid</t>
+            <t xml:space="preserve">reticolo 1,4 x 1,4 km</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #410</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:15" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>37</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>