--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,380 +14,380 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
-    <t>LFI4</t>
-[...5 lines deleted...]
-    <t>Befahrbarkeit der Strasse</t>
+    <t>NFI4</t>
+  </si>
+  <si>
+    <t>length of forest roads (NFI4) in protection forest divided by area of protection forest (forest-cover map)</t>
+  </si>
+  <si>
+    <t>trafficability of forest road</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Schutzwaldregion</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: protection forest region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: m/ha, Spaltentotal</t>
+      <t xml:space="preserve">unit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: m/ha, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...30 lines deleted...]
-    <t>Schweiz</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4-km grid</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2009/17</t>
+  </si>
+  <si>
+    <t>protection forest region</t>
+  </si>
+  <si>
+    <t>Jura + Plateau</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Southwestern Alps </t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>m/ha</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>Wert nicht ermittelt</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>2-achsiger LKW mit 18 t</t>
-[...11 lines deleted...]
-    <t>Total</t>
+    <t>18 t, 2-axle truck</t>
+  </si>
+  <si>
+    <t>26 t, 3-axle truck</t>
+  </si>
+  <si>
+    <t>28 - 32 t, 4-axle truck</t>
+  </si>
+  <si>
+    <t>40 - 44 t, min. 5-axle truck</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1991662/611372</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldstrassenlänge (LFI4) im Schutzwald</t>
+      <t xml:space="preserve">length of forest roads (NFI4) in protection forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #345</t>
     </r>
   </si>
   <si>
     <t>Länge der im LFI4 erhobenen Waldstrassen, die im Schutzwaldperimeter und gleichzeitig innerhalb der LFI-Waldmaske liegen. Der Schutzwaldperimeter wurde vom Bundesamt für Umwelt (BAFU) als GIS-Datei zur Verfügung gestellt (Stand 2013). Die Waldstrassenlänge wird im Wald zu 100% gezählt, am Waldrand und in aufgelösten Bestockungen dagegen nur zu 50%. Zu den Waldstrassen des LFI4 zählen nur die zum Zeitpunkt der LFI4-Erhebung explizit verfügbaren Strassen-/Streckenabschnitte.
 Da es sich um eine Vollerhebung sämtlicher Strassen handelt, ist die Angabe eines Standardfehlers nicht nötig (es gibt keine stichprobenbedingte Unsicherheit).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwaldfläche (Waldmaske)</t>
+      <t xml:space="preserve">area of protection forest (forest-cover map)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #346</t>
     </r>
   </si>
   <si>
     <t>Fläche des Schutzwaldes innerhalb der Waldmaske des LFI. Die Kriterien für die Definition von Wald bei der Herstellung der Waldmaske wie auch bei der Abgrenzung des Schutzwaldes «Silvaprotect-CH» sind nur annähernd vergleichbar mit denjenigen für den LFI-Waldentscheid, der jeweils im Rahmen der Feldaufnahme auf den Probeflächen durchgeführt wird.Die verwendete Waldmaske basiert auf dem Vegetationshöhenmodell mit Stand 2017. Die Schutzwaldausscheidung beruht auf den Daten von SilvaProtect-CH mit Stand 2013."</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Befahrbarkeit der Strasse</t>
+      <t xml:space="preserve">trafficability of forest road</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2239</t>
     </r>
   </si>
   <si>
     <t>Die Befahrbarkeit der Strasse gibt an, mit welchem Lastwagentyp eine Strasse befahren werden kann. Dabei sind Achsenzahl und Gesamtgewicht des LKW für die Klassierung ausschlaggebend.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwaldregion</t>
+      <t xml:space="preserve">protective forest region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
+    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">accessible forest without shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
+    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz</t>
+      <t xml:space="preserve">1.4-km grid</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #410</t>
     </r>
   </si>
   <si>
-    <t>Stichprobennetz des LFI mit einer Maschenweite von 1,4 km. Beim 1,4-km-Netz handelt es sich um das gemeinsame Netz aller bisherigen terrestrischen Inventuren, weshalb es auch als Basisnetz bezeichnet wird.</t>
+    <t>NFI's sampling grid with a mesh size of 1.4 km. The 1.4-km grid is the grid size covering all the previous terrestrial Inventories, which is why it is also called the base grid.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -739,51 +739,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O38"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="37.562" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1188,270 +1188,270 @@
         <v>4.3</v>
       </c>
       <c r="M18" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N18" s="6">
         <v>12.1</v>
       </c>
       <c r="O18" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="19" spans="1:15" customHeight="1" ht="21.75">
       <c r="A19" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1991662/611372</t>
           </r>
         </is>
       </c>
       <c r="B19" s="3"/>
       <c r="C19" s="3"/>
       <c r="D19" s="3"/>
       <c r="E19" s="3"/>
       <c r="F19" s="3"/>
       <c r="G19" s="3"/>
       <c r="H19" s="3"/>
       <c r="I19" s="3"/>
       <c r="J19" s="3"/>
       <c r="K19" s="3"/>
       <c r="L19" s="3"/>
       <c r="M19" s="3"/>
       <c r="N19" s="3"/>
       <c r="O19" s="3"/>
     </row>
     <row r="22" spans="1:15">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldstrassenlänge (LFI4) im Schutzwald</t>
+            <t xml:space="preserve">length of forest roads (NFI4) in protection forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #345</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:15" customHeight="1" ht="29">
       <c r="A23" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="25" spans="1:15">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwaldfläche (Waldmaske)</t>
+            <t xml:space="preserve">area of protection forest (forest-cover map)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #346</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:15" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="28" spans="1:15">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Befahrbarkeit der Strasse</t>
+            <t xml:space="preserve">trafficability of forest road</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2239</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:15" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="31" spans="1:15">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwaldregion</t>
+            <t xml:space="preserve">protective forest region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:15" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+            <t xml:space="preserve">accessible forest without shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:15" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="37" spans="1:15">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz</t>
+            <t xml:space="preserve">1.4-km grid</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #410</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:15" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>37</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>